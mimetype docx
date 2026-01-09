--- v0 (2025-10-03)
+++ v1 (2026-01-09)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="04dae89" w14:textId="04dae89">
+    <w:p w14:paraId="0ded236" w14:textId="0ded236">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,60 +93,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в приказ Министра финансов Республики Казахстан от 8 февраля 2018 года № 144 "Об утверждении Правил получения, учета, хранения, выдачи акцизных и учетно-контрольных марок и представления обязательства, отчета импортеров о целевом использовании учетно-контрольных марок при импорте алкогольной продукции в Республику Казахстан, а также учета и размера обеспечения такого обязательства"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Первого заместителя Премьер-Министра Республики Казахстан – Министра финансов Республики Казахстан от 14 марта 2019 года № 236. Зарегистрирован в Министерстве юстиции Республики Казахстан 26 марта 2019 года № 18414</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Приказ Первого заместителя Премьер-Министра Республики Казахстан – Министра финансов Республики Казахстан от 14 марта 2019 года № 236. Зарегистрирован в Министерстве юстиции Республики Казахстан 26 марта 2019 года № 18414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом Министра финансов РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 682</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -408,176 +504,207 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Первый Заместитель</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Премьер-Министра</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан –</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр финансов</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -3059,480 +3186,600 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Обязательство о целевом использовании учетно-контрольных марок</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                   при импорте алкогольной продукции в Республику Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z104" w:id="94"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z104" w:id="94"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (наименование импортера, БИН*, юридический адрес, банковские реквизиты)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">обязуется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 172 Кодекса Республики Казахстан "О налогах и</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>других обязательных платежах в бюджет", осуществить  обеспечение обязательства способом</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (платежный документ, банковская гарантия, договор поручительства, договор залога имущества)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>от __________________________________ № ______________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (дата способа обеспечения)                         (номер способа обеспечения)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в размере __________________________ тенге, использовать учетно-контрольные марки в</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>соответствии с их назначением, осуществить вывоз учетно-контрольных марок для</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>наклеивания на алкогольную продукцию за пределами территории Республики Казахстан,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>осуществить ввоз на территорию Республики Казахстан маркированной учетно-</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>контрольными марками алкогольной продукции и ее доставку до места назначения, вернуть</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>испорченные и (или) неиспользованные учетно-контрольные марки в выдавший орган</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственных доходов, уплатить косвенные налоги по импортированной алкогольной</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>продукций, представить отчет импортеров о целевом использовании учетно-контрольных</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>марок при импорте алкогольной продукции в Республику Казахстан в установленные сроки.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>В случае неисполнения вышеуказанных действий деньги, являющиеся суммой обеспечения</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>исполнения настоящего Обязательства, суммы обеспечения обязательства органом</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственных доходов будут перечислены в доход государственного бюджета.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"____" ________________ год.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>С Правилами получения, учета, хранения, выдачи акцизных и учетно-контрольных марок и</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>представления обязательства, отчета импортеров о целевом использовании учетно-</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>контрольных марок при импорте алкогольной продукции в Республику Казахстан ознакомлен.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подписано и отправлено получателем в 00:00 часов "__" ___________ 20__ года:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Данные из ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Примечание:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ф.И.О. – фамилия, имя, отчество</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – Бизнес -идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ЭЦП – электронная цифровая подпись </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4014,1748 +4261,1679 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - дополнительная тысячи штук</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="536"/>
-[...12 lines deleted...]
-        <w:gridCol w:w="4144"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 июнь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 июль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 август</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего на год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4144" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание (указать вид акцизных марок "листовые" или "резаные", для табачных изделий, производимых на территории Республики Казахстан)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4144" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
-[...540 lines deleted...]
-            </w:r>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z112" w:id="99"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z112" w:id="99"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подписано и отправлено получателем в 00:00 часов "__" ___________ 20__ года:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Данные из ЭЦП </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Примечание:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ф.И.О. – фамилия, имя, отчество</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ИИН – индивидуальный идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес -идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ЭЦП – электронная цифровая подпись </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6320,1197 +6498,1226 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тысячи штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="536"/>
-[...12 lines deleted...]
-        <w:gridCol w:w="4144"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 июнь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 июль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 август</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего на год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4144" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание (указать вид акцизных марок "листовые" или "резаные", для табачных изделий, импортируемых на территорию Республики Казахстан)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4144" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z121" w:id="104"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z121" w:id="104"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подписано и отправлено получателем в 00:00 часов "__" ___________ 20__ года:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Данные из ЭЦП </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Примечание:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ф.И.О. – фамилия, имя, отчество</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ИИН – индивидуальный идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес -идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ЭЦП – электронная цифровая подпись </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7893,564 +8100,716 @@
               </w:rPr>
               <w:t>государственных доходов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z125" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Заявление на получение учетно-контрольных марок № _____ дата</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z126" w:id="106"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z126" w:id="106"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вид заявления: маркировка</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вид УКМ: на алкогольную продукцию, производимую на территории Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       *БИН, наименование получателя, адрес, лицензия (орган выдавший лицензию, номер,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               дата и год выдачи),</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (*ИИН/БИН, наименование покупателя, адрес, лицензия (орган выдавший лицензию,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               номер, дата и год выдачи)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>просит выдать учетно-контрольные марки: в количестве __________________________ штук</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                       (в цифрах и прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Указанное количество УКМ необходимо для выпуска товаров:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пин-код алкогольной продукции (при наличии): ______________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>При отсутствии пин-кода на алкогольную продукцию необходимо указать:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (наименование, вид, емкость и крепость алкогольной продукции) </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (период розлива), (сертификат соответствия (орган сертификации, номер и период</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               выдачи сертификации)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>цена за единицу продукции: __________________________________________________ тенге</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>денежные средства на покупку учетно-контрольных марок внесены на банковский счет ____</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>платежным документом № __ от "___"  _______20__ года в сумме</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (сумма прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>акциз уплачен на банковский счет _____платежным документом № ___от "___" __20__ года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в сумме _________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     (сумма прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Способ получения (доставка/самовывоз)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       С Правилами получения, учета, хранения, выдачи акцизных и учетно-контрольных</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>марок и представления обязательства, отчета импортеров о целевом использовании учетно-</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>контрольных марок при импорте алкогольной продукции в Республику Казахстан ознакомлен.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Подписано и отправлено получателем в 00:00 часов "__" ___________ 20__ года:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Данные из ЭЦП </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Примечание:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ф.И.О. – фамилия, имя, отчество</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       УКМ – учетно-контрольная марка</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес -идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ПИН-код - персональный идентификационный номер-код</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ЭЦП – электронная цифровая подпись </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8833,538 +9192,682 @@
               </w:rPr>
               <w:t>государственных доходов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z130" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Заявление на получение учетно-контрольных марок № _____ дата</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z131" w:id="108"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z131" w:id="108"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вид заявления: маркировка</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вид УКМ: на алкогольную продукцию, импортируемую на территорию Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       *БИН, наименование получателя, адрес, лицензия (орган выдавший лицензию, номер,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               дата и год выдачи),</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>просит выдать учетно-контрольные марки:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в количестве _______________________________________________________________ штук</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (в цифрах и прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Указанное количество УКМ необходимо для ввоза товаров:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пин-код алкогольной продукции (при наличии): _____________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>При отсутствии пин-кода на алкогольную продукцию необходимо указать:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (наименование, вид, емкость и крепость алкогольной продукции), (страна происхождения)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (сертификат соответствия (орган сертификации, номер и период выдачи сертификации – для</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       импортеров из территории государств-членов Евразийского экономического союза)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>денежные средства на покупку учетно-контрольных марок внесены на банковский счет</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________ платежным документом № __ от "___" _______ 20__ года в</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сумме __________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (сумма прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>акциз уплачен на банковский счет _____платежным документом № ___от "___" __20__ года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в сумме ________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (сумма прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Способ получения (доставка/самовывоз)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       С Правилами получения, учета, хранения, выдачи акцизных и учетно-контрольных</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>марок и представления обязательства, отчета импортеров о целевом использовании учетно-</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>контрольных марок при импорте алкогольной продукции в Республику Казахстан ознакомлен.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подписано и отправлено получателем в 00:00 часов "__" ___________ 20__ года:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Данные из ЭЦП </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Примечание:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ф.И.О. – фамилия, имя, отчество</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       УКМ – учетно-контрольная марка</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ИИН – индивидуальный идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес -идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ПИН-код - персональный идентификационный номер-код</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ЭЦП – электронная цифровая подпись </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9747,473 +10250,597 @@
               </w:rPr>
               <w:t>государственных доходов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z135" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Заявление на получение учетно-контрольных марок № _____ дата</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z136" w:id="110"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z136" w:id="110"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вид заявления: перемаркировка</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вид УКМ: на алкогольную продукцию, производимую на территории Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН*, наименование получателя, адрес, лицензия (орган выдавший лицензию, номер,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               дата и год выдачи),</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>просит выдать учетно-контрольные марки:  в количестве __________________________ штук</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                       (в цифрах и прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Указанное количество УКМ необходимо для перемаркировки товаров:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пин-код алкогольной продукции: ___________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (наименование, вид, емкость и  крепость алкогольной продукции)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>диапазоны номеров УКМ старого образца: ___________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дата и номер инвентаризационной описи: ____________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>даты и номера сопроводительных накладных на возврат алкогольной  продукции:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>денежные средства на покупку учетно-контрольных марок внесены на банковский счет</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________ платежным документом  № __ от "___" _______ 20__ года в сумме</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">________________________________________________________________________________ </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (сумма прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Способ получения (доставка/самовывоз)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       С Правилами получения, учета, хранения, выдачи акцизных и учетно-контрольных</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>марок и представления обязательства, отчета импортеров о целевом использовании учетно-</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>контрольных марок при импорте алкогольной продукции в Республику Казахстан ознакомлен.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подписано и отправлено получателем в 00:00 часов "__" ___________ 20__ года:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Данные из ЭЦП </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Примечание:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ф.И.О. – фамилия, имя, отчество</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       УКМ – учетно-контрольная марка</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес -идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ПИН-код - персональный идентификационный номер-код</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ЭЦП – электронная цифровая подпись </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10596,460 +11223,580 @@
               </w:rPr>
               <w:t>государственных доходов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z140" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Заявление на получение учетно-контрольных марок № _____ дата</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z141" w:id="112"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z141" w:id="112"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вид заявления: перемаркировка</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вид УКМ: на алкогольную продукцию, импортируемую на территорию Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН*, наименование получателя, адрес, лицензия (орган выдавший лицензию, номер,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               дата и год выдачи)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>просит выдать учетно-контрольные марки:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в количестве __________________________ штук</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                       (в цифрах и прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Указанное количество УКМ необходимо для перемаркировки товаров:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пин-код алкогольной продукции: ___________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (наименование, вид, емкость и крепость алкогольной продукции)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>диапазоны номеров УКМ старого образца: ___________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дата и номер инвентаризационной описи: ____________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>даты и номера сопроводительных накладных на возврат алкогольной  продукции:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>денежные средства на покупку учетно-контрольных марок внесены на банковский счет_____</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_______________ платежным документом № __ от "___" _______ 20__ года в сумме </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     (сумма прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Способ получения (доставка/самовывоз)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       С Правилами получения, учета, хранения, выдачи акцизных и учетно-контрольных</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>марок и представления обязательства, отчета импортеров о целевом использовании учетно-</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>контрольных марок при импорте алкогольной продукции в Республику Казахстан ознакомлен.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подписано и отправлено получателем в 00:00 часов "__" ___________ 20__ года:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Данные из ЭЦП </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Примечание:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ф.И.О. – фамилия, имя, отчество</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       УКМ – учетно-контрольная марка</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес -идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ЭЦП – электронная цифровая подпись </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11432,382 +12179,478 @@
               </w:rPr>
               <w:t>государственных доходов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z145" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                          Заявление на получение акцизных марок</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z146" w:id="114"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z146" w:id="114"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (наименование, ИИН/БИН*, адрес получателя)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>просит выдать акцизные марки:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в количестве "____" _______________________________________________________ штук</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     (прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>деньги на покупку акцизных марок внесены на банковский счет _______________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>платежным документом № _____ от "___" _____________ 20__ года в сумме</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (сумма прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>акциз уплачен на банковский счет _________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>платежным документом № _______ от "___" _____________ 20__ года в сумме</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     (сумма прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Способ получения (доставка/самовывоз)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       С Правилами получения, учета, хранения, выдачи акцизных и учетно-контрольных</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>марок и представления обязательства, отчета импортеров о целевом использовании учетно-</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>контрольных марок при импорте алкогольной продукции в Республику Казахстан ознакомлен.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подписано и отправлено получателем в 00:00 часов "__" ___________ 20__ года:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Данные из ЭЦП </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Примечание:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ф.И.О. – фамилия, имя, отчество</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ИИН – индивидуальный идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес -идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ЭЦП – электронная цифровая подпись </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12228,342 +13071,351 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Отчет импортеров о целевом использовании учетно-контрольных марок</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                   при импорте алкогольной продукции в Республику Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z151" w:id="116"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z151" w:id="116"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (наименование, БИН* и местонахождение импортера, осуществляющего ввоз</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (импорт) алкогольной продукции)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2082"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер заявления на получение учетно-контрольных марок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата заявления на получения учетно-контрольных марок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер накладной о получении учетно-контрольных марок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата накладной о получении учетно-контрольных марок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид алкогольной продукции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование алкогольной продукции на учетно-контрольных марках</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12588,60 +13440,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1426"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1495"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -12721,88 +13574,88 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возвращено в орган государственных доходов испорченных и (или) неиспользованных учетно-контрольных марок</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1426" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 серия и диапазон номеров*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -12832,162 +13685,162 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заявление о ввозе товаров и уплате косвенных налогов или декларация на товары, подтвержденных органом государственных доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1426" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 серия и диапазон номеров*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 количество (штук)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 серия и диапазон номеров*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -13011,87 +13864,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1904" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13140,577 +13993,581 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1426" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z153" w:id="118"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z153" w:id="118"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Всего выдано ______ штук учетно-контрольных марок,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в том числе:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>использовано для маркировки _____ штук;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>возвращено ______ штук.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата оформления и номер сопроводительных накладных на алкогольную продукцию при</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>импорте "___" _____20___ год № _________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приложение к отчету на ______ листах.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подписано и отправлено получателем в 00:00 часов "__" ___________ 20__ года:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Данные из ЭЦП </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Примечание: </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Диапазон номеров – набор последовательных номеров учетно-контрольных марок</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>одной серии, представленный первым и последним номерами последовательности;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес -идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ф.И.О. – фамилия, имя, отчество</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ЭЦП – электронная цифровая подпись </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13963,961 +14820,906 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета регистрации отчета импортеров о целевом использовании учетно-контрольных марок при импорте алкогольной продукции в Республику Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1529"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1481"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИН* получателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование получателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчетный период</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата приема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата подтверждения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1481" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1481" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z157" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
     <w:bookmarkStart w:name="z158" w:id="121"/>
@@ -15213,1406 +16015,1290 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Акт приема-передачи учетно-контрольных марок или акцизных марок</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                               "____" ___________ 20___ г.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z162" w:id="123"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z162" w:id="123"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (наименование органа государственных доходов, адрес, БИН*)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в лице Комиссии в составе:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (должность, Ф.И.О. (при его наличии)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>принимает, а получатель учетно-контрольных марок</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(УКМ) или акцизных марок (АМ)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (наименование получателя, ИИН/БИН, адрес)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в лице ________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (Ф.И.О. (при его наличии) получателя, либо уполномоченного лица)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сдает УКМ или АМ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1696"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1698"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата получения УКМ или АМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2908" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Виды, серии и номера УКМ, виды АМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1393" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество УКМ или АМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3818" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ставка акциза, действовавшая в период получения УКМ или АМ, тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="787" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма акциза</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Причина возврата УКМ или АМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2908" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z163" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
     <w:bookmarkStart w:name="z164" w:id="125"/>
@@ -16976,252 +17662,328 @@
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z171" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        Акт о списании и уничтожении учетно-контрольных марок или акцизных марок</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z172" w:id="131"/>
-[...19 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z172" w:id="131"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 2 статьи 469 Кодекса</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан "О налогах и других обязательных платежах в бюджет", нами, комиссией в составе:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>произведено списание и уничтожение путем сжигания или измельчения учетно-контрольных</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>марок, или акцизных марок в количестве</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________________ штук</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в том числе:_____________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (виды, серии и диапазоны номера учетно- контрольных марок, виды акцизных марок)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Комиссия в составе:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Ф.И.О. (при его наличии), должность,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подписи членов комиссии и получателя):</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ф.И.О. – фамилия, имя, отчество</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17474,1076 +18236,1049 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отчет об использовании полученных учетно-контрольных марок или акцизных марок отчетный период ____ месяц 20__ года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3099"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1115"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование либо Ф.И.О. (при его наличии), ИИН/БИН* получателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1113" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оста ток на начало отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1338" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Получено учетно-контрольных марок или акцизных марок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1338" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Использовано учетно-контрольных марок или акцизных марок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1338" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Испорчено учетно-контрольных марок или акцизных марок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возвращено учетно-контрольных или акцизных марок в органы государственных доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1114" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Утрата учетно контрольных или акцизных марок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1115" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оста ток на конец отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3099" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1113" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1338" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1338" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1338" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1114" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1115" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3099" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z176" w:id="133"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z176" w:id="133"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подписано и отправлено получателем в 00:00 часов "__" ___________ 20__ года:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Данные из ЭЦП </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Примечание</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ф.И.О. – фамилия, имя, отчество</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ИИН – индивидуальный идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ЭЦП – электронная цифровая подпись </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21175,525 +21910,665 @@
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z286" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                Карточка №________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z287" w:id="240"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z287" w:id="240"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Импортер ______________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (наименование юридического лица, юридический адрес, БИН*)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (срок исполнения обязательства о целевом использовании учетно-контрольных марок</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         при импорте алкогольной продукции)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (способ обеспечения обязательства импортеров о целевом использовании учетно-</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   контрольных марок при импорте алкогольной продукции)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (номер и дата платежного поручения, банковской гарантии, договора залога</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         имущества, договора поручительства)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (сумма обеспечения уплаты обеспечения обязательства о целевом использовании</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             учетно- контрольных марок при  импорте алкогольной продукции)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (номер и дата инвойса, внешторгового договора контракта.)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (информация о лице, являющемся гарантом обеспечения обязательства о</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       целевом использовании учетно- контрольных марок при импорте алкогольной</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   продукции (банке,  поручителе, залогодателе))</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (способ обеспечения обязательства о целевом использовании учетно-контрольных</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             марок при импорте алкогольной  продукции, выбранный поручителем)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (номер и дата платежного поручения, банковской гарантии, договора залога</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   имущества, представленных поручителем)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (срок действия банковской гарантии, договора залога  имущества, договора поручительства)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (номер подтверждения обеспечения уплаты обязательства о целевом использовании</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> учетно-контрольных марок при  импорте алкогольной продукции, при его применении)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (Ф.И.О. (при его наличии) должностного лица органа государственных доходов)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ф.И.О. – фамилия, имя, отчество</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН – бизнес-идентификационный номер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21894,525 +22769,665 @@
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z290" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                          Дополнение к Карточке №__________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z291" w:id="242"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z291" w:id="242"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Импортер ________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (наименование юридического лица, юридический  адрес, БИН*)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (срок исполнения обязательства о целевом использовании учетно- контрольных марок</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   при импорте алкогольной продукции)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (способ обеспечения обязательства импортеров о целевом использовании учетно-</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             контрольных марок при импорте алкогольной продукции)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (номер и дата платежного поручения, банковской гарантии, договора залога</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         имущества, договора поручительства)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (сумма обеспечения уплаты обеспечения обязательства о целевом использовании</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             учетно- контрольных марок при  импорте алкогольной продукции)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (номер и дата инвойса, внешторгового договора контракта)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________,______________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (информация о лице, являющемся гарантом обеспечения обязательства о целевом</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       использовании учетно-контрольных  марок при импорте алкогольной продукции</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (банке, поручителе, залогодателе)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (способ обеспечения обязательства о целевом использовании учетно- контрольных</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             марок при импорте алкогольной   продукции, выбранный поручителем)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (номер и дата платежного поручения, банковской гарантии, договора залога</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         имущества, представленных поручителем)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (срок действия банковской гарантии, договора залога имущества, договора поручительства)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (номер подтверждения обеспечения уплаты обязательства о целевом использовании</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> учетно- контрольных марок при импорте алкогольной продукции, при его применении)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (Ф.И.О. (при его наличии) должностного лица органа государственных доходов)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Примечание</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ф.И.О. – фамилия, имя, отчество</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес-идентификационный номер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22698,839 +23713,822 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(дата представления реестра)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1770"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1715"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата платежного поручения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер платежного поручения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отметка об исполнении/ неисполнении*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1715" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1715" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z295" w:id="244"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z295" w:id="244"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель   органа государственных доходов ________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                 (Ф.И.О. (при его наличии) подпись)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ответственный исполнитель органа государственных доходов __________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                 (Ф.И.О. (при его наличии) подпись)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Примечание</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ф.И.О. – фамилия, имя, отчество</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       * данные поля заполняются ответственным исполнителем территориального органа казначейства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -23744,1201 +24742,1147 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал регистрации платежных поручений на возврат суммы обеспечения обязательства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1041"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1850"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1288" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование органа государственных доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1288" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата выписки платежного поручения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1007" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер платежного поручения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИН* получателя, которому производится возврат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1849" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование получателя, которому производится возврат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, подлежащая возврату получателю</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1850" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, подлежащая перечислению в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1288" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1288" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1007" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1849" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1850" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1041" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z299" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3892"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1877"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реквизиты банковского счета получателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2217" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата представления в орган государственных доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата исполнения органами Казначейства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3892" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 наименование банка-бенефициара и банковский идентификационный код (БИК)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2438" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 индивидуальный идентификационный код (ИИК)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24961,195 +25905,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3892" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2438" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2217" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25498,148 +26442,149 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адрес _____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="691"/>
-[...12 lines deleted...]
-        <w:gridCol w:w="1040"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="691" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и дата документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -25669,51 +26614,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приход</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -25743,51 +26688,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расход</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -25824,125 +26769,125 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="669" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="669" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="669" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -25985,88 +26930,88 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Платежный документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма возврата получателю</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -26205,87 +27150,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26303,87 +27248,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код бюджетной классификации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26393,2751 +27338,2366 @@
               <w:t>
 По неисполненным обязательствам получателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="691" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="669" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="669" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="669" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="670" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="691" w:type="dxa"/>
-[...540 lines deleted...]
-            </w:r>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="691" w:type="dxa"/>
-[...540 lines deleted...]
-            </w:r>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="691" w:type="dxa"/>
-[...540 lines deleted...]
-            </w:r>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="691" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
-[...462 lines deleted...]
-            </w:r>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z308" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="253"/>
     <w:bookmarkStart w:name="z309" w:id="254"/>
@@ -29395,1297 +29955,1221 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Реестр платежных документов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="665"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="1001"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="665" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="823" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИН* импортера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование импортера и его реквизиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма обеспечения обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и дата платежного поручения, квитанции, документа, подтверждающего оплату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок действия обеспечения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок фактического исполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма возврата импортеру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата взыскания суммы по обеспечению, внесенного на счет временного размещения денег соответствующего органа государственных доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1003" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, перечисленная в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="665" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="823" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1002" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2256" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1003" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="665" w:type="dxa"/>
-[...423 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z313" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
     <w:bookmarkStart w:name="z314" w:id="257"/>
@@ -30943,110 +31427,111 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Реестр банковских гарантий</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="600"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="903"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="600" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2732" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -31113,199 +31598,199 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реквизиты банковской гарантии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок исполнения обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок фактического исполнения обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата взыскания суммы обеспечения уплаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1712" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма обеспечения уплаты, перечисленная в бюджет при взыскании обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -31329,231 +31814,231 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="580" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование юридического лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="580" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИН*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="580" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование банка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и дата банковской гарантии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма обеспечения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="742" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31615,483 +32100,483 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="600" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2732" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="580" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="580" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="580" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="742" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1712" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32380,105 +32865,106 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Реестр договоров поручительства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="261"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1033"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1280"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4429" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -32576,524 +33062,524 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование юридического лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИН*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование поручителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и дата договора поручительства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма обеспечения обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок действия договора поручительства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4429" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33118,404 +33604,405 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="262"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1087"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1085"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реквизиты способа обеспечения уплаты обязательства, выбранного поручителем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок исполнения обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок фактического исполнения обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата взыскания суммы обеспечения уплаты обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма обеспечения уплаты в бюджет при взыскании обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1085" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Способ обеспечения уплаты обеспечения обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и дата платежного поручения банковской гарантии, договора залога имущества</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма обеспечения уплаты обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1670" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33577,339 +34064,339 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1670" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1085" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34198,110 +34685,111 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Реестр договоров залога имущества</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="570"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="858"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2443" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -34368,199 +34856,199 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реквизиты договора залога имущества</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок исполнения обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок фактического исполнения обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата взыскания суммы обеспечения уплаты обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма обеспечения уплаты обязательства, перечисленная в бюджет при взыскании обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -34584,231 +35072,231 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="551" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование юридического лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="551" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИН*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="551" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование залогодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и дата договора залога имущества</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма обеспечения уплаты обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34870,483 +35358,483 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2443" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="551" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="551" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="551" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>