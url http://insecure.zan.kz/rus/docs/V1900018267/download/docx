--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b76b8ab" w14:textId="b76b8ab">
+    <w:p w14:paraId="31faea5" w14:textId="31faea5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1489,1300 +1489,1560 @@
         <w:t>
       5) использовать в установленном порядке без намерения последующего совершения сделок для нужд своего хозяйства имеющихся на земельном участке или в недрах под принадлежащими им земельными участками общераспространенных полезных ископаемых, насаждений, поверхностных и подземных вод, а также на эксплуатацию иных полезных свойств земли;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z105" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществлять сенокошение в целях заготовки кормов в случаях, когда продуктивность пастбищ превышает потребность в кормах выпасаемых сельскохозяйственных животных при соблюдении предельно допустимых норм нагрузки на общую площадь пастбищ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z106" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) передать право временного возмездного долгосрочного землепользования (аренды) в качестве вклада в уставный капитал хозяйственного товарищества, в оплату акций акционерного общества или в качестве взноса в производственный кооператив, а также отчуждать право землепользования на землях сельскохозяйственного назначения в порядке и на условиях, которые предусмотрены </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 5-1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> части шестой пункта 1 статьи 33 Земельного кодекса Республики Казахстан (далее – Земельный кодекс).</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции приказа и.о. Министра сельского хозяйства РК от 31.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Арендатор обязан:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z55" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) использовать землю в соответствии с его целевым назначением и в порядке, предусмотренном настоящим Договором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z56" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при продлении срока Договора, обратиться в местный исполнительный орган по месту нахождения земельного участка, с соответствующим заявлением не менее чем за 1 (один) месяц до истечения срока настоящего Договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z57" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) в случае необходимости обеспечивать предоставление сервитутов в порядке, предусмотренном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Земельным кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z58" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при изменении адреса землепользователя в течение месяца сообщить об этом Арендодателю;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z59" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) осуществлять мероприятия по охране земель, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Земельного кодекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z60" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) своевременно представлять в государственные органы, установленные земельным законодательством Республики Казахстан сведения о состоянии и использовании земель;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z61" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) не нарушать прав других собственников и землепользователей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z62" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечивать доступ к земельным участкам для проведения агрохимического обследования почв;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z63" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) не допускать нарушений земельного законодательства Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции приказа и.о. Министра сельского хозяйства РК от 31.05.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменением, внесенным приказом и.о. Министра сельского хозяйства РК от 31.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:bookmarkStart w:name="z64" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Арендодатель имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z65" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) осуществлять контроль за исполнением условий настоящего Договора; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z66" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществлять контроль за использованием земельного участка по целевому назначению;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z67" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оценивать по истечению срока действия Договора состояние земельного участка согласно паспорту земельных участков сельскохозяйственного назначения и принимать его по акту приема-передачи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z68" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не заключать Договор на земельный участок на новый срок, если Арендатор не исполнял свои обязанности, предусмотренные Договором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z69" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) вносить изменения в Договор в части суммы платы за пользование земельным участком, в случаях предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z70" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) в случаях, если земельный участок, предназначенный для ведения крестьянского или фермерского хозяйства, сельскохозяйственного производства, не используется по назначению в течение одного года с момента первоначального выявления факта неиспользования, то такой земельный участок принудительно изъять в порядке, предусмотренном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Земельного кодекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z71" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) зарезервировать земельный участок в установленном законодательством порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 с изменением, внесенным приказом и.о. Министра сельского хозяйства РК от 31.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Арендодатель обязан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z73" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) передать (предоставить) Арендатору земельный участок в состоянии, соответствующем условиям Договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z74" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) возместить Арендатору убытки, а также по его желанию предоставить другой земельный участок в случае принудительного изъятия земельного участка для государственных нужд;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z75" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) возместить в полном объеме убытки Арендатору при досрочном расторжении Договора по своей инициативе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z76" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) известить Арендатора обо всех имеющихся обременениях и ограничениях прав на земельный участок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z106" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) согласовать проведение Арендатором оросительных, осушительных и иных мелиоративных работ, постройку прудов и иных водоемов в течение пяти рабочих дней со дня обращения Арендатора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 с изменением, внесенным приказом и.о. Министра сельского хозяйства РК от 31.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...48 lines deleted...]
-    <w:bookmarkStart w:name="z57" w:id="41"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Глава 4. Ответственность сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 10 предусматривается в редакции приказа Министра сельского хозяйства РК от 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 388</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) в случае необходимости обеспечивать предоставление сервитутов в порядке, предусмотренном </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="43"/>
+      10. В случае неуплаты платы за пользование земельным участком в сроки, оговоренные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 564</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс) (далее – Налоговый кодекс), Арендатор уплачивает пеню. Пеня в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 2 статьи 117 Налогового кодекса начисляется за каждый день просрочки исполнения налогового обязательства по уплате платежа в бюджет, начиная со дня, следующего за днем срока уплаты платежа в бюджет, включая день уплаты, в размере 1,25-кратной базовой ставки Национального Банка Республики Казахстан на каждый день просрочки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 – в редакции приказа и.о. Министра сельского хозяйства РК от 31.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) осуществлять мероприятия по охране земель, предусмотренные </w:t>
-[...102 lines deleted...]
-    <w:bookmarkEnd w:id="47"/>
+      11. Уплата неустойки не освобождает Арендатора от исполнения своих обязательств по настоящему Договору. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменением, внесенным приказом и.о. Министра сельского хозяйства РК от 31.05.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 209</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...205 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 12 предусматривается исключить приказом Министра сельского хозяйства РК от 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 388</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...226 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="62"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Стороны несут ответственность за невыполнение либо ненадлежащее выполнение условий Договора в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Глава 4. Ответственность сторон</w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> пункта 2 статьи 117 Налогового кодекса начисляется за каждый день просрочки исполнения налогового обязательства по уплате платежа в бюджет, начиная со дня, следующего за днем срока уплаты платежа в бюджет, включая день уплаты, в размере 1,25-кратной базовой ставки Национального Банка Республики Казахстан на каждый день просрочки.</w:t>
+        <w:t>Глава 5. Внесение изменений и (или) дополнений, а также порядок расторжения договора</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:p>
-[...77 lines deleted...]
-      11. Уплата неустойки не освобождает Арендатора от исполнения своих обязательств по настоящему Договору. </w:t>
+    <w:bookmarkStart w:name="z82" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Настоящий Договор, может быть, расторгнут по обоюдному согласию в любое время.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z80" w:id="65"/>
-[...15 lines deleted...]
-      12. Стороны несут ответственность за невыполнение либо ненадлежащее выполнение условий Договора в соответствии с действующим законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z83" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Все изменения и дополнения, вносимые по договоренности сторон в Договор, не должны противоречить положениям Договора, оформляются в виде дополнительного соглашения, подписываются уполномоченными представителями сторон и оформляются в установленном законодательством порядке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z81" w:id="66"/>
+    <w:bookmarkStart w:name="z84" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Глава 5. Внесение изменений и (или) дополнений, а также порядок расторжения договора</w:t>
+        <w:t>Глава 6. Заключительные положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z82" w:id="67"/>
-[...69 lines deleted...]
-    <w:bookmarkStart w:name="z85" w:id="70"/>
+    <w:bookmarkStart w:name="z85" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Любые разногласия или претензии, которые могут возникнуть по Договору или связанные с его действием, разрешаются путем переговоров между сторонами. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z86" w:id="71"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z86" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Все разногласия, вытекающие из Договора, которые не могут быть решены путем переговоров, рассматриваются в судебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z87" w:id="72"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 17 предусматривается в редакции приказа Министра сельского хозяйства РК от 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 388</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Настоящий Договор вступает в силу с момента заключения, подлежит обязательной регистрации в органах юстиции и действует с "___" ______20__ года по с "___" ______20__ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z88" w:id="73"/>
+    <w:bookmarkStart w:name="z88" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Договор составлен в двух экземплярах, один из которых передается Арендатору, второй остается у Арендодателя. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z89" w:id="74"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z89" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адреса и реквизиты сторон:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2856,286 +3116,286 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z90" w:id="75"/>
+          <w:bookmarkStart w:name="z90" w:id="71"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="71"/>
+          <w:bookmarkStart w:name="z91" w:id="72"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="72"/>
+          <w:bookmarkStart w:name="z92" w:id="73"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="73"/>
+          <w:bookmarkStart w:name="z93" w:id="74"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="74"/>
+          <w:bookmarkStart w:name="z94" w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _________________________</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="75"/>
-          <w:bookmarkStart w:name="z91" w:id="76"/>
-[...78 lines deleted...]
-          <w:bookmarkEnd w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z95" w:id="80"/>
+          <w:bookmarkStart w:name="z95" w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="76"/>
+          <w:bookmarkStart w:name="z96" w:id="77"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="77"/>
+          <w:bookmarkStart w:name="z97" w:id="78"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="78"/>
+          <w:bookmarkStart w:name="z98" w:id="79"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="79"/>
+          <w:bookmarkStart w:name="z99" w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _________________________</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="80"/>
-          <w:bookmarkStart w:name="z96" w:id="81"/>
-[...78 lines deleted...]
-          <w:bookmarkEnd w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3260,55 +3520,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>