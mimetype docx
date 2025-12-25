--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="58ac7b0" w14:textId="58ac7b0">
+    <w:p w14:paraId="ccf92d6" w14:textId="ccf92d6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -288,63 +288,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее решение вступает в силу со дня государственной регистрации в органах юстиции и вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -352,51 +351,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель сессии </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -409,87 +408,87 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Л. Ашикбаева</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -502,51 +501,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Секретарь районного</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -554,51 +553,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1007,1544 +1006,1602 @@
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" (далее – Закон).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Основные понятия, которые используются в настоящем регламенте:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
-[...15 lines deleted...]
-      1) местное сообщество – совокупность жителей (членов местного сообщества), проживающих на территории города Форт-Шевченко административно-территориальной единицы, в границах которой осуществляется местное самоуправление, формируются и функционируют его органы;</w:t>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) местное сообщество – совокупность жителей (членов местного сообщества), проживающих на территории соответствующей административно-территориальной единицы, в границах которой осуществляется местное самоуправление, формируются и функционируют его органы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) собрание местного сообщества (далее – собрание) – участие представителей местного сообщества, делегированных сходом местного сообщества, в решении текущих вопросов местного значения в пределах и порядке, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) вопросы местного значения – вопросы деятельности области, района, города, района в городе, сельского округа, поселка и села, не входящего в состав сельского округа, регулирование которых в соответствии с Законом и иными законодательными актами Республики Казахстан связано с обеспечением прав и законных интересов большинства жителей соответствующей административно-территориальной единицы;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
-[...15 lines deleted...]
-      3) вопросы местного значения – вопросы деятельности области, района, города, района в городе, сельского округа, поселка и села, не входящего в состав сельского округа, регулирование которых в соответствии с Законом и иными законодательными актами Республики Казахстан связано с обеспечением прав и законных интересов большинства жителей соответствующей административно-территориальной единицы;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) местное самоуправление – деятельность, осуществляемая населением непосредственно, а также через маслихаты и другие органы местного самоуправления, направленная на самостоятельное решение вопросов местного значения под свою ответственность, в порядке, определяемом Законом, иными нормативными правовыми актами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
-[...15 lines deleted...]
-      4) местное самоуправление – деятельность, осуществляемая населением непосредственно, а также через Тупкараганским районным маслихатом и другие органы местного самоуправления, направленная на самостоятельное решение вопросов местного значения под свою ответственность, в порядке, определяемом Законом, иными нормативными правовыми актами;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) член собрания местного сообщества – представитель местного сообщества, делегированный сходом местного сообщества, в решении текущих вопросов местного значения в пределах и порядке, установленных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным решением Тупкараганского районного маслихата Мангистауской области от 17.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26/131</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Регламент собрания утверждается районным маслихатом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
-[...15 lines deleted...]
-      5) член собрания местного сообщества – представитель местного сообщества, делегированный сходом местного сообщества, в решении текущих вопросов местного значения в пределах и порядке, установленных законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Состав собрания местного сообщества определяется сходом местного сообщества сроком на четыре года и образуется из числа кандидатов, делегированных сходом местного сообщества.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
-[...15 lines deleted...]
-      3. Регламент собрания утверждается районным маслихатом.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, количество членов собрания местного сообщества, делегированных сходом местного сообщества (далее – члены собрания) определяется в зависимости от общей численности населения города:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
-[...15 lines deleted...]
-      3-1. Состав собрания местного сообщества определяется сходом местного сообщества сроком на четыре года и образуется из числа кандидатов, делегированных сходом местного сообщества.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) до 10 тысяч населения 5-10 членов собрания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
-[...15 lines deleted...]
-      При этом, количество членов собрания местного сообщества, делегированных сходом местного сообщества (далее – члены собрания) определяется в зависимости от общей численности населения города:</w:t>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) 10-15 тысяч населения – 11-15 членов собрания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
-[...15 lines deleted...]
-      1) до 10 тысяч населения 5-10 членов собрания;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) 15-20 тысяч населения – 16-20 членов собрания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
-[...15 lines deleted...]
-      2) 10-15 тысяч населения – 11-15 членов собрания;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) свыше 20 тысяч населения – 21-25 членов собрания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
-[...15 lines deleted...]
-      3) 15-20 тысяч населения – 16-20 членов собрания;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-2. При формировании состава собрания местного сообщества количество представителей раздельных сходов определяется пропорционально количеству их населения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
-[...15 lines deleted...]
-      4) свыше 20 тысяч населения – 21-25 членов собрания.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-3. Для административно-территориальной единицы, состоящей из нескольких населенных пунктов, обеспечивается не менее одного представителя от каждого населенного пункта, делегированного раздельными сходами местного сообщества, с учетом положений пункта 3-2 настоящего регламента.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z29" w:id="24"/>
-[...15 lines deleted...]
-      3-2. При формировании состава собрания местного сообщества количество представителей раздельных сходов определяется пропорционально количеству их населения.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок проведения созыва собрания местного сообщества</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z30" w:id="25"/>
-[...15 lines deleted...]
-      3-3. Для административно-территориальной единицы, состоящей из нескольких населенных пунктов, обеспечивается не менее одного представителя от каждого населенного пункта, делегированного раздельными сходами местного сообщества, с учетом положений пункта 3-2 настоящего регламента.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Собрание проводится по текущим вопросам местного значения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обсуждение и рассмотрение проектов программных документов, программ развития местного сообщества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      согласование проекта бюджета города и отчета об исполнении бюджета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      согласование корректировки бюджета города в случае перераспределения средств в объеме не более двадцати процентов от объема расходов бюджетной программы на текущий финансовый год по утвержденному (уточненному) бюджету, за исключением бюджетных программ (подпрограмм), финансируемых за счет целевых трансфертов из районного (города областного значения) бюджета, между бюджетными программами при неосвоении бюджетных средств и (или) неэффективном исполнении бюджетных программ в течение текущего финансового года по итогам бюджетного мониторинга без изменения структуры расходов бюджета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      согласование решений аппарата города по управлению коммунальной собственностью города (коммунальной собственностью местного самоуправления);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      образование комиссии местного сообщества из числа участников собрания в целях мониторинга исполнения бюджета города;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заслушивание и обсуждение отчета о результатах проведенного мониторинга исполнения бюджета города;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      согласование отчуждения коммунального имущества города;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обсуждение актуальных вопросов местного сообщества, проектов нормативных правовых актов, касающихся прав, свобод и обязанностей граждан, за исключением проектов нормативных правовых актов местных исполнительных органов, а также акимов, предусматривающих принятие решений об установлении (отмене) карантинной зоны с введением карантинного режима на соответствующей территории, об установлении (снятии) карантина и (или) ограничительных мероприятий в случаях, предусмотренных законодательством Республики Казахстан в области ветеринарии, а также объявление чрезвычайной ситуации природного и техногенного характера, а также предоставление по ним рекомендаций в сроки, предусмотренные Законом Республики Казахстан "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О правовых актах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инициирование вопроса об освобождении от должности акима города;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внесение предложений по назначению руководителей государственных учреждений и организаций, финансируемых из местного бюджета и расположенных на территорий города Форт-Шевченко;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      другие текущие вопросы местного сообщества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...223 lines deleted...]
-      инициирование вопроса об освобождении от должности акима города;</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным решением Тупкараганского районного маслихата Мангистауской области от 28.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2/13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Собрание созывается и проводится акимом города самостоятельно либо по инициативе не менее десяти процентов членов собрания, но не реже одного раза в квартал.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:p>
-[...33 lines deleted...]
-      другие текущие вопросы местного сообщества.</w:t>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инициаторы собрания в произвольной форме письменно обращаются к акиму с указанием повестки дня.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:p>
-[...77 lines deleted...]
-      5. Собрание созывается и проводится акимом города самостоятельно либо по инициативе не менее десяти процентов членов собрания, но не реже одного раза в квартал.</w:t>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аким в течение трех рабочих дней рассматривает письменное обращение и принимает решение о созыве собрания с указанием места и времени созыва.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. О времени, месте созыва собрания и обсуждаемых вопросах, члены собрания оповещаются не позднее, чем за десять календарных дней до дня его проведения через средства массовой информации или иными способами, за исключением случая, предусмотренного подпунктом 4-3) пункта 3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 39-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона, согласно которому о времени, месте созыва собрания местного сообщества члены собрания местного сообщества оповещаются не позднее чем за три календарных дня до дня его проведения.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По вопросам, вносимым на рассмотрение собрания, аппарат акима города не позднее, чем за пять календарных дней до созыва собрания представляет членам собрания и акиму необходимые материалы в письменном виде, в форме электронного документа (удостоверенный посредством электронной цифровой подписью) или электронной копии документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Перед началом созыва собрания аппаратом акима города Форт-Шевченко проводится регистрация присутствующих членов собрания, ее результаты оглашаются акимом или уполномоченным им лицом перед началом созыва собрания и заносятся в протокол собрания с указанием места и времени проведения созыва.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
-[...15 lines deleted...]
-      По вопросам, вносимым на рассмотрение собрания, аппарат акима города не позднее, чем за пять календарных дней до созыва собрания представляет членам собрания и акиму необходимые материалы в письменном виде, в форме электронного документа (удостоверенный посредством электронной цифровой подписью) или электронной копии документов.</w:t>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Созыв собрания считается состоявшимся при участии в нем не менее половины членов собрания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
-[...15 lines deleted...]
-      7. Перед началом созыва собрания аппаратом акима города Форт-Шевченко проводится регистрация присутствующих членов собрания, ее результаты оглашаются акимом или уполномоченным им лицом перед началом созыва собрания и заносятся в протокол собрания с указанием места и времени проведения созыва.</w:t>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Созыв собрания открывается акимом или уполномоченным им лицом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
-[...15 lines deleted...]
-      Созыв собрания считается состоявшимся при участии в нем не менее половины членов собрания.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для ведения созыва собрания открытым голосованием избираются председатель и секретарь собрания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
-[...15 lines deleted...]
-      8. Созыв собрания открывается акимом или уполномоченным им лицом.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Повестка дня собрания формируется аппаратом акима города на основе предложений, вносимых членами собрания, акимом Тупкараганского района.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
-[...15 lines deleted...]
-      Для ведения созыва собрания открытым голосованием избираются председатель и секретарь собрания.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В повестку дня включаются вопросы о ходе и (или) исполнения решений, принятых на предыдущих созывах собрании.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
-[...15 lines deleted...]
-      9. Повестка дня собрания формируется аппаратом акима города на основе предложений, вносимых членами собрания, акимом Тупкараганского района.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Повестка дня созыва собрания может быть дополнена и изменена при ее обсуждении.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
-[...15 lines deleted...]
-      В повестку дня включаются вопросы о ходе и (или) исполнения решений, принятых на предыдущих созывах собрании.</w:t>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Повестка дня созыва собрания утверждается собранием.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
-[...15 lines deleted...]
-      Повестка дня созыва собрания может быть дополнена и изменена при ее обсуждении.</w:t>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Голосование по каждому вопросу повестки дня проводится раздельно. Вопрос считается внесенным в повестку дня, если за него проголосовало большинство присутствующих членов собрания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
-[...15 lines deleted...]
-      Повестка дня созыва собрания утверждается собранием.</w:t>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. На созыв собрания приглашаются представители аппарата районного акимата, государственных учреждений и предприятий, а также физических и юридических лиц, вопросы которых рассматриваются на созыве собрания. Также на созыве собрания могут присутствовать депутаты районного маслихата, представители средств массовой информации и общественных объединений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
-[...15 lines deleted...]
-      Голосование по каждому вопросу повестки дня проводится раздельно. Вопрос считается внесенным в повестку дня, если за него проголосовало большинство присутствующих членов собрания.</w:t>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приглашенные лица, указанные в части первой настоящего пункта, не являются членами собрания и не участвуют в голосовании при принятии решений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
-[...15 lines deleted...]
-      10. На созыв собрания приглашаются представители аппарата районного акимата, государственных учреждений и предприятий, а также физических и юридических лиц, вопросы которых рассматриваются на созыве собрания. Также на созыве собрания могут присутствовать депутаты районного маслихата, представители средств массовой информации и общественных объединений.</w:t>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Регламент выступлений на созывах собрании для докладов, содокладов, выступлений в прениях и по порядку ведения созыва собрания определяется председателем. Докладчикам и содокладчикам отводится время для ответов на вопросы. В случае если выступающий превысил отведенное время, председатель собрания прерывает его выступление или с согласия большинства присутствующих на созыве членов собрания продлевает время для выступления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
-[...15 lines deleted...]
-      Приглашенные лица, указанные в части первой настоящего пункта, не являются членами собрания и не участвуют в голосовании при принятии решений.</w:t>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Член собрания может выступить по одному и тому же вопросу не более двух раз. Не считаются выступлениями в прениях обращения членов собрания, выступления для дачи пояснений и ответов на вопросы. Вопросы докладчикам задаются в письменном или устном виде. Письменные вопросы предоставляются председателю собрания и оглашаются на созыве собрании.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
-[...15 lines deleted...]
-      11. Регламент выступлений на созывах собрании для докладов, содокладов, выступлений в прениях и по порядку ведения созыва собрания определяется председателем. Докладчикам и содокладчикам отводится время для ответов на вопросы. В случае если выступающий превысил отведенное время, председатель собрания прерывает его выступление или с согласия большинства присутствующих на созыве членов собрания продлевает время для выступления.</w:t>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель собрания может объявлять перерывы по собственной инициативе или по мотивированному предложению членов собрания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
-[...15 lines deleted...]
-      Член собрания может выступить по одному и тому же вопросу не более двух раз. Не считаются выступлениями в прениях обращения членов собрания, выступления для дачи пояснений и ответов на вопросы. Вопросы докладчикам задаются в письменном или устном виде. Письменные вопросы предоставляются председателю собрания и оглашаются на созыве собрании.</w:t>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В конце собрания отводится время для выступления членов собрания с краткими заявлениями и сообщениями, прения по которым не открываются.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
-[...15 lines deleted...]
-      Председатель собрания может объявлять перерывы по собственной инициативе или по мотивированному предложению членов собрания.</w:t>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок принятия решений собранием местного сообщества</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
-[...15 lines deleted...]
-      В конце собрания отводится время для выступления членов собрания с краткими заявлениями и сообщениями, прения по которым не открываются.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Собрание в рамках своих полномочий принимает решения большинством голосов присутствующих на созыве членов собрания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z65" w:id="58"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Порядок принятия решений собранием местного сообщества</w:t>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае равенства голосов председатель собрания пользуется правом решающего голоса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
-[...15 lines deleted...]
-      12. Собрание в рамках своих полномочий принимает решения большинством голосов присутствующих на созыве членов собрания.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение собрания оформляется протоколом, в котором указываются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
-[...15 lines deleted...]
-      В случае равенства голосов председатель собрания пользуется правом решающего голоса.</w:t>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дата и место проведения собрания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
-[...15 lines deleted...]
-      Решение собрания оформляется протоколом, в котором указываются:</w:t>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) количество и список членов собрания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
-[...15 lines deleted...]
-      1) дата и место проведения собрания;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) количество и список иных присутствующих с указанием фамилии, имени, отчества (при его наличии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
-[...15 lines deleted...]
-      2) количество и список членов собрания;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) фамилия, имя, отчество (при его наличии) председателя и секретаря собрания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
-[...15 lines deleted...]
-      3) количество и список иных присутствующих с указанием фамилии, имени, отчества (при его наличии);</w:t>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) повестка дня, краткое содержание выступлений и принятые решения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
-[...15 lines deleted...]
-      4) фамилия, имя, отчество (при его наличии) председателя и секретаря собрания;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Протокол подписывается председателем и секретарем собрания и в течение двух рабочих дней со дня проведения собрания передается акиму города, за исключением случаев, когда протокол содержит решение собрания местного сообщества об инициировании вопроса о прекращении полномочий акима города.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
-[...15 lines deleted...]
-      5) повестка дня, краткое содержание выступлений и принятые решения.</w:t>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Протокол собрания местного сообщества с решением об инициировании вопроса о прекращении полномочий акима города подписывается председателем и секретарем собрания и в течение пяти рабочих дней передается на рассмотрения в Тупкараганский районный маслихат.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
-[...15 lines deleted...]
-      Протокол подписывается председателем и секретарем собрания и в течение двух рабочих дней со дня проведения собрания передается акиму города, за исключением случаев, когда протокол содержит решение собрания местного сообщества об инициировании вопроса о прекращении полномочий акима города.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Решения, принятые собранием, рассматриваются акимом города и доводятся аппаратом акима города до членов собрания в срок не более пяти рабочих дней.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z75" w:id="68"/>
-[...15 lines deleted...]
-      Протокол собрания местного сообщества с решением об инициировании вопроса о прекращении полномочий акима города подписывается председателем и секретарем собрания и в течение пяти рабочих дней передается на рассмотрения в Тупкараганский районный маслихат.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. В случае выражения акимом несогласия с решением собрания местного сообщества, данные вопросы разрешаются путем повторного обсуждения в порядке, предусмотренном главой 2 настоящего регламента.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z76" w:id="69"/>
-[...15 lines deleted...]
-      13. Решения, принятые собранием, рассматриваются акимом города и доводятся аппаратом акима города до членов собрания в срок не более пяти рабочих дней.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае невозможности разрешения вопросов, вызвавших несогласие акима города, вопрос разрешается вышестоящим акимом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z77" w:id="70"/>
-[...15 lines deleted...]
-      14. В случае выражения акимом несогласия с решением собрания местного сообщества, данные вопросы разрешаются путем повторного обсуждения в порядке, предусмотренном главой 2 настоящего регламента.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аким города, в течение двух рабочих дней, направляет в акиму района и секретарю районного маслихата протокол собрания местного сообщества, после повторного обсуждения собранием местного сообщества вопросов, вызвавших несогласие.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z78" w:id="71"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z80" w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Вышестоящий аким после предварительного обсуждения и его решения на ближайшем заседании районного маслихата вопросов, вызвавших несогласие между акимом города и собрания местного сообщества в порядке предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона, принимает решение в течение пяти рабочих дней.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Органы местного государственного управления и самоуправления, должностные лица в пределах полномочий обеспечивают исполнение решений, принятых на созыве собрании и одобренных акимом города.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Решения, принятые на созыве собрания, распространяются аппаратом акима города через средства массовой информации или иными способами.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z81" w:id="74"/>
-[...15 lines deleted...]
-      15. Органы местного государственного управления и самоуправления, должностные лица в пределах полномочий обеспечивают исполнение решений, принятых на созыве собрании и одобренных акимом города.</w:t>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Контроль за исполнением решений собрания местного сообщества</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z82" w:id="75"/>
-[...15 lines deleted...]
-      16. Решения, принятые на созыве собрания, распространяются аппаратом акима города через средства массовой информации или иными способами.</w:t>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. На собрании регулярно заслушиваются информации лиц ответственных за исполнение решений собрания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z83" w:id="76"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 4. Контроль за исполнением решений собрания местного сообщества</w:t>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. В случае неисполнения или некачественного исполнения решений, соответствующая информация вносится в протокол, который председателем собрания направляется акиму Тупкараганского района или вышестоящим руководителям должностных лиц ответственных за исполнение решений собрания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z84" w:id="77"/>
-[...15 lines deleted...]
-      17. На собрании регулярно заслушиваются информации лиц ответственных за исполнение решений собрания.</w:t>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае повторного неисполнения или некачественного исполнения принятых решений, собрание инициирует вопрос об ответственности должностных лиц перед акимом Тупкараганского района или вышестоящим руководством соответствующих должностных лиц.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z85" w:id="78"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -2557,55 +2614,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>