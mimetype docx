--- v0 (2025-11-08)
+++ v1 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1456155" w14:textId="1456155">
+    <w:p w14:paraId="b943fa3" w14:textId="b943fa3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -705,3619 +705,3321 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательные участки по Аральскому району</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение - в редакции решения акима Аральского района Кызылординской области от 26.09.2023 </w:t>
+      Сноска. Приложение - в редакции решения акима Аральского района Кызылординской области от 31.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 4-ш</w:t>
+        <w:t>№ 2-ш</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными решением акима Аральского района Кызылординской области от 05.08.2024 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z19" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      Избирательный участок № 1</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 1</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z20" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: сельский округ Каракум, село Абай, улица Абай № 350 "А", коммунальное государственное учреждение ""Средняя школа № 59" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z21" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Граница: села Абай, Кокаша.</w:t>
+      Граница: села Абай.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z22" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      Избирательный участок № 2</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 2</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z23" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: сельский округ Каракум, село Еримбетжага, улица Еримбетжага № 61, коммунальное государственное учреждение ""Основная школа № 18" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z24" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Граница: село Еримбетжага.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z25" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      Избирательный участок № 3</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 3</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z26" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Центр: сельский округ Атанши, село Жинишкекум, улица Жинишкекум № 97, коммунальное государственное учреждение ""Средняя школа № 230" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      Центр: сельский округ Атанши, село Жинишкекум, улица Наурызбай Абубакирулы № 97, коммунальное государственное учреждение ""Средняя школа № 230" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z27" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Граница: села Жинишкекум, Атанши.</w:t>
+      Граница: села Жинишкекум.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z28" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      Избирательный участок № 4</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 4</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z29" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: сельский округ Камыстыбас, село Камыстыбас, улица Камыстыбас № 74, коммунальное государственное учреждение ""Средняя школа № 21" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z30" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Граница: село Камыстыбас, железнодорожные посты № 91, 92.</w:t>
+      Граница: село Камыстыбас, железнодорожный пост № 92.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z31" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      Избирательный участок № 5</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 5</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z32" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: сельский округ Сапак, село Сапак, улица Сапак № 87, коммунальное государственное учреждение ""Средняя школа № 69" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z33" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Граница: село Сапак, железнодорожные посты № 87, 88.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z34" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      Избирательный участок № 6</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 6</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z35" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Центр: сельский округ Сапак, село Коктем, улица Коктем № 44, коммунальное государственное учреждение ""Основная школа № 227 имени Аманкос Мустафаева" отдела образования по Аральскому району управления образования Кызылординской области". Граница: село Коктем.</w:t>
+      Центр: сельский округ Сапак, село Коктем, улица Коктем № 44, коммунальное государственное учреждение ""Основная школа № 227 имени Аманкос Мустафаева" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z36" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Избирательный участок № 7</w:t>
+      Граница: село Коктем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z37" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      Центр: сельский округ Аралкум, село Чумыш, улица Чумыш № 1, коммунальное государственное учреждение ""Средняя школа № 263" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 7</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z38" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Граница: село Чумыш.</w:t>
+      Центр: сельский округ Аралкум, село Чумыш, улица Чумыш № 1, коммунальное государственное учреждение ""Средняя школа № 263" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z39" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Избирательный участок № 8</w:t>
+      Граница: село Чумыш.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:p>
-[...51 lines deleted...]
-      Граница: село Аралкум, Мойнак;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 8</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:bookmarkStart w:name="z41" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Аралкум, село Аралкум, улица Аралкум № 228, коммунальное государственное учреждение ""Средняя школа № 61" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z42" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: села Аралкум, Мойнак.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z43" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 10</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z44" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Бекбауыл, село Бекбауыл, улица Бекбауыл № 175, коммунальное государственное учреждение ""Средняя школа № 65" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z45" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: село Бекбауыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z46" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 11</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z47" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Бекбауыл, село Укилисай, улица Укилисай № 44, коммунальное государственное учреждение ""Основная школа № 265" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z48" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: село Укилисай.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z49" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 12 </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z50" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Бекбауыл, село Кумбазар, улица Кумбазар № 81, коммунальное государственное учреждение ""Средняя школа № 200" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z51" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: село Кумбазар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z52" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 13 </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z53" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Райым, село Кызылжар, улица Жаксыгул Жалгасбаев № 16, коммунальное государственное учреждение ""Средняя школа № 81" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z54" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: село Кызылжар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 14 </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Райым, село Шомишколь, улица Шомишколь № 104, коммунальное государственное учреждение ""Средняя школа № 66" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: село Шомишколь.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 15 </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z59" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Косжар, село Косжар, улица Косжар № 46, коммунальное государственное учреждение ""Средняя школа № 67" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z60" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: село Косжар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z61" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 16 </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z62" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Жетес би, село Райым, улица Райым № 34, коммунальное государственное учреждение ""Средняя школа № 72" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z63" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: село Райым.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z64" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 17 </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z65" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Боген, село Боген, улица Боген № 195, коммунальное государственное учреждение ""Средняя школа № 20 имени З. Шукурова" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z66" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: села Боген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z67" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 18</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z68" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Боген, село Карашалан, улица Карашалан № 107, коммунальное государственное учреждение ""Средняя школа № 75" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z69" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: село Карашалан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z70" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 19</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z71" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Аманоткель, село Акшатау, улица Акшатау № 30, коммунальное государственное учреждение ""Основная школа № 291" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z72" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: село Акшатау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z73" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 20</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z74" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Аманоткель, село Аманоткель, улица Аманоткель № 134, коммунальное государственное учреждение ""Средняя школа № 73" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z75" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: села Аманоткель, Хан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z76" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 21</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z77" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Аманоткель, село Аккулак, улица Аккулак № 50, коммунальное государственное учреждение ""Основная школа № 76" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z78" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: село Аккулак.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z79" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 22 </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z80" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Жанакурылыс, село Жанакурылыс, улица Жанакурылыс № 159, коммунальное государственное учреждение ""Средняя школа № 74" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z81" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: село Жанакурылыс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z82" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 23</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z83" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Мергенсай, село Жаланаш, улица Жаланаш № 119, коммунальное государственное учреждение ""Средняя школа № 58" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z84" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: села Жаланаш, Тастубек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z85" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 24</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z86" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Каратерен, село Жанаконыс, улица Жанаконыс № 135, коммунальное государственное учреждение ""Средняя школа № 82" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z87" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: села Жанаконыс, Конекаратерен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z88" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 25</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z89" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Каратерен, село Тастак, улица Тастак № 36, Республиканское государственное казенное предприятие "Камыстыбасский рыбный питомник" комитета рыбного хозяйства Министерства экологии и природных ресурсов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z90" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: село Тастак.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z91" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 26</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z92" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Аккум, село Шижага, улица Шижага № 381, коммунальное государственное учреждение ""Средняя школа № 57 имени Е. Кошербаева" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z93" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: село Шижага.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z94" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 27</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z95" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Сазды, село Сазды, улица Сауда Алданов № 80, коммунальное государственное учреждение ""Средняя школа № 60 имени Ж. Туменбаева" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z96" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Сазды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z97" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 28</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z98" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Жинишкекум, село Токабай, улица К. Бердимагамбетова № 155, коммунальное государственное учреждение ""Средняя школа № 248" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z99" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: село Токабай.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z100" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 29</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z101" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Куланды, село Акбасты, улица Акбасты № 87, коммунальное государственное учреждение ""Средняя школа № 22" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z102" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: село Акбасты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z103" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 30</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z104" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Беларан, село Куланды, улица Куланды № 70, коммунальное государственное учреждение ""Средняя школа № 77" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z105" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: село Куланды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z106" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 31</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z107" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Акирек, село Акбай, улица Акбай № 147, коммунальное государственное учреждение ""Средняя школа № 63" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z108" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: село Акбай.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z109" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 32</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z110" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Косаман, село Косаман, улица Косаман № 84, коммунальное государственное учреждение ""Средняя школа № 68" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z111" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: село Косаман.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z112" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 33</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z113" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: сельский округ Косаман, село Акеспе, улица Акеспе № 54, коммунальное государственное учреждение ""Основная школа № 237" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z114" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: село Акеспе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z115" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 34</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z116" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: поселок Жаксыкылыш, улица Д. Менделеева № 1 "В", клуб акционерного общества "Аралтуз".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z117" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: улица А. Кунанбаева дома с 1 по 63, улица А. Медетбаева дома с 1 по 11, улица Д. Менделеева дома с 1 по 11, улица Ю. Гагарина дома с 1 по 12, улица А. Ахметова дома с 1 по 35, улица М. Маметовой дома с 1 по 10, улица А. Сарымсакова дома с 1 по 54, улица А. Темирбаева дома с 1 по 44, переулок И. Жайназаров дома с 1 по 38, улица Жаксыкылыш дома с 1 по 74, улица Т. Аубакирова дома с 1 по 13, улица А. Жангелдина дома с 1 по 20, улица Ы. Алтынсарина дома с 1 по 61, улица А. Молдагуловой дома с 1 по 13, улица Ж. Тлеубергенулы дома с 1 по 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z118" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 35</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z119" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: поселок Жаксыкылыш, улица Жаксыкылыш № 70, коммунальное государственное учреждение ""Средняя школа № 19" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z120" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: улица Н. Кенжегулулы дома с 1 по 25, улица Жанкожа батыра дома с 1 по 25, улица Жастар дома с 1 по 31, улица Айтеке би дома с 1 по 39, улица Г. Муратбаева дома с 1 по 19, улица Турсынбике дома с 1 по 23, улица Сартай батыра дома с 1 по 49, улица К. Байсейтовой дома с 1 по 37, улица Т. Бигельдинова дома с 1 по 17, улица Т. Рыскулова дома с 1 по 42, улица Е. Ауельбекова дома с 1 по 22, улица Б. Момышулы дома с 1 по 8, улица З. Шукурова дома с 1 по 33, переулок С. Дарикулова дома с 1 по 41, переулок К. Байсейтовой дома с 1 по 5, улица Ауыл жылы дома с 1 по 13, переулок Т. Рыскулова дома с 1 по 38.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z121" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 36</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z122" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: поселок Саксаульск, улица Алтын Орда № 7, коммунальное государственное учреждение ""Средняя школа № 87" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z123" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: улица Актан батыра дома с 1 по 49, улица Е. Конысбаева дома с 1 по 50, улица Ж. Жабаева дома с 1 по 25 нечетные, с 2 по 42 четные, улица Г. Муратбаева дома с 21 по 53 нечетные, с 28 по 66 четные, улица Д. Утегенулы дома с 25 по 69 нечетные, с 26 по 62 четные, улица Толыбай батыра дома с 13 по 37 нечетные, с 22 по 46 четные, улица К. Таласова дома с 13 по 33 нечетные, с 10 по 40 четные, улица Т. Рахатова дома с 1 по 12, улица Б. Айкынова дома с 1 по 25 нечетные, с 2 по 26 четные, улица И. Жансугурова дома с 1 по 25 нечетные, с 2 по 26 четные, улица К. Байсейтовой дома с 1 по 25 нечетные, с 2 по 26 четные, переулок К. Байсейтовой дома с 1 по 25, улица Сартай би дома с 17 по 43 нечетные, с 14 по 34 четные, улица О. Жанадилова дома с 1 по 18, улица Алтын Орда дома с 1 по 23, улица Ж. Сагиданов дома с 1 по 16, улица Труда дома с 1 по 4, улица Ж. Каратабанова дома с 1 по 24, улица К. Есеева дома с 1 по 11 "А", улица Ж. Жетесова дома с 1 по 39 нечетные, с 2 по 40 четные, улица А. Пушкина дома с 1 по 4, улица Коркыт ата дома с 1 по 39, переулок Сартай би дома с 1 по 37, улица Т. Аубакирова дома с 1 по 34, улица Букирек батыра дома с 1 по 37, улица Н. Атантаев дома с 1 по 17, улица Ю. Гагарина дома с 1 по 25, улица С. Айменова дома с 23 по 47 нечетные, с 30 по 58 четные, улица А. Жумагулова дома с 1 по 21 нечетные, с 2 по 12 четные, улица С. Сейтмуратов дома с 1 по 10.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z124" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 37</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z125" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: поселок Саксаульск, улица А. Байтурсынова № 1 "А", коммунальное государственное учреждение ""Средняя школа № 177" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z126" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: улица Д. Утегенулы дома с 1 по 23 нечетные, с 2 по 24 четные, улица Толыбай батыра дома с 1 по 11 нечетные, с 2 по 20 четные, улица К. Таласова дома с 1 по 11 нечетные, с 2 по 8 четные, улица С. Айменова дома с 1 по 21 нечетные, с 2 по 28 четные, улица Абулкайырхана дома с 1 по 30, улица Г. Муратбаева дома с 1 по 19 нечетные, с 2 по 26 четные, улица А. Байтурсынова дома с 2 по 8, улица М. Маметова дома с 1 по 19 нечетные, с 2 по 18 четные, улица Л. Асанова дома с 1 по 9, улица Д. Жубанышева дома с 1 по 26, улица Н. Кенжегулулы дома с 1 по 7, улица Арал дома с 1 по 18, улица Коркыт Ата дома с 1 по 37, улица А. Маханова дома с 1 по 50, улица С. Сейфуллина дома с 1 по 44, улица К. Каракулова дома с 1 по 44, улица Б. Кошалаева дома с 1 по 17, улица К. Сатпаева дома с 1 по 29, улица Ы. Алтынсарина дома с 1 по 20, улица М. Ауэзова дома с 1 по 30, улица Б. Майлина дома с 1 по 34 "А", улица А. Досмырзаева дома с 1 по 54, улица Т. Бигельдинова дома с 1 по 33, улица Т. Токтарова дома с 1 по 42, улица Жалантос Бахадура дома с 1 по 38, улица Ж. Байбазаров дома с 1 по 30, улица А. Жумагулова дома с 23 по 41 нечетные, с 16 по 40 четные, улица Абая дома с 1 по 5 нечетные, 2 по 4 четные, с 7 по 27 нечетные, с 6 по 28 четные, улица Сартай би дома с 45 по 73 нечетные, с 36 по 56 четные, улица К. Сарсенбаева дома с 1 по 8.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z127" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 38 </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z128" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: поселок Саксаульск, село Жалгызагым, улица Жалгызагым № 38, медицинский пункт коммунального государственного предприятия на праве хозяйственного ведения "Аральская районная многопрофильная центральная больница" Управления здравоохранения Кызылординской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z129" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: село Конту, железнодорожные посты № 84, № 85, № 86.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z130" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 39 </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z131" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: поселок Саксаульск, улица Северо-Восточная №1, коммунальное государственное учреждение ""Средняя школа № 283" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z132" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: улица К. Баймбета дома с 1 по 20, улица А.Жангельдина дома с 1 по 31, улица Ж. Аймауытова дома с 1 по 35, переулок Ж. Аймауытова дома с 1 по 25, улица Айтеке би дома с 1 по 34, переулок Айтеке би с 1 по 23, улица Кызылорда дома с 1 по 14, улица Казахстан дома с 1 по 109, улица Алматы дома с 1 по 40, улица А. Иманова дома с 1 по 39, улица Жанкожа батыра дома с 1 по 33, улица А. Бижанова дома с 1 по 45, переулок Б. Момышулы дома с 1 по 30, улица М. Бекниязова дома с 1 по 23, железнодорожный пост № 82.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z133" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 40</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z134" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: поселок Саксаульск, улица Толыбай батыра № 88, коммунальное государственное учреждение ""Средняя школа № 231" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z135" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: улица Г. Муратбаева дома с 67 по 74, улица Д. Отегенулы дома с 64 по 79, улица Ж. Жабаева дома с 44 по 76, улица Толыбай батыра дома с 46 по 84, улица К. Таласова дома с 41 по 84, улица Б. Айкынова дома с 28 по 67, улица И. Жансугирова дома с 27 по 68, улица К. Байсеитовой дома с 27 по 70, улица Сартай би дома с 41 по 74, улица Арал дом 56, улица Арыстан баб дома с 1 по 15, улица С. Жаналиева дома с 1 по 37, улица Д. Есболова дома с 1 по 28, улица М. Шокай дома с 1 по 12, улица А. Тажибаева дома с 1 по 9, улица Акорда дома с 1 по 6, железнодорожный пост № 83.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z136" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 41</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z137" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Аральск, улица Бактыбай батыра № 1, коммунальное государственное учреждение ""Средняя школа № 260" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z138" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: переулок Г. Ишкенова дома с 1 по 5, улица Г. Ишкенова дома с 1 по 41, улица Б. Уалиева дома с 1 по 10, улица Бактыбай батыра дома с 2 по 12 четные, с 1 по 31 нечетные, улица К. Кошкарова дома с 1 по 25, улица Б. Жайлыбаева дома с 1 по 8, улица Ж. Жанаева дома с 1 по 32, улица М. Макатаева дома с 1 по 30, улица К. Жаксыбаева дома с 1 по 13, улица Е. Ниеткалиева дома с 1 по 14, улица У. Утеулиевой дома с 1 по 27, улица А. Жантекеева дома с 1 по 45, улица Уялы дома с 1 по 8, улица А. Иманова дома с 1 по 19, улица К. Сапарова дома с 1 по 15, улица Н. Багысбаева дома с 1 по 48, улица Абылкаирхана дом 47, улица Астана дома 14, 16, 18 "А", 21.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z139" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 42</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z140" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Аральск, улица Женис аланы № 9, сельская поликлиника "Байтурсынова" при коммунальном государственном предприятии на праве хозяйственного ведения "Аральская районная многопрофильная центральная больница" Управления здравоохранения Кызылординской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z141" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: улица М. Елеуова дома с 1 по 86, улица К. Култасова дома с 1 по 48, улица Б. Рыскалова дома с 1 по 32, улица Женис аланы дома с 1 по 21, улица Н. Сариева дома с 1 по 56, улица А. Байтурсынова дома с 36 по 92 четные, с 17 по 77 нечетные, улица Аралтуз дома с 26 по 64 четные, с 29 по 77 нечетные, переулок А. Байтурсынова дома с 1 по 11, улица У. Есмамбетова дома с 18 по 44 четные, с 11 по 43 нечетные, улица Бекарыстан би дома с 30 по 80 четные, с 15 по 69 нечетные, улица О. Абдуалиева дома с 1 по 28, улица А. Есмурзаева дома с 1 по 20, улица А. Бисембаева дома с 1 по 34.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z142" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 43</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z143" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Аральск, улица М. Садибекова № 23 "Б", коммунальное государственное учреждение ""Школа-лицей № 14 имени Н.К. Крупской" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z144" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: улица А. Каюпова дома с 1 по 11, улица Н.Косжанулы дома с 1 по 66, улица С. Ермаганбетова дома с 1 по 38, улица Ш. Кеулимжаева дома с 1 по 26, улица Ж. Жабаева дома с 1 по 12, переулок Ж. Жабаева дома с 1 по 8, переулок М. Садибекова дома с 1 по 7, улица М. Рыскулова дома с 1 по 44, улица Б. Баймуратова дома с 1 по 71, улица Б. Туремуратова дома с 1 по 27, улица Жанкожа батыра дома с 2 по 52 четные, с 1 по 39 нечетные, улица Ы. Жахаева дома с 1 по 21, улица Е. Избасканова дома с 1 по 20, улица М. Садибекова дома с 36 по 82 четные, с 9 по 43 нечетные, переулок Киева дома с 1 по 9, улица Аралтуз дома с 2 по 24 четные, с 1 по 27 нечетные, улица Жетес би дома с 20 по 68 четные, с 17 по 65 нечетные, улица Д. Конаева дома с 24 по 60 четные, с 15 по 49 нечетные, улица Ж. Таушанова дома с 2 по 20 четные, с 1 по 29 нечетные, улица Актан батыра дома с 2 по 18 четные, с 1 по 29 нечетные, улица А. Байтурсынова дома с 2 по 34 четные, с 1 по 15 нечетные, улица У. Есмамбетова дома с 2 по 16 четные, с 1 по 9 нечетные, улица Бекарыстан би дома с 2 по 28 четные, с 1 по 13 нечетные, улица М. Сарсенова дома с 1 по 21.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z145" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 44</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z146" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Аральск, улица М. Жумабаева № 1, коммунальное государственное учреждение ""Школа-лицей № 62 имени Ж. Абдрашева" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z147" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...2257 lines deleted...]
-    <w:bookmarkStart w:name="z151" w:id="133"/>
+      Граница: улица Ж. Таушанова дома с 26 по 70 четные, с 31 по 71 нечетные, улица К. Сманова дома с 1 по 41, улица М. Жумабаева дома с 1 по 64, улица Б. Майлина дома с 1 по 68, улица Т. Жарокова дома с 1 по 65, улица Д. Конаева дома с 62 по 108 четные, с 51 по 101 нечетные, улица Актан батыра дома с 20 по 50 четные, с 31 по 57 нечетные, улица Г. Мусирепова дома с 1 по 65, улица Бегим-Ана дома с 1 по 46, улица А. Калдыбайулы дома с 1 по 44, улица К. Омарова дома с 1 по 36, улица К. Досжанова дома с 1 по 34, улица М. Шалабаева дома с 1 по 20, улица А. Лепесова дома с 1 по 27, улица М. Ешниязова дома с 1 по 24, улица Т. Тажигулова дома с 1 по 23, улица Ж. Кенжебаева дома с 1 по 39, улица К. Картайулы дома с 1 по 32, переулок Б. Ермагамбетова дома с 1 по 17, улица Л. Калиева дома с 1 по 19, улица Сырым батыра дома с 2 по 14, улица Жанкожа батыра дома с 54 по 78 четные, с 43 по 87 нечетные, улица Т. Танатова дома 2 "А", с 1 по 71, улица Т. Сырымова дома с 1 по 24, улица М. Садибекова дома с 84 по 122 четные, с 45 по 63 нечетные, улица Ж. Тлеубаева дома с 1 по 31. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z148" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 45</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z149" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Центр: город Аральск, улица Бактыбай батыра № 35 коммунальное государственное казенное предприятие "Аральская городская дом культура имени З. Шукурова" коммунального государственного учреждения "Аппарат акима города Аральск". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z152" w:id="134"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z150" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Граница: улица К. Отенова дома с 1 по 60, улица Жетес би дома со 2 по 18 четные, с 1 по 15 нечетные, улица Е. Ормагамбетова дома с 1 по 51, улица А. Молдагулова дома с 2 по 20 четные, с 1 по 11 нечетные, переулок А. Шалманова дома с 1 по 22, улица Бактыбай батыра дома с 42 по 68 четные, с 41 по 91 нечетные, улица Т. Бокина дома с 1 по 16, улица Н. Махановой дома с 1 по 34, улица К. Жасекенова дома с 1 по 24, улица Р. Компашева дома с 1 по 37, улица Кызылорда дома с 1 по 35, улица Д. Ерекеева дома с 1 по 17, улица М. Садибекова дома с 2 по 34 четные, с 1 по 7 нечетные, улица Д. Конаева дома с 2 по 22 четные, с 1 по 13 нечетные.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z155" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z151" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 46</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z152" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Аральск, улица Изтай Айбосынов № 1 "А", коммунальное государственное учреждение ""Средняя школа № 292" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z153" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Граница: улица газеты "Толкын" дома с 1 по 33, улица Ж. Алимбетова дома с 1 по 100, улица К. Дарибаева дома с 1 по 47, улица А. Медетова дома с 1 по 24, улица Ж. Абдирашулы дома с 1 по 47, улица З. Шукурова дома с 1 по 56, улица Т. Рыскулова дома с 1 по 54, улица Алтыкудык дома с 1 по 54, улица М. Куттыкова дома с 1 по 46, улица Б. Момышулы дома с 1 по 40, улица Т. Алимбетова дома с 1 по 35, улица А. Кумарова дома с 1 по 40, улица Ж. Тлеубаева дома с 1 по 31, улица Т. Танатова дома с 2 "Б", 1 "А" по 19 "А", улица И. Айбосынова дома с 1 по 19.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z157" w:id="139"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z154" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 47</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z155" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Центр: город Аральск, улица П. Куттымуратова № 2 "Б", коммунальное государственное казенное предприятие ""Дом школьников Аральского района" отдела образования по Аральскому району управления образования Кызылординской области". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z158" w:id="140"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z156" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Граница: улица Г. Шектибаева дома с 1 по 48, улица Абылкайыр хана дома с 1 по 40, улица А. Бердалиева дома с 1 по 18, улица А. Каюпова дома с 13 по 29, улица Д. Жолымбетова дома с 1 по 37, улица К. Еримбет дома с 1 по 70, улица Т. Есетова дома с 1 по 45, улица К. Келимбетова дома с 1 по 20, улица Астана дома с 2 по 12 четные, с 1 по 19 нечетные, улица П. Куттымуратова дома с 1 по 43, улица Д. Куттымуратова дома с 1 по 10, улица А. Халыкулова дома с 1 по 19, улица И. Панфилова дома с 1 по 31.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z161" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z157" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 48</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z158" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Аральск, улица Бактыбай батыра № 115, коммунальное государственное казенное предприятие "Аральский районный дом культуры" коммунального государственного учреждения "Отдел культуры и развития языков Аральского района".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z159" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Граница: улица Сапак би дома с 1 по 42, улица А. Толегенулы дома с 1 по 63, улица М. Дулатова дома с 1 по 46, улица А. Молдагуловой дома с 22 по 40 четные, с 13 по 39 нечетные, улица М. Маметовой дома с 1 по 60, улица Т. Борикулакова дома с 1 по 72, улица К. Сарсенбаева дома с 1 по 43, улица М. Балмагамбетова дома с 1 по 51, улица Бактыбай батыра дома с 70 по 98 четные, с 93 по 119 нечетные.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z163" w:id="145"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z160" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 49</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z161" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: город Аральск, улица А. Аленова № 1, коммунальное государственное казенное предприятие ""Аральский индустриально-технический колледж" управления образования Кызылординской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z164" w:id="146"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z162" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Граница: улица Косарал дома с 1 по 31, улица Ж. Нурпеисова дома с 1 по 31, улица Бекмырза хана дома с 1 по 22, улица Ж. Дошниязова дома с 1 по 50, улица А. Аленова дома с 1 по 61, улица С. Сулейменова дома с 1 по 54, улица А.П. Мина дома с 1 по 41, улица С. Кубекова дома с 1 по 89, улица Сырлыбай би дома с 1 по 18, улица Жылкайдар батыра дома с 1 по 14, улица А. Куанышбаева дома с 1 по 27.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-[...58 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z168" w:id="150"/>
-[...15 lines deleted...]
-      Избирательный участок № 51</w:t>
+    <w:bookmarkStart w:name="z163" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 50</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z169" w:id="151"/>
+    <w:bookmarkStart w:name="z164" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Аральск, улица Айтеке би № 60 "А", коммунальное государственное учреждение ""Средняя школа № 83" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z165" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: улица Н. Балапанова дома с 1 по 78, переулок А. Жусипова дома с 1 по 14, улица Т. Аубакирова дома с 1 по 74, улица М. Ауезова дома с 12 по 89, улица К. Тилепбергенулы дома с 28 по 90 четные, с 9 по 81 нечетные, улица М. Жаримбетова дома с 1 по 17, улица Г. Мустафина дома с 1 по 45, улица Р. Турымбетова дома с 1 по 80, улица Б. Танирбергенова дома с 1 по 66, улица Т. Медетбаева дома с 1 по 76, улица И. Жансугирова дома с 1 по 70, улица С. Сейфуллина дома с 1 по 70, улица З. Махатова дома с 1 по 55, улица Айтеке би дома с 30 по 86 четные, с 25 по 91 нечетные, микрорайон № 1 дома с 1 по 57.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z166" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 51</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z167" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: город Аральск, улица Ж. Абилжанова № 16, коммунальное государственное казенное предприятие ""Аральский многопрофильный колледж" управления образования Кызылординской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z170" w:id="152"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z168" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Граница: улица Матая Умбет би дома с 1 по 39, улица Ш. Айманова дома с 1 по 25, улица Сарышокы дома с 1 по 20, улица М. Нуржаубаева дома с 1 по 59, улица Байгара батыра дома с 1 по 23, улица Аль-Фараби дома с 1 по 30, улица Абая дома с 13 по 57, улица Ж. Абильжанова дома с 1 по 34, переулок К. Балапанова дома с 1 по 18, улица Т. Жолмагамбетулы дома с 1 по 31, улица Айтеке би дома с 2 по 28 четные, с 1 по 23 нечетные, переулок К. Оразалиева дома с 1 по 12, переулок Н. Бекжанова дома с 1 по 22, улица К. Тлепбергенулы дома с 2 по 16 четные, с 1 по 7 нечетные, улица М. Ауэзова дома с 1 по 11, улица А. Жангельдина дома с 1 по 19, улица Ш. Уалиханова дома с 1 по 28, улица О. Байарыстанова дома с 1 по 29.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z172" w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z169" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 52</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z170" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: город Аральск, улица Т. Елемесова № 1 "А", коммунальное государственное учреждение ""Школа-гимназия № 262 имени У. Караманова" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z173" w:id="155"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z171" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Граница: улица Т. Елемесова дома с 1 по 30, улица Водоканал дома с 1 по 20, улица Ж. Сайна дома с 1 по 27, улица Телецентр дома с 1 по 8, улица В. Терешковой дома с 1 по 58, улица А. Байтаханова дома с 1 по 11, улица С. Таукеев дома с 1 по 5, улица Ж. Сауытбаева дома с 1 по 28, улица Д. Сахиева дома с 1 по 36, улица О. Жандосова дома с 1 по 28, переулок О. Жандосова дома с 1 по 16, переулок А. Тынымбаева дома с 1 по 16, переулок Н. Байганина дома с 1 по 11, улица Н. Байганина дома с 1 по 19, переулок К. Байсейтовой дома с 1 по 20, улица К. Байсейтовой дома с 1 по 26, переулок К. Сагырбайулы дома с 1 по 11, улица К. Сагырбайулы дома с 1 по 29, переулок Сарыколь дома с 1 по 52, переулок Д. Нурпейсовой дома с 1 по 9, улица Д. Нурпейсовой дома с 1 по 52, переулок Байтерек дома с 1 по 35, улица Ы. Алтынсарина дома с 1 по 38, улица А. Баймырзаева дома с 1 по 28, улица Камыстыбас дома с 1 по 15, улица М. Толебаева дома с 1 по 10, улица Каракум дома с 1 по 23, улица Бекетай би дома с 1 по 36, улица Ш. Байгараева дома с 1 по 44, улица А. Шокпарова дома с 1 по 19, улица С. Турдалиева дома с 2 по 52, улица Казыбек би дома с 15 по 65, улица М. Нагыманова дома с 1 по 29.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z175" w:id="157"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z172" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 53</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z173" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: город Аральск, улица Бактыбай батыра № 110, коммунальное государственное казенное предприятие детский сад ""Карлыгаш" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z176" w:id="158"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z174" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Граница: улица К. Каракулова дома с 1 по 20, улица Ж. Амирханулы дома с 1 по 28, улица К. Сатпаева дома с 1 по 26, улица Бактыбай батыра дома с 100 по 154 четные, с 121 по 149 нечетные, улица А. Сатаева дома с 1 по 74, улица Толе би дома с 1 по 69, улица С. Муканова дома с 1 по 55, улица Ж. Тажимбетова дома с 1 по 44, улица А. Жубаниязова дома с 1 по 28, улица К. Султанбаева дома с 1 по 21, улица Байконыр дома с 1 по 43, микрорайон № 4 дома с 1 по 298, улица К. Дабылова дома с 1 по 69, улица И. Жусупова дома с 1 по 22, улица А. Жиеналиева дома с 1 по 69, улица М. Мынжасарова дома с 1 по 69.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z178" w:id="160"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z175" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 54</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z176" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: город Аральск, улица Ш. Кибасова № 1, коммунальное государственное учреждение ""Средняя школа № 71" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z181" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z177" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граница: улица Тажи Палуана дома с 1 по 75, улица Б. Халыкова дома с 1 по 22, улица Б. Бижанова дома с 1 по 44, улица А. Нурпейсова дома с 1 по 28, улица Т. Рысбаева дома с 1 по 30, улица Ш. Кибасова дома с 2 по 30, улица А. Мархабаева дома с 1 по 17, улица А. Бисенбаева дома с 1 по 45, улица У. Балымбетовой дома с 1 по 22, улица Абая дома с 1 по 13, улица С. Назарова дома с 1 по 45, улица К. Ильясова дома с 1 по 40, микрорайон № 2 дома с 1 по 177.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z178" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 55 </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z179" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: город Аральск, улица Т. Нуржанова № 5 "А", коммунальное государственное казенное предприятие ясли сад ""Сартай" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z182" w:id="164"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z180" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Граница: улица Т. Нуржанова дома с 1 по 83, улица Достык дома с 1 по 74, улица Сартай батыра дома с 1 по 74, улица Жылкаман батыра дома с 1 по 77, улица Т. Токтарова дома с 1 по 87, улица М. Утемисулы дома с 1 по 87, улица Г. Муратбаева дома с 1 по 94, улица У. Косымова дома с 1 по 64, улица М. Баймбетова дома с 1 по 64, улица Т. Шевченко дома с 1 по 36, переулок Т. Шевченко дома с 1 по 11, улица С. Турдалиева дома с 52 по 86 четные, с 1 "А", 1 по 39 нечетные, улица К. Каденова дома с 1 по 30, улица Казыбек би дома с 2 по 20 четные, с 1 по 13 нечетные, улица Алматы дома с 1 по 46.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z185" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z181" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 382</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z182" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Аральск, проспект Сырым батыра № 1, коммунальное государственное предприятие на праве хозяйственного ведения "Аральская многопрофильная центральная районная больница" Управления здравоохранения Кызылординской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z183" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Граница: здания коммунального государственного предприятия на праве хозяйственного ведения "Аральская многопрофильная центральная районная больница" Управления здравоохранения Кызылординской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-[...36 lines deleted...]
-    <w:bookmarkStart w:name="z193" w:id="168"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z184" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 388 </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z185" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: сельский округ Жетес би, село Ескиура, улица Ескиура № 9, коммунальное государственное учреждение ""Основная школа № 281" отдела образования по Аральскому району управления образования Кызылординской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z194" w:id="169"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z186" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Граница: село Ескиура.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -4355,55 +4057,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4729,31 +4431,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>