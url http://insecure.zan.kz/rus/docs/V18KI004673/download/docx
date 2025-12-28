--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6ae5a33" w14:textId="6ae5a33">
+    <w:p w14:paraId="8c47e74" w14:textId="8c47e74">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Методики оценки деятельности административных государственных служащих корпуса "Б" государственного учреждения "Аппарат Абайского районного маслихата"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение 28 сессии Абайского районного маслихата Карагандинской области от 15 марта 2018 года № 28/315. Зарегистрировано Департаментом юстиции Карагандинской области 29 марта 2018 года № 4673.</w:t>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение 28 сессии Абайского районного маслихата Карагандинской области от 15 марта 2018 года № 28/315. Зарегистрировано Департаментом юстиции Карагандинской области 29 марта 2018 года № 4673. Утратило силу решением Абайского районного маслихата Карагандинской области от 27 ноября 2025 года № 41/378</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратило cилу решением Абайского районного маслихата Карагандинской области от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 41/378</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В соответствии с Законами Республики Казахстан от 23 января 2001 года "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О местном государственном управлении и самоуправлении в Республике Казахстан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -288,63 +366,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -362,51 +439,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Председатель сессии</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -419,51 +496,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>И. Соколова</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -481,51 +558,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Секретарь Абайского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -4948,185 +5025,184 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Фамилия, имя, отчество (при его наличии) служащего: ________________________ Должность служащего: ___________________________________________________ Наименование структурного подразделения служащего: _______________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="946"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="670"/>
+        <w:gridCol w:w="468"/>
+        <w:gridCol w:w="3042"/>
+        <w:gridCol w:w="649"/>
+        <w:gridCol w:w="830"/>
+        <w:gridCol w:w="830"/>
+        <w:gridCol w:w="830"/>
+        <w:gridCol w:w="830"/>
+        <w:gridCol w:w="830"/>
+        <w:gridCol w:w="830"/>
+        <w:gridCol w:w="830"/>
+        <w:gridCol w:w="830"/>
+        <w:gridCol w:w="831"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="670" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="468" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование КЦИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="3042" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Из какого показателя соглашения служащего корпуса "А" либо документа системы государственного планирования вытекает</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -5193,51 +5269,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок достижения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5286,366 +5362,373 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="830" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="830" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="830" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="830" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="830" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="830" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="830" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="830" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: ожидаемое положительное изменение от достижения ключевого целевого индикатора.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -6036,147 +6119,146 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1025"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="891"/>
+        <w:gridCol w:w="622"/>
+        <w:gridCol w:w="862"/>
+        <w:gridCol w:w="1102"/>
+        <w:gridCol w:w="1102"/>
+        <w:gridCol w:w="1103"/>
+        <w:gridCol w:w="1103"/>
+        <w:gridCol w:w="1103"/>
+        <w:gridCol w:w="1103"/>
+        <w:gridCol w:w="1103"/>
+        <w:gridCol w:w="1103"/>
+        <w:gridCol w:w="1103"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="891" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование КЦИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -6287,795 +6369,878 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...378 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -7438,285 +7603,341 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Итоговая оценка: _______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -8123,1716 +8344,1715 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="5962"/>
+        <w:gridCol w:w="6338"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реализация ключевого целевого индикатора в процентах и параметров ранжирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диапазон допустимой оценки*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 и выше</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95-99,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,75-4,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90-94,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,5-4,74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85-89,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,25-4,49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80-84,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4-4,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75-79,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,75-3,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70-74,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,5-3,74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65-69,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,25-3,49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60-64,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3-3,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55-59,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,75-2,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50-54,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,5-2,74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45-49,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,25-2,49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40-44,49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-2,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35-39,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,75-1,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30-34,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5-1,74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25-29,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,25-1,49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20-24,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-1,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15-19,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,75-0,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10-14,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,5-0,74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-9,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,25-0,49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0-4,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10299,874 +10519,943 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Так, Вы сможете сэкономить время и повысить достоверность результатов.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="2207"/>
+        <w:gridCol w:w="6999"/>
+        <w:gridCol w:w="2761"/>
+        <w:gridCol w:w="333"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Параметры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оценка (от 1 до 5 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комментарий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Качество выполнения функциональных обязанностей*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отсутствие обоснованных замечаний, возвратов, жалоб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Соблюдение сроков выполнения задач</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отсутствие нарушения сроков исполнения документов, поручений, задач</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. Самостоятельность и инициативность.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Умение служащего выполнять функциональные обязанности с высокой долей самостоятельности. Инициирование проработанных подходов, предложений, направленных на улучшение сферы деятельности государственного органа. Активность и участие в решении задач государственного органа.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Соблюдение трудовой дисциплины</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отсутствие опозданий, преждевременного выхода с работы без уважительной причины, отсутствие дисциплинарных взысканий и нарушений служебной этики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя итоговая оценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: Для расчета средней итоговой оценки необходимо сумму выставленных оценок разделить на количество оцениваемых параметров. Результат оценки: ____________ (выполняет функциональные обязанности эффективно, выполняет функциональные обязанности надлежащим образом, выполняет функциональные обязанности удовлетворительно, выполняет функциональные обязанности не удовлетворительно) Результат оценки служащему выставляется исходя из средней итоговой оценки Обоснование к выставленной оценке ___________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -11537,5232 +11826,5567 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Анкету необходимо заполнить сразу же от начала до конца, не отвлекаясь. Так, Вы сможете сэкономить время и повысить достоверность результатов.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="1997"/>
+        <w:gridCol w:w="2002"/>
+        <w:gridCol w:w="7729"/>
+        <w:gridCol w:w="572"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1997" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование компетенций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вопросы по компетенциям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="572" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ответы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1997" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Управление деятельностью</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ставит конкретные задачи и дает поручения в соответствии со стратегическими целями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Создает условия и ориентирует коллектив на качественное и своевременное выполнение подразделением поставленных задач</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Эффективно организует работу подразделения, расставляя приоритеты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя оценка по управлению деятельностью</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1997" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Выстраивание эффективных коммуникаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Умеет координировать свою деятельность с коллегами, открыт к коммуникациям, проявляет готовность к деловому сотрудничеству, при необходимости помогает коллегам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Умеет решать конфликты с пользой для общего дела, при этом аргументированно доносит свою точку зрения и учитывает мнение коллег</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Выстраивает эффективную работу группы/команды/ с заинтересованные сторонами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя оценка по выстраиванию эффективных коммуникаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1997" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Следование этическим нормам и принципам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Строго следует правилам этического поведения в любых ситуациях в соответствии с Этическим кодексом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Придерживается принципам добропорядочности, честности, доброжелательности, уважительности к коллегам и заинтересованным сторонам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В стрессовой ситуации не теряется, ищет и находит решения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя оценка по следованию этическим нормам и принципам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1997" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Управление изменениями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Положительно относится к изменениям в организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адаптирует тактику своих действий в соответствии с изменившейся ситуацией, анализирует причины неудачи и меняет подходы или стратегию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддерживает и поощряет инициативы работников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя оценка по управлению изменениями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1997" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ориентация на результат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ставит сложные цели и достигает их</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прилагает дополнительные усилия для выполнения задач</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Берет на себя ответственность за достижение результата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя оценка по ориентации на результат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1997" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Самостоятельность и навыки принятия решений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Умеет анализировать возможности, риски, а также рассчитывать и планировать ресурсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Умеет эффективно действовать в условиях неопределенности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Предлагает несколько вариантов решения задач, с учетом возможных рисков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя оценка по самостоятельности и навыкам принятия решений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1997" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Управление командой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Никогда не бывает пристрастным к людям, всегда умеет избегать личных симпатий и антипатий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Умеет определять и учитывать индивидуальность подчиненного при взаимодействии и мотивации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Умеет вдохновлять и мотивировать команду</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя оценка по управлению командой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1997" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лидерские качества</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Демонстрирует энтузиазм и талант, веру в свои собственные убеждения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Харизматичен, использует силу своей личности для того, чтобы мотивировать подчиненных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Настроен мотивировать персонал, грамотно выбирает соотношение поощрения и порицания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя оценка по лидерским качествам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1997" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сотрудничество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ориентирует работников на выстраивание эффективного взаимодействия с государственными органами и организациями в пределах компетенции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Использует потенциал каждого работника для достижения поставленных задач</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Совместно со структурными подразделениями государственного органа реализует планы и достигает общих результатов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Cредняя оценка по сотрудничеству</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1997" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оперативность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Своевременно доводит до коллектива новые приоритеты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Разрабатывает эффективные меры для своевременного реагирования на изменения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Эффективно управляет подразделением и достигает результата при внутренних и внешних изменениях</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя оценка по оперативности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1997" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саморазвитие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Выявляет и вносит предложения по продвижению перспективных работников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Принимает системные меры по развитию работников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Демонстрирует на личном примере стремление к саморазвитию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя оценка по саморазвитию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1997" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инициативность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рассматривает и разрабатывает предложения по внедрению инновационных подходов и решений, направленных на повышение эффективности деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Анализирует и вносит предложения по внедрению инновационных подходов и решений, направленных на повышение эффективности деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инициирует проекты для совершенствования деятельности государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя оценка по инициативности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В графе ответы указывается один из предложенных вариантов ответа:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z145" w:id="143"/>
     <w:p>
       <w:pPr>
@@ -17267,3556 +17891,3779 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Так, Вы сможете сэкономить время и повысить достоверность результатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="1406"/>
+        <w:gridCol w:w="2117"/>
+        <w:gridCol w:w="8172"/>
+        <w:gridCol w:w="605"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1406" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование компетенций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вопросы по компетенциям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ответы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1406" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2117" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Выстраивание эффективных коммуникаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Умеет координировать свою деятельность с коллегами, открыт к коммуникациям, проявляет готовность к деловому сотрудничеству, при необходимости помогает коллегам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Умеет решать конфликты с пользой для общего дела, при этом аргументированно доносит свою точку зрения и учитывает мнение коллег</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Выстраивает эффективную работу группы/команды/ с заинтересованные сторонами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя оценка по выстраиванию эффективных коммуникаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1406" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2117" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Следование этическим нормам и принципам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Строго следует правилам этического поведения в любых ситуациях в соответствии с Этическим кодексом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Придерживается принципам добропорядочности, честности, доброжелательности, уважительности к коллегам и заинтересованным сторонам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В стрессовой ситуации не теряется, ищет и находит решения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя оценка по следованию этическим нормам и принципам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1406" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2117" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Управление изменениями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Положительно относится к изменениям в организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адаптирует тактику своих действий в соответствии с изменившейся ситуацией, анализирует причины неудачи и меняет подходы или стратегию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддерживает и поощряет инициативы работников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя оценка по управлению изменениями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1406" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2117" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ориентация на результат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ставит сложные цели и достигает их</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прилагает дополнительные усилия для выполнения задач</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Берет на себя ответственность за достижение результата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя оценка по ориентации на результат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1406" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2117" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Самостоятельность и навыки принятия решений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Умеет анализировать возможности, риски, а также рассчитывать и планировать ресурсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Умеет эффективно действовать в условиях неопределенности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Предлагает несколько вариантов решения задач, с учетом возможных рисков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя оценка по самостоятельности и навыкам принятия решений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1406" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2117" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сотрудничество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вносит вклад в работу коллектива и при необходимости обращается за разъяснениями к более опытным коллегам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Развивает взаимодействие с коллегами и представителями государственных органов и организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обменивается мнениями и с учетом обсуждения выполняет задачи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя оценка по сотрудничеству</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1406" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2117" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оперативность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вносит предложения по улучшению работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Изучает новые подходы и способы их внедрения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Быстро адаптируется в меняющихся условиях</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя оценка по оперативности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1406" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2117" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саморазвитие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Проявляет интерес к новым знаниям и технологиям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стремится к саморазвитию, ищет новую информацию и способы ее применения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Применяет на практике новые навыки, позволяющие повысить его эффективности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя оценка по саморазвитию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z163" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В графе ответы указывается один из предложенных вариантов ответа:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
     <w:bookmarkStart w:name="z164" w:id="158"/>
@@ -21187,1656 +22034,1739 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ф.И.О. руководителя структурного подразделения ____________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3736"/>
+        <w:gridCol w:w="3747"/>
+        <w:gridCol w:w="3747"/>
+        <w:gridCol w:w="1070"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Компетенция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя итоговая оценка по компетенциям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1070" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Паутинка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Управление деятельностью</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Выстраивание Эффективных коммуникаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Следование этическим нормам и принципам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Управление изменениями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ориентация на результат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Самостоятельность и навыки принятия решений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Управление командой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лидерские качества</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сотрудничества</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оперативность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саморазвитие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инициативность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -23116,1168 +24046,1223 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ф.И.О. оцениваемого служащего __________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="2544"/>
+        <w:gridCol w:w="3959"/>
+        <w:gridCol w:w="4667"/>
+        <w:gridCol w:w="1130"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3959" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Компетенция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4667" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя итоговая оценка по каждой компетенции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1130" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Паутинка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3959" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Выстраивание эффективных коммуникаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3959" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Следование этическим нормам и принципам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3959" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Управление изменениями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3959" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ориентация на результат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3959" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Самостоятельность и навыки принятия решений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3959" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сотрудничество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3959" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оперативность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3959" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саморазвитие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z183" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -26456,63 +27441,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -26834,35 +27841,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>