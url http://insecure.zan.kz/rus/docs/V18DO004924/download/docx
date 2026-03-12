--- v0 (2025-11-07)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="78700a0" w14:textId="78700a0">
+    <w:p w14:paraId="2b73d20" w14:textId="2b73d20">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об образовании избирательных участков для проведения голосования и подсчета голосов в Райымбекском районе</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение акима Райымбекского района Алматинской области от 29 ноября 2018 года № 25. Зарегистрировано Департаментом юстиции Алматинской области 6 декабря 2018 года № 4924</w:t>
+        <w:t>Решение акима Райымбекского района Алматинской области от 29 ноября 2018 года № 25. Зарегистрировано Департаментом юстиции Алматинской области 6 декабря 2018 года № 4924.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z7" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -288,62 +288,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее решение вступает в силу со дня государственной регистрации в органах юстиции и вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -361,51 +362,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аким района</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -584,2736 +585,2784 @@
               </w:rPr>
               <w:t xml:space="preserve"> районе"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z21" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательные участки образованные для проведения голосования и подсчета голосов в Райымбекском районе</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z22" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение в редакции решения акима Райымбекского района Алматинской области от 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Избирательный участок № 762.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Нарынкол, улица Толе би № 44, средняя школа имени Тельмана Жанузакова с дошкольным мини-центром.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица О. Жандосова: дома с № 1 по 83 (нечетная сторона);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Толе би: дома с № 1 по 84;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Албан Асан: дома № 1-86;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Райымбека: дома с № 1 по 98;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Умирзакова: дома с № 1 по 101;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица А. Молдагуловой: дома с № 1 по 15 (нечетная сторона);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Ш. Амирова: дома с № 1 по 28;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Ы. Кушкинова: дома с № 1 по 31;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Жамбыла: дома с № 1 по 25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Лонг: дома с № 1 по 36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица жаменке: дома с № 1 по 38;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Т. Рыскулова: дома с № 1 по 32;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Амангельды: дома с № 1 по 33;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Жанаевича: дома с № 1 по 35;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Б. Сокпакбаева: дома с № 1 по 39;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица бекмуханбетова: дома с № 1 по 42;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Есенаманова: дома с № 1 по 30;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Ошакбаева: дома с № 1 по 37;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Байбатырова: дома с № 1 по 13;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица жылкыбекова: дома с № 1 по 6;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Нурлыбекова: дома с № 12 по 30;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Езмуханова: дома с № 1 по 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Далданбаева: дома с № 1 по 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Избирательный участок № 763.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Нарынкол, улица Узак № 69, средняя школа имени Бердибека Сокпакбаева с дошкольным мини-центром.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица О. Жандосова: дома с № 2 по 78 (четная сторона);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица М. Макатаева: дома с № 1 по 53, 54,55,56;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Акбулак: дома с № 1 по 7;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Абая: дома с № 1 по 66;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Макашева: дома с № 1 по 30;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица байжунусова: дома с № 1 по 67;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Дембаева: дома с № 1 по 70;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица накибаева: дома с № 1 по 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Касымова: дома с № 1 по 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Ибраева: дома с № 1 по 3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица А. Молдагуловой: дома с № 17 по 77 (нечетная сторона);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Ш. Амирова: дома с № 29 по 60;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Ы. Кушкинова: дома с № 32 по 65;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Жамбыла: дома с № 26 по 75;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Узак: дома с № 37 по 65;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Жаменке: дома с № 39 по 85;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Т. Рыскулова: дома с № 33 по 85;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Амангельды: дома с № 34 по 89;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Жанаевича: дома с № 36 по 51;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Б. Сокпакбаева: дома с № 40 по 45;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Бекмуханбетова: дома с № 43 по 68;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Есенаманова: дома с № 31 по 81;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Ошакбаева: дома с № 38 по 46;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Айдаралиева: дома с № 1 по 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Тлесова: дома с № 1 по № 12.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Избирательный участок № 764.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Нарынкол, улица Абая № 100, средняя школа имени Ораза Жандосова с дошкольным мини-центром и начальная школа Костобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица А. Молдагуловой: Дома № 2-дден 82 (четная сторона);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица М. Маметовой: дома с № 1 по 42;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Сауранбаева: дома с № 1 по 63;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Абдисулейменова: дома с № 1 по 39;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Жанузакова: дома с № 1 по 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Кодек акына: дома с № 1 по 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Айтленова: дома с № 1 по 27;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Улкенбаева: дома с № 1 по 65;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица дамбылова: дома с № 2 по 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Албан Асан: дома № 85-130;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Толе би: дома с № 83 по 113;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Жандосова: дома № 80, 82, с 84,85 по 121;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Макатаева: дома с № 57 по 65;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Абая: дома с № 63 по 109;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Макашева: дома с № 31 по 48;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Байжунусова: дома с № 68 по № 85;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Дембаева: дома с № 71 по 102;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Байынкол: дома с № 1 по 11;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Сарыбаева: дома с № 1 по 65;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Дюсебаева: дома с № 1 по 20.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица С. Шотбаева: дома с № 1 по 13;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Т. Сакалова: дома с № 1 по 22.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Избирательный участок № 765.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Костобе, улица Орталык № 1, средняя школа имени Ораза Жандосова с дошкольным мини-центром и начальная школа Костобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Костобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Избирательный участок № 766.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Жамбыл, улица Сыбанкул № 1, средняя школа имени Ашимбаева с дошкольным мини-центром.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Жамбыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Избирательный участок № 767.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Каратоган, улица Н.Умирзакова № 41, средняя школа имени Нурбапа Умирзакова с дошкольным мини-центром.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Каратоган.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Избирательный участок № 768.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Текес, улица Дембаева № 14, средняя школа имени Казыбека Шорманова с дошкольным мини-центром.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Текес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Избирательный участок № 769.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Жана Текес, улица М. Ауэзова № 15, основная школа Жана Текес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Жана Текес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Избирательный участок № 770.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Тегистик, улица Биеке № 18, средняя школа имени Мукагали Макатаева с дошкольным мини-центром.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Тегистик.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Избирательный участок № 771.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Какпак, улица Жаменке № 17, средняя школа Жаменке с дошкольным мини-центром.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Какпак.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Избирательный участок № 772.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Кокбел, улица Жамбыла № 3, средняя школа Коксай с дошкольным мини-центром.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Кокбел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Избирательный участок № 773</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Кайнар, улица Омара № 31, Кайнарский сельский Дом культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Кайнар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Избирательный участок № 774.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Сарыжаз, улица Жапар № 20, средняя школа Сарыжаз с дошкольным мини-центром и начальная школа Акбейит.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Сарыжаз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Избирательный участок № 775.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Акбейит, Сарыжазский профессионально-технический колледж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Акбейит.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Избирательный участок № 776.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Комирши, средняя школа Комирши с дошкольным мини-центром.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Комирши.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Избирательный участок № 777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Шалкоде, улица Атагельдиева № 1, средняя школа Шалкоде с дошкольным мини-центром.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Шалкоде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Избирательный участок № 778.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Талас, улица Мектеп № 1, средняя школа имени Шокана Уалиханова с дошкольным мини-центром.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Талас.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Избирательный участок № 779.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Карасаз, улица А. Доненбаева № 10, Карасазский сельский Дом культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Карасаз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Избирательный участок № 780.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Тузкол, улица Сатылган № 11, средняя школа имени Талипа Мусаулова с дошкольным мини-центром.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Тузкол.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Избирательный участок № 781.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Сарыбастау, улица Нурасыл № 26, Средняя школа имени Сауранбаева с дошкольным мини-центром.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Сарыбастау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Избирательный участок № 782.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Сумбе, улица М. Ауэзова № 42, средняя школа имени Абая с дошкольным мини-центром.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Сумбе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Избирательный участок № 783.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Кызылшекара, улица Бекдайыра № 10, средняя школа имени Кодека Байшыганулы с дошкольным мини-центром.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Кызылшекара.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Избирательный участок № 784.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Нарынкол, Нарынкольский пограничный отдел Пограничного управления по Райымбекскому району Департамента пограничной службы Комитета национальной безопасности Республики Казахстан по Алматинской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: нарынкольский пограничный отдел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Избирательный участок № 785.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Сумбе, Сумбинский пограничный отдел Пограничного управления по Райымбекскому району Департамента пограничной службы Комитета национальной безопасности Республики Казахстан по Алматинской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: пограничный отдел Сумбе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Избирательный участок № 786.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Нарынкол, улица Албана Асана на ПХВ №1"Райымбекская районная больница".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: на ПХВ "Райымбекская районная больница".</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...2620 lines deleted...]
-    <w:bookmarkEnd w:id="139"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>