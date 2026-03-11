--- v0 (2025-11-09)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="34e98c0" w14:textId="34e98c0">
+    <w:p w14:paraId="047a1a7" w14:textId="047a1a7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -512,2492 +512,2307 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение к решению акима Коксусго района от 28 декабря 2018 года № 12-189</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение в редакции решения акима Коксуского района Алматинской области от 30.12.2022 </w:t>
+      Сноска. Приложение в редакции решения акима Коксуского района Алматинской области от 31.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 12-40</w:t>
+        <w:t>№ 12-47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z20" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательные участки образованные для проведения голосования и подсчета голосов в Коксуском районе</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 231</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: станция Айнабулак, улица Агыбаева Бартая № 11, КГУ "Средняя школа№12" ГУ "Отдел образования по Коксускому району Управления образования Жетысуской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: станция Айнабулак, улицы: Рамазанова с № 1 по 37, Центральная с № 1 по 11, Агыбаева Бартая с № 1 по 19, Набережная с № 1 по 8, Кемертоган с № 1 по 31; мост, Тауарасы развязки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 232</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село "45-й Железнодорожный отдел" улица Рыскулова № 8, фельдшерско-акушерский пункт" 45-й Железнодорожный отдел " МКОУ на ПХВ" Коксуская центральная районная больница".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: село " 45-й Железнодорожный отдел", улицы: Рыскулова с№ 1 по 16, Ж / Д С № 1 по 16, Байшапанова с № 1 по 13, Алдабергенова с № 1 по 13; водонапорная башня, Жаман -Сарыбулак участки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 233</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Алгабас, улица Батыржана № 27, ГККП "Районный Дом культуры акима Коксуского района" Алгабасский сельский Дом культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Алгабас, улицы: Батыржан с № 1 по 115, Иманбаев с № 1 по 31, Акболат с № 1 по 57, Комекбай с № 1 по 90, Аубакир Бостан с № 1 по 41, Кабдолда № С 1 по 7; отдаленные участки Байбарак, Жылыкунгей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 234</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Кызылтоган, улица Нурахмет № 33 / А, КГУ "Кызылтоганская средняя школа с пришкольным мини-центром" ГУ "Отдел образования по Коксускому району Управления образования Жетысуской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Кызылтоган, улицы: Новая с № 1 по 13, Искак с № 1 по 16, Нурахмет с № 1 по 34, Лябилданов с № 1 по 42, Кумбаевич с № 1 по 16; отдаленный участок Макпал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 235</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Балпык би, улица Айтеке би № 14, Жетысуский филиал КГП на ПХВ "Казводхоз".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Балпык би, улицы: Ш. Уалиханов с № 1 до 121, М. Ауэзов с № 1 до 74, Тигр би с № 1 до 57, р. Мынбаев с № 1 до 39, р. Даулетов с № 6 до 56, м. Курманов С № 1 до 58, м. Маметова с № 1 до 60, С. Надирбай с № 4 до 20, р. Саткынов с № 1 до 17, К. Ибраимов с № 2 до 24, т. Калдарбеков С № 1 до 30, Жетысу с № 1 до 31, И. Жумабек с № 2 до 57, Бейбитшилик с № 1 до 68, С. Сугурова с № 2 до 70, м. Темирбаев, т. Исабаев № С 1 по 83 (нечетная сторона), с № 2 по 86 (четная сторона), 14-я улица с № 34 по 60. 15-я улица с № 28 до 50.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 236</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Балпык би, улица Измайлова № 17, КГУ "Средняя школа-гимназия имени Кадыргали Косымулы Жалаири" ГУ "Отдел образования по Коксускому району Управления образования Жетысуской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Балпык би, улицы: Казбек би с № 1 до 115, Айтеке би с № 1 до 115, Ескелды би с № 1 до 35, Солтанбай с № 1 до 7, Б. Бакумов с № 1 до 35А. Байтурсынов с № 1 до 37, Нурпеисов с № 1 до 49, Асан тажи с № 3 до 19, Желтоксан с № 1 до 34, И. Измайлов с № 4 до 28, К.Жалайыри с № 1 до 15, д. Кунаев с № 1 до 32, Новая с № 1 до 27, микрорайоны: Толе би с № 1 до 41, т. Нусупов с № 1 до 14.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 237</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Балпык би, улица Мырзабекова № 14, ГККП "Районный Дом культуры акима Коксуского района".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Балпык би, улицы: Мырзабеков, Кабанбай с № 1 по 44, Балпык би с № 1 по 21, Т. Исабаев с № 117 по 123 (нечетная сторона),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т. Исабаев с № 89 по 105 (нечетная сторона) сторона), с № 88 по 134 (четная сторона); с № 136 по 164 (четная сторона); микрорайон Шадрин с № 2 по 10.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 238</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Балпык би, улица Амангельды № 1 Административное здание ТОО "Коксуский сахарный завод".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Балпык би, улицы: Амангельды с № 1 по 35 (нечетная сторона), № 2 по 50 (четная сторона), Молдабергенов с № 1 по 46, Байтурбай би с № 1 по 50, Шагыров № 1-с 31, Оракты батыр с № 1 по 34,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      И. Алтынсарин с № 1 до 63, Акын Сара с № 1 до 24, Т. Исабаев с № 145 до 185 (нечетная сторона), с № 168 до 258 (четная сторона).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 239</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Балпык би, улица Т. Исабаева № 247, КГУ "Средняя школа №1 имени Бигайши Кундакбаевой" ГУ "Отдел образования по Коксускому району Управления образования Жетысуской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Балпык би, улицы: Наурызбай с № 1 по 63, Алдабергенов с № 1 по 61, т. Жароков с № 1 по 95, Таттыбай с 1 по 67, Амангельды с № 37 по 165 (нечетная сторона), с № 54 по 164 (четная сторона), т. Исабаев с № 187 по 335 (нечетная сторона), с № 260 по 508 (четная сторона).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 240</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Балпык би, улица Тазабулак № 1, КГУ "Средняя школа №2 имени Медеубая Курманова" ГУ "Отдел образования по Коксускому району Управления образования Жетысуской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Балпык би, улицы: Толебаева с № 1 по 35, Байсеитова с № 1 по 25, Жансугурова с № 2 по 66, Мауленбая с № 1 по 63, Жангельдина с № 1 по 119, Байысова № с 1 по 30, Молдагулова с № 1 по 77, М. Сенгирбаев с № 1 по 28, Бакай батыр с № 1 по 44, Нартбай Датка с № 1 по 30, Гарышкер с № 1 по 14 Бактыбай батыр с № 1 по 33, Жамбыл с № 1 по 20, Б. Момышулы с № 3 по 49, Койшыбаев с № 1 по 2; микрорайон Тазабулак с № 2 по 67.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 241</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Балпык би, улица Сейфуллина № 36, "ГКП на ПХВ ясли-сад "Алпамыс" ГУ "Отдел образования по Коксускому району Управления образования Жетысуской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Балпык би, улицы: Каблиса с № 1 по 79, Карынбай батыр</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с № 1 по 108, Жапсарбаев с № 1 по 85, Абай с № 1 по 64, Сейфуллин с № 1 по 35, Койлык батыр с № 2 до 8, А. Азизбеков с № 1 до 57, Дарабоз Ана с № 1 до 19, Майке Акын с № 2 до 20, М. Тынышбай с № 1 до 4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 242</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Балпык би, улица Измайлова № 4, ГКП на ПХВ "Коксуская центральная районная больница " Управления здравоохранения Жетысуской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Балпык би, улица Измайлова № 4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 243</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Балпык би, улица Т. Исабаева № 102а, ГУ "Отдел полиции Коксуского района Департамента полиции Жетысуской области Министерства внутренних дел Республики Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: улица Т. Исабаева № 102а, изолятор временного содержания районного отдела внутренних дел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 244</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Акшатоган, улица Калинина № 15, КГУ "Средняя школа №5 с пришкольным мини-центром" ГУ "Отдел образования по Коксускому району Управления образования Жетысуской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Акшатоган, улицы: Молодежная с № 1 по 10, Белорусская с № 1 по 25, Мичуринский с № 2 по 51, Ордженикидзе с № 1 по 24, Виноградов с № 1 по 24, Калинин № 1с 30 до 15, Еренбеков с № 1 до 15, Кайысбаев с № 1 до 16, Андызбаев с № 1 до 18, Тимирязев с № 1 до 18.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 245</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Теректы, улица Кулболдинова № 17, КГУ "Средняя школа с мини-центром при школе имени Темиргали Исабаева" ГУ "Отдел образования по Коксускому району Управления образования Жетысуской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Теректы, улицы: Алимамедова с № 1 по 75, Кулболдинова с № 1 по 35, Коммунистическая с № 1 по 18, Мамедова с № 2 по 17, Исамберлинова Е. с № 1 по 57, Б. Дуйсенбеков с № 2 до 13, Койшыбеков с № 2 до 32.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 246</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село З. Тамшыбай, улица Н.Аманбаевича № 53, ГККП "Районный Дом культуры акима Коксуского района" сельский Дом культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      З. Тамшыбай.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село З. Тамшыбай, улицы: Акниет с № 1 по 40, Толкынбеков с № 1 по 42, Н.Аманбаевич с № 1 по 51, Есмуратов с № 1 по 89, Кожабергенов с № 1 по 59; Участки Ак-там, Карасу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 247</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Кенарал, улица С. Кырыкбаева № 51 А, ГУ "Отдел образования по Коксускому району Управления образования Жетысуской области" КГУ "Средняя школа с мини-центром при школе имени Сыныбалы Кырыкбаевой".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Кенарал, улицы: С. Кырыкбаева с № 1 по 51, Бірлік с № 1 по 19.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 248</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Бескайнар, улица Киялова № 2Б, КГУ "Средняя школа с мини-центром при школе имени Бескайнара " ГУ "Отдел образования по Коксускому району Управления образования Жетысуской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Бескайнар, улицы: Киялова с № 1 по 75, Кайнар с № 1 по 36, Жетысу с № 2 по 58.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 249</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Каратал, улица Набережная № 4А, КГУ "Каратальская средняя школа с пришкольным мини-центром" ГУ "Отдел образования по Коксускому району Управления образования Жетысуской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Каратал, улицы: Набережная с № 1 по 68, Садовая с № 1 по 59.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 250</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Жарлыозек, улица Идигова, № 15, МКОУ на ПХВ "Коксуская центральная районная больница" Жарлыозекская сельская врачебная амбулатория.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Жарлыозек, улицы: Абая с № 2 по 17, Медиева с № 1 по 25, Сейдыкожанова с № 1 по 34, Исабаева с № 1 по 12, Байжуманова с № 1 по 56, Ергалиева № 1с 58, Жансугуров с № 3 до 15, Кыдырали с № 3 до 9, Оразбаев с № 1 до 11, Идигов с № 11 до 13.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 251</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Бозтоган, улица Марден № 1, КГУ "Средняя школа с мини-центром при школе имени Мусабека " ГУ "Отдел образования по Коксускому району Управления образования Жетысуской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Бозтоган, улицы: Бейсекская с № 3 по 6, Марден с № 2 по 8, Мусабек с № 1 по 36, Керимбаев с № 1 по 7, Карпиков с № 2 по 4, Кусаинов с № 1 по 8, Домеева с № 1 до 12, Сыдыков с № 1 до 16, Нурпеисов с № 2 до 10, Идигов с № 10 до 20, Жапсарбаев с № 1 до 60.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 252</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Муканши, улица Муканши № 5А, ГКУ на ПХВ "Коксуская центральная районная больница" фельдшерский амбулаторный пункт села Муканши.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Бозтоган, улицы: Кундакбаев с № 1 по 63, Муканши с № 1 по 6, Шадрин с № 1 по 20, Алдабергенов с № 2 по 28, Жамбыл с № 2 по 35.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 253</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Актекше, улица Егинбаева № 31, "ГККП районный Дом культуры акима Коксуского района" Актекшенский сельский Дом культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Актекше, улицы: Жандосова с № 2 по 35, Егинбаева с №1 по 35, Каблиса с № 1 по 35, Макулбекова с № 1 по 50, Сугурова с № 1 по 11; село Кокбастау, улицы: Шаган с № 1 по 12, Абай с №1 по 29, Жамбыл с № 1 по 19, Койшыбеков Н. с № 1 по 27; отдаленные участки Солтанай, Жылыкунгей, Кызылбулак, Молалы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 254</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Актекше, отдаленный участок Малайсары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: территория отдаленного участка Малайсары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 255</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Мамбет, улица Мамбет № 7, "ГККП районный Дом культуры акима Коксуского района" сельский Дом культуры Мамбет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Мамбет, улицы: Смаилов с № 2 по 32, Муратбаев с № 1 по 33, Абдрахманов с № 1 по 22, Алпысбаев с № 1 по 30, Кешуов с № 1 по 37, Жоламанов № 1с 10, Мамбет с № 1 по 38, Кадырова с № 1 по 40 ка, Баулыков</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      С № 3 до 65, Адильбеков с № 1 до 48, Нартбай Датка с № 1 до 41, Мамытаев с № 1 до 28, Жамбыл с № 2 до 23, Бактыбай с № 1 до 12, Кыстаубаев с № 1 по 37, Шалбаев с № 3 по 26; Дача, плотина Коксу, Теплица, садовые участки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 256</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Енбекшиказах, улица Бабашева № 46, "КГУ Енбекшиказахская средняя школа ГУ" "Отдел образования по Коксускому району Управления образования Жетысуской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Енбекшиказах, улицы: Бабашев с № 1 по 120, Сакмолданов с № 1 по 26, Алтынсарин с № 1 по 41, Омашбеков с № 1 по 15; Ремонт дорог (ДЭУ), Маслозавод, ПМК, садовые участки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 257</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Мамбет, отдаленный участок Какпакты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: отдаленные участки села Мамбет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 258</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Жамбыл, улица Гарышкер № 17, "КГУ Средняя школа имени Жамбыла ГУ" "Отдел образования по Коксускому району Управления образования Жетысуской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Жамбыл, улицы: Есмурзанова с № 1 по 21, Абая с № 2 по 46, Сарсенова с № 3 по 52, Есбосынова с № 3 по 22, Гарышкер с № 3 по 26, Шаухарова № 2с 31, Жамбыл с № 2 по 16, Ауганбаев с № 1 по 25; садовый участок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 259</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Талапты, улица Абая № 24, сельский клуб Талапты ГККП "районный Дом культуры акима Коксуского района".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Талапты, улицы: Толебаева с № 1 по 67, Абая с № 1 по 71, Байжуринова с № 1 по 54, Абдрахманова с № 1 по 29; Молочно-товарная ферма, Птицеферма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 260</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Мусабек, улица Андасова № 18, КГУ "Кызыларыкская средняя школа с пришкольным мини-центром" ГУ "Отдел образования по Коксускому району Управления образования Жетысуской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Мусабек, улицы: Абай с № 1 по 25, Мусабек с № 1 по 30, Естаев с № 1 по 25, Алибаев с № 1 по 48, Караулов с № 1 по 24, Токкожанов № 1с до 16, Андасов с № 1 до 19, Жамбыл с № 1 до 11, Найманбаев с № 1 до 10.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 261</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Маулимбай, улица Смаила № 20, КГУ "Женисская основная средняя школа" ГУ "Отдел образования по Коксускому району Управления образования Жетысуской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Маулимбай, улицы: Керимбала с № 1 по 30, Смаил с № 1 по 33, Хамза с № 2 по 14.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 262</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: Станция Быжи, офис станции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: территория постов Быжы, Бакша, Мойынкум.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 263</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Мукыры, улица Сыдыкова № 12, "ГККП районный Дом культуры акима Коксуского района" сельский Дом культуры Мукыры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Мукыры, улицы: Алтаев с № 1 по 35, Садовая с № 3 по 7, Гагарин с № 4 по 10, Ауэзов с № 1 по 17, Мусабек с № 1 по 25, Ешмуханбет № 1с 24 до 28, Байсейтова с № 1 до 28, Сейфуллин с № 1 до 27, Абай с № 1 до 22, Алдабергенов с № 1 до 27, Маметова с № 1 до 13, Муканов №1с 16 до 16, Сыдыков с № 1 до 16, Макатаев с № 2 до 34, Жексенбай с № 1 до 40, Абильтаев с № 1 до 81; Оразбай с № 1 до 11, Уалиханов с № 1 до 34, Жандосов с № 1 до 9, Жамбыл с № 1 до 39, Новая с № 1 до 24а , отдаленные участки Алмалы, Желдыкара, Точка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 264</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село 10-летие Казахстана, улица Нурманбетова № 23, КГУ "Средняя школа имени Рахметоллы Толкымбекулы" ГУ "Отдел образования по Коксускому району Управления образования Жетысуской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: 10-летнее село Казахстан, улицы: Габдуллина с № 1 по 24, Оспанова с № 1 по 24, Нурманбетова с № 1 по 32, Жансугурова с № 1 по 18, Поливное с № 1 по 4, Сатпаев № 3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 265</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: станция Коксу, улица Байтулакова № 11, КГУ "Муканшинская средняя школа с пришкольным мини-центром" ГУ "Отдел образования по Коксускому району Управления образования Жетысуской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: станция Коксу, улицы: Байшапанова с № 1 по 26, Жапсарбаева с № 1 по 117, Жансугурова с № 5 по 21, Нурпеисова с № 1 по 20, Абая с № 1 по 64, Байтулакова № 3с по 43, Рыскулов с № 1 по 57, Иманов с № 2 по 35, Жабаев с № 1 по 19, Исабаев с № 1 по 28, Алдабергенов с № 3 по 25, Оракты батыр</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № с 8 до 53, Муканов с № 2 до 17.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 266</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Муканши, улица Сейфуллина № 17, КГУ "Муканшинская средняя школа с пришкольным мини-центром" ГУ "Отдел образования по Коксускому району Управления образования Жетысуской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: станция Коксу, улицы: Желтоксан с № 1 по 36, Береке с № 1 по 18, Сейфуллин с № 1 по 15, Молдагулова с № 1 по 2, Уалиханов с № 5 по 11, Гагарин № 4с до 6, Оракты батыр с № 42 до 61, 8-Март с № 2 до 68, Кожабергенов с № 1 до 84, Байсеитова с № 1 до 67, Казахстан с № 5 до 81, Шалабаев с № 1 по 83, Ауэзов с № 2 по 63, политехнический колледж с № 1 по 8.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 267</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Надирзбек, улица Алкенова № 15, здание магазина.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: село Надирзбек, улицы: Алкенов с № 1 по 26, Агыбаев с № 4 по 24; участки "Өндіріс", лесное хозяйство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 268</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: село Жетижал, улица Какенова № 25, КГУ "Жетижалская средняя школа" ГУ "Отдел образования по Коксускому району Управления образования Жетысуской области".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z21" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       Избирательный участок № 231</w:t>
+      Границы: село Жетижал, улицы: Сатпаев с № 1 по 28, Какенов с № 2 по 22, Ешкенов с № 1 по 18, Белгожанов с № 1 по 22, Байсабанов с № 1 по 20, Абай № 1с 34, Токсанбаев с № 1 по 26, Киров с № 3 по 41.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z22" w:id="7"/>
-[...2325 lines deleted...]
-    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>