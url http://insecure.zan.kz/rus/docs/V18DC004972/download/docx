--- v0 (2025-11-09)
+++ v1 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="07cb9c0" w14:textId="07cb9c0">
+    <w:p w14:paraId="b28df2f" w14:textId="b28df2f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -512,1352 +512,1205 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение к решению акима города Текели от 14 декабря 2018 года № 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение в редакции решения акима города Текели области Жетісу от 30.12.2022 </w:t>
+      Сноска. Приложение в редакции решения акима города Текели области Жетісу от 06.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 12</w:t>
+        <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z18" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательные участки города Текели</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z19" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Избирательный участок № 440</w:t>
+      Участок № 440.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z20" w:id="7"/>
-[...1185 lines deleted...]
-    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Текели, улица О. Кошевого, 6, здание коммунального государственного учреждения "Средняя школа № 2 с дошкольным мини-центром" государственного учреждения "Отдел образования по городу Текели Управления образования области Жетісу", тел. 8(72835) 52040.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: город Текели, улицы: О. Кошевого с № 1 по № 56, Д. Конаева с № 331 по № 505 (нечетная сторона) с № 394 по № 506, Мынбулак с № 1 по № 71, Жаркент с № 1 по № 57, Ойзаз с № 1 по № 45, О. Жандосова с № 1 по № 28; Улан № 4, 8, 12, 13, 14, 16, 17, 18, 19, Кайнар с № 1 по № 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участок № 441.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Текели, улица К.Сатпаева, № 38, клуб микрорайона "Металлург".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: город Текели, улицы: Д. Конаева с № 221 по № 299 (нечетная сторона), с № 254 по № 392 (четная сторона), Темиржол с № 1 по № 57, А. Иманова с № 1 по № 34, Б. Момышулы с № 1 по № 20, М. Маметова с № 13 по № 33 (нечетная сторона) с № 2 по № 22 (четная сторона), Касым хана с № 1 по № 64, Ойконыс с № 1 по № 14, Маржантас с № 1 по № 34, кюйши Даулеткерея с № 1 по № 38, И. Есенберлина с № 1 по № 41, Чехова с № 1 по № 67, Б. Римовой с № 1 по № 30, Т. Рыскулова с № 1 по № 35; Теректы (переулок Октябрьский) с № 1 по № 18.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участок № 442.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Текели, улица К. Сатпаева, 50, здание коммунального государственного учреждения "Средняя школа № 1 с дошкольным мини-центром" государственного учреждения "Отдел образования по городу Текели Управления образования области Жетісу", тел. 8(72835) 41325.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: город Текели, улицы: Веселая Поляна с № 10 по 58, Д. Конаева с № 301 по № 327 (нечетная сторона), Суйнбая с № 1 по № 40, Садовая с № 1 по № 111, Е. Брусиловского с № 1 по № 36, К.Сатпаева с № 3 по № 87, Е. Берикболанова с № 1 по № 36, Шаталова с № 1 по № 44, Болтирик шешен с № 1 по № 62, Мичурина с № 1 по № 89, Ш. Калдаякова с № 1 по № 63, Стадионная с № 1 по № 40.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участок № 443.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Текели, улица Жамбыла, № 44, КГУ "Центр поддержки семьи "Жанұя".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: город Текели, улицы: Чехова с № 68 по № 98, Д. Конаева с № 186 по № 252 (четная сторона), Райымбек батыра с № 1 по № 38, К. Рыскулбекова с № 1 по № 50, Абая с № 1 по № 53, Ж. Баласагуна с № 1 по № 39, А. Байтурсынова с № 1 по № 24, М. Макатаева с № 1 по № 17, Некрасова с № 1 по № 13, М. Кадилбекова с № 1 по № 31, Бухар жырау с № 1 по № 14; Боктерли с № 1 по № 18. Весь жилой фонд Потребительского кооператива садоводческого общества "Горняк".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участок № 444.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Текели, улица Женис,10, здание коммунального государственного учреждения "Средняя школа № 8 с дошкольным мини-центром" государственного учреждения "Отдел образования по городу Текели Управления образования области Жетісу", тел. 8(72835) 50015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: город Текели, улицы: Жамбыла с № 1 по № 75, Женис с № 2 по № 8, Казахстан с № 30 по № 42, с № 33 по № 63. Весь жилой фонд дачного кооператива "Самал".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участок № 445.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Текели, улица Женис,10, здание коммунального государственного учреждения "Средняя школа № 8 с дошкольным мини-центром" государственного учреждения "Отдел образования по городу Текели Управления образования области Жетісу", тел. 8(72835) 52085.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: город Текели, улицы: Кора с № 1 по № 69, Ш. Уалиханова с № 1 по № 68, Женис № 9, 10, 11, 12, 13, 14, 15, 16, 38, Бактыбая с № 4 по № 64. Весь жилой фонд Дачного кооператива "Пограничник" и "Пограничник 2".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участок № 446.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Текели, улица Тауелсіздік, 23, здание коммунального государственного учреждения "Средняя школа №5" государственного учреждения "Отдел образования по городу Текели Управления образования области Жетісу", тел. 8(72835) 42660.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: город Текели, улицы: М. Ауэзова с № 31 по №40, Тауелсиздик № 12, 14, 16, 18, 20, 22, 26, 27, 28, 29, Казахстан № 17, 19, 21, 22, 23, 26, 28. Весь жилой фонд Дачного кооператива "Учитель".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участок № 447.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Текели, улица Тауелсіздік, 11, здание государственного коммунального казенного предприятия "Городской Дом культуры акима города Текели", тел. 8(72835) 44684.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: город Текели, улицы: Гарышкерлер с № 1 по № 7, Гагарина с № 1 по № 19, М. Ауэзова № 20, 21, 22, 22-а, 23, 24, 27, 28, Тауелсиздик № 7, 9, 13, 15, 17, 19, 21, Казахстан № 16, 18.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участок № 448.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Текели, улица М. Ауэзова, 1, здание коммунального государственного учреждения "Средняя школа № 3 с дошкольным мини-центром" государственного учреждения "Отдел образования по городу Текели Управления образования области Жетісу", тел. 8(72835) 44162.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: город Текели, улицы: Абылай хана с № 1 по № 33, Толе би с № 1 по № 41, Юдичева с № 1 по № 9, Л. Хамиди с № 1 по № 15, Казахстан с № 1 по № 15, Тауелсиздик № 2, 3, 5, М. Ауэзова с № 1 по № 19. Весь жилой фонд дачных кооперативов "Обогатитель", "Геолог", "Шахтостроитель" и "Алмаағаш".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участок № 449.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Текели, улица Достык, 31, здание коммунального государственного учреждения "Средняя школа № 6" государственного учреждения "Отдел образования по городу Текели Управления образования области Жетісу", тел. 8(72835) 45174.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: город Текели, улицы: Береговая с № 1 по № 85; Каратал с № 1 по № 204, Пушкина с № 1 по № 130, Куншыгыс с № 1 по № 130, Достык с № 1 по № 53, Кеншилер с № 1 по № 59; Жидели № 1, 2, 4, 7; Коктем с № 2 по № 10.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участок № 450.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Текели, улица Достык, 31, здание коммунального государственного учреждения "Средняя школа № 6" государственного учреждения "Отдел образования по городу Текели Управления образования области Жетісу", тел. 8(72835) 50250.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: город Текели, улицы: Шугыла с № 1 по № 22, Д. Конаева с № 10 по № 184, с № 1 по № 211 (нечетная сторона), Шевченко с № 1 по № 52, Л. Асановой с № 1 по № 40, Ы. Алтынсарина с № 1 по № 44, Айдар би с № 1 по № 26, Керимбек с № 1 по № 70, Аль-Фараби с № 1 по № 20, И. Жансугурова с № 1 по № 20, Оракты батыр с № 1 по № 130, Панфилова с № 1 по № 127; Батыс с № 1 по №5. Весь жилой фонд дачных кооперативов "Садовод", "Энергетик", "Железнодорожник", "Автомобилист" и "Мичуринец".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участок № 451.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Текели, улица Куншыгыс, 132, здание государственного коммунального предприятия на праве хозяйственного ведения "Текелі Су құбыры" акимата города Текели, тел. 8(72835) 46561.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: город Текели, улицы: Алматы с № 1 по № 89, Достык с № 54 по № 157, Куншыгыс с № 131 по № 237, Балпык би с № 1 по № 78, Чайковского с № 1 по № 80, Каратал с № 205 по № 349, Береговая с № 86 по № 117, Пушкина с № 131 по № 178.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участок № 452.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Текели, улица А. Кастеева, 8, здание коммунального государственного учреждения "Средняя школа № 4" государственного учреждения "Отдел образования по городу Текели Управления образования области Жетісу", тел. 8(72835) 45525.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: город Текели, улицы: И. Жансугурова с № 21 по № 93, Толстого с № 1 по № 87, К. Жалайыри № 1 по № 83, М. Толебаева с № 1 по № 70, А. Кастеева № 1, 2,3, 5, Ынтымак с № 1 по № 67, С. Сейфуллина с № 1 по № 29, Аль-Фараби с № 19 по № 34, Самал № 8, 10, 12, 17, 18, 20, 22, 24, 28, 30.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участок № 453.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Текели, улица Тауелсіздік, 25, здание государственного коммунального предприятия на праве хозяйственного ведения "Текелийская городская больница" государственного учреждения "Управление здравоохранения области Жетісу", тел. 8(72835) 42210.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: город Текели, территория Текелийской городской больницы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участок № 454.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Текели, улица Стадионная, 41, здание коммунального государственного учреждения "Текелийский центр оказания специальных социальных услуг "Шапағат" государственного учреждения "Управление координации занятости и социальных программ области Жетісу", тел. 8(72835) 41483.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: город Текели, улица Стадионная № 41, КГУ "Текелийский центр оказания специальных социальных услуг "Шапагат".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участок № 455.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Текели, улица Кора, 117, здание учебной ремонтно-кавалерийской группы, пограничного управления по Панфиловскому району Департамента пограничной службы по области Жетісу, тел. 8(72835) 52010.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: В пределах границ центра.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участок № 456.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Текели, село Рудничный, улица Бейбітшілік, 58, здание коммунального государственного учреждения "Средняя школа № 7 с дошкольным мини-центром" государственного учреждения "Отдел образования по городу Текели Управления образования области Жетісу", тел. 8(72835) 48463.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: село Рудничный, улицы: Бейбітшілік с № 1 по № 58, Советская с № 1 по № 19, Школьная с № 2 по № 17, Наурызбай батыра с № 1 по № 17, Биржан сал с № 2 по № 48, Курмангазы с № 2 по № 17, Ескелди би с № 2 по № 25, Акын Сара с № 1 по № 63, Ш. Айманова с № 1 по № 24, М. Жумабаева с № 1 по № 18, А. Бейсеуова № 1, 2, 3, 4, 5, 6, 7, 8, 14, 18, 97, Алатау № 2, 3, 5, 6, 7, 8, 9, 10, 11, 12.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участок № 457.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Текели, село Рудничный, улица А. Молдагуловой, 1, здание Пограничного отделения "Көк-су" Пограничного управления по Панфиловскому району Пограничной службы Комитета национальной безопасности Республики Казахстан, тел. 8(72835) 48365.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: В пределах границ центра.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участок № 458.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: город Текели, ул. Д. Конаева, 104, здание Изолятора временного содержания государственного учреждения "Департамент полиции области Жетісу отдел полиции города Текели", тел. 8(72835) 46060.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: В пределах границ центра.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>