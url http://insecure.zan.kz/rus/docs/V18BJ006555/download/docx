--- v0 (2025-12-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bd8bc53" w14:textId="bd8bc53">
+    <w:p w14:paraId="f130f2a" w14:textId="f130f2a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -113,59 +113,63 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение маслихата района Биржан сал Акмолинской области от 29 марта 2018 года № С-22/8. Зарегистрировано Департаментом юстиции Акмолинской области 17 апреля 2018 года № 6555.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание РЦПИ.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В тексте документа сохранена пунктуация и орфография оригинала.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
@@ -320,127 +324,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вступает в силу со дня государственной регистрации в Департаменте юстиции Акмолинской области и вводится в действие со дня официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Председатель сессии</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -453,116 +469,127 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>И.Магерко</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Секретарь районного</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>маслихата</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -600,140 +627,156 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАНО"</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Исполняющий обязанности</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>акима района Биржан сал</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Акмолинской области</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -912,988 +955,5586 @@
               </w:rPr>
               <w:t>№ С-22/8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Границы оценочных зон и поправочные коэффициенты к базовым ставкам платы за земельные участки города Степняк района Биржан сал</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 - в редакции решения маслихата района Биржан сал Акмолинской области от 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ С-28/4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6780"/>
-        <w:gridCol w:w="5520"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6780" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № зон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5520" w:type="dxa"/>
-[...29 lines deleted...]
-Поправочные коэффициенты к базовым ставкам платы за земельные участки</w:t>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспортная доступность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общественный и служебный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Удаленность от центра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональное зонирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие инженерных сетей и коммуникаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Залегание грунтовых вод</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Озеленение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средний коэффициент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6780" w:type="dxa"/>
-[...65 lines deleted...]
-1,4</w:t>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6780" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="5520" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I-Ж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6780" w:type="dxa"/>
-[...65 lines deleted...]
-1,2</w:t>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II-Ж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6780" w:type="dxa"/>
-[...65 lines deleted...]
-1,1</w:t>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III-Ж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6780" w:type="dxa"/>
-[...65 lines deleted...]
-0,9</w:t>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV-Ж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6780" w:type="dxa"/>
-[...65 lines deleted...]
-1,0</w:t>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V-Ж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6780" w:type="dxa"/>
-[...65 lines deleted...]
-0,7</w:t>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI-Ж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6780" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="5520" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VII-Ж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6780" w:type="dxa"/>
-[...65 lines deleted...]
-0,7</w:t>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VIII-Ж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6780" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="5520" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IХ -Ж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6780" w:type="dxa"/>
-[...65 lines deleted...]
-0,9</w:t>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I-П</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II-П</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III-П</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV-П</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2072,4095 +6713,3770 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Границы оценочных зон и поправочные коэффициенты к базовым ставкам платы за земельные участки сельских населенных пунктов района Биржан сал</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 с изменением, внесенным решением маслихата района Биржан сал Акмолинской области от 19.06.2019 </w:t>
+      Сноска. Приложение 2 - в редакции решения маслихата района Биржан сал Акмолинской области от 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ С-40/6</w:t>
+        <w:t>№ С-28/4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1613"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="8020"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="dxa"/>
-[...101 lines deleted...]
-Название сельских населенных пунктов, входящих в зону (по сельским округам)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ зоны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рекомендуемый поправочный коэффициент к базовым ставкам земельного налога</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Название сельских населенных пунктов входящих в зону (по сельским округам)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8020" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2667" w:type="dxa"/>
+І</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8020" w:type="dxa"/>
-[...29 lines deleted...]
-01-172-006 аул Ульги (Ульгинский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-001 село Бирсуат (Бирсуатский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-173-001 село Заозерное</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-011 село Макинка (Макинский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-172-004 аул Андыкожа батыра (Донской сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-006 аул Ульги (Ульгинский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-172-011 село Макинка (Макинский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-004 аул Андыкожа батыра (Донской сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-172-001 село Бирсуат (Бирсуатский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-006 село Жокей (Ульгинский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-среднее значение по зоне</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-001 село Сауле (Бирсуатский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="dxa"/>
-[...102 lines deleted...]
-01-172-006 село Жокей (Ульгинский сельский округ) </w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-001 Кишкентай и.п. с.Сауле (Бирсуатский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-172-007 село Кенащи </w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-005 село Заураловка (Зауральский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-172-010 село Тасшалкар (Донской сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-007 село Кенащи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-172-001 село Сауле (Бирсуатский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-012 село Буланды (Макинский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-172-034 село Енбекшильдерское (Енбекшильдерский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-012 село Когам (Макинский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-172-006 село Карловка (Ульгинский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-012 село Макпал (Макинский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-172-006 село Кызылуюм (Ульгинский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-012 аул Карагай (Макинский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-01-172-012 село Буланды (Макинский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+среднее значение по зоне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...92 lines deleted...]
- округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ІІ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-003 аул Ангал батыра (Ангалбатырский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-172-034 аул Актас (Енбекшильдерский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-002 село Баймырза (Баймырзинский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-172-033 аул Акбулак (Енбекшильдерский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-010 село Тасшалкар (Донской сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-172-006 село Трамбовка (Ульгинский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-034 село Енбекшильдерское (Енбекшильдерский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-172-006 село Уюмшил (Ульгинский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+01-172-009 село Мамай </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-172-003 аул Ангал батыра (Ангалбатырский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-034 аул Актас (Енбекшильдерский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-172-012 село Когам (Макинский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-005 село Кудукагаш (Зауральский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-172-012 село Макпал (Макинский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-006 село Кызылуюм (Ульгинский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-172-012 аул Карагай (Макинский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-006 село Карловка (Ульгинский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-172-012 село Каратал (Макинский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-006 село Трамбовка (Ульгинский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-01-172-005 село Кудукагаш (Заураловский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+среднее значение по зоне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...12 lines deleted...]
-            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8020" w:type="dxa"/>
-[...29 lines deleted...]
-01-172-005 село Яблоновка (Заураловский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-173 село Заозерное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8020" w:type="dxa"/>
-[...29 lines deleted...]
-01-172-002 село Баймырза (Баймырзинский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+01-172-008 село Краснофлотское </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8020" w:type="dxa"/>
-[...29 lines deleted...]
-01-172-009 село Мамай</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-012 село Каратал (Макинский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8020" w:type="dxa"/>
-[...29 lines deleted...]
-01-172-001 село Пригорхоз</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-006 село Уюмшил (Ульгинский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-172-008 село Краснофлотское</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-003 село Жаналык (Ангалбатырский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-среднее значение по зоне</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-032 село Алга (Валихановский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1613" w:type="dxa"/>
-[...102 lines deleted...]
-01-172-003 село Жаналык (Ангалбатырский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,97</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+среднее значение по зоне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-01-172-032 село Алга (Валихановский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ІV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-002 село Шошкалы (Баймырзинский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8020" w:type="dxa"/>
-[...29 lines deleted...]
-01-172-002 село Шошкалы (Баймырзинский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-032 с.Валиханово (Валихановский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...65 lines deleted...]
-01-172-032 село Валиханово (Валихановский сельский округ)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-172-005 село Яблоновка (Зауральский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...432 lines deleted...]
-            <w:tcW w:w="8020" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 среднее значение по зоне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr>
-[...47 lines deleted...]
-      </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -6482,55 +10798,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>