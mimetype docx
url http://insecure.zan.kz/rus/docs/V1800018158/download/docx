--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="14e4345" w14:textId="14e4345">
+    <w:p w14:paraId="efaf749" w14:textId="efaf749">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,512 +76,460 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении типовых форм договоров на ведение охотничьего, рыбного хозяйств</w:t>
+        <w:t>Об утверждении типовой формы договора на ведение охотничьего хозяйства</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Заместителя Премьер-Министра Республики Казахстан - Министра сельского хозяйства Республики Казахстан от 27 декабря 2018 года № 542. Зарегистрирован в Министерстве юстиции Республики Казахстан 8 января 2019 года № 18158.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок – в редакции приказа Министра экологии и природных ресурсов РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 12) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 9 июля 2004 года "Об охране, воспроизводстве и использовании животного мира", ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">
+      1. Утвердить </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1) на ведение охотничьего хозяйства согласно </w:t>
+        <w:t>Типовую форму</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению 1</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
+        <w:t xml:space="preserve"> договора на ведение охотничьего хозяйства согласно приложению к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-[...79 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции приказа Министра экологии, геологии и природных ресурсов РК от 16.09.2020 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 1 - в редакции приказа Министра экологии и природных ресурсов РК от 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 222</w:t>
+        <w:t>№ 291</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 15 января 2015 года № 18-04/16 "Об утверждении типовой формы договоров на рыболовство и ведение рыбного хозяйства" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10229, опубликован 13 февраля 2015 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Комитету лесного хозяйства и животного мира Министерства сельского хозяйства Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодические печатные издания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) размещение настоящего приказа на интернет-ресурсе Министерства сельского хозяйства Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Департамент юридической службы сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2), 3) и 4) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра сельского хозяйства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -954,108 +902,108 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Типовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z610" w:id="14"/>
+    <w:bookmarkStart w:name="z610" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договор на ведение охотничьего хозяйства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z612" w:id="15"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z612" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 - в редакции приказа Министра экологии, геологии и природных ресурсов РК от 02.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 594</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -1121,64 +1069,64 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "___" _________20__ года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z613" w:id="16"/>
+      <w:bookmarkStart w:name="z613" w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На основании постановления акимата __________________________________ области</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>от "__" _______________ 20___ года №_________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1339,88 +1287,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заключили настоящий договор (далее – договор) о нижеследующем:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z614" w:id="17"/>
+    <w:bookmarkStart w:name="z614" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Предмет договора</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z615" w:id="18"/>
+      <w:bookmarkStart w:name="z615" w:id="15"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Территориальное подразделение ведомства уполномоченного органа предоставляет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>право ведения охотничьего хозяйства на закрепленных за Пользователем охотничьих</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1513,88 +1461,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>межевым точкам и другим параметрам, которые указаны в прилагаемом к настоящему</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>договору паспорте охотничьего хозяйства).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z616" w:id="19"/>
+    <w:bookmarkStart w:name="z616" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Права и обязанности сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z617" w:id="20"/>
+      <w:bookmarkStart w:name="z617" w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пользователь имеет право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) выдавать и устанавливать срок действия путевки в установленном законодательством</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2574,88 +2522,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) при систематическом нарушении требований законодательства Республики Казахстан в области охраны,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>воспроизводства и использования животного мира.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z618" w:id="21"/>
+    <w:bookmarkStart w:name="z618" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Ответственность сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z619" w:id="22"/>
+      <w:bookmarkStart w:name="z619" w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Пользователь ни полностью, ни частично не должен передавать кому-либо свои обязательства по настоящему договору.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6. Местный исполнительный орган выдает разрешения на пользование животным миром в порядке, установленном</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2714,88 +2662,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8. В случае нарушения прав Пользователя, Территориальное подразделение ведомства уполномоченного органа</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>несет ответственность в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z620" w:id="23"/>
+    <w:bookmarkStart w:name="z620" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Обстоятельства непреодолимой силы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z621" w:id="24"/>
+      <w:bookmarkStart w:name="z621" w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Ни одна из сторон не будет нести ответственности за неисполнение или ненадлежащее исполнение каких-либо</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>обязательств договора, если такое неисполнение или ненадлежащее исполнение вызваны обстоятельствами непреодолимой силы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2956,88 +2904,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13. Обстоятельства непреодолимой силы, указанные в настоящей главе, признаются правомочными, если они подтверждены</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>компетентными государственными органами и организациями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z622" w:id="25"/>
+    <w:bookmarkStart w:name="z622" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z623" w:id="26"/>
+      <w:bookmarkStart w:name="z623" w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Настоящий договор вступает в силу с момента подписания и заключен сроком на ____ лет до "___" _________ 20__ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">15. Действие настоящего договора прекращается в случаях: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3249,68 +3197,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>не достижения сторонами соглашения, разрешаются в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20. Настоящий договор составлен в __ экземплярах на государственном и русском языках, имеющих одинаковую юридическую силу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z624" w:id="27"/>
+    <w:bookmarkStart w:name="z624" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Юридические адреса, реквизиты и подписи сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3929,106 +3877,106 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z627" w:id="28"/>
+    <w:bookmarkStart w:name="z627" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Паспорт охотничьего хозяйства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z628" w:id="29"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z628" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Описание охотничьего хозяйства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z629" w:id="30"/>
+      <w:bookmarkStart w:name="z629" w:id="27"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Наименование охотничьего хозяйства: _____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2. Пользователь: __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4291,88 +4239,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7. Количество егерских участков (обходов) в охотничьем хозяйстве:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z630" w:id="31"/>
+    <w:bookmarkStart w:name="z630" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Показатели охотоустройства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z631" w:id="32"/>
+      <w:bookmarkStart w:name="z631" w:id="29"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Внутрихозяйственное охотоустройство выполнено в 20___году</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6407,70 +6355,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z632" w:id="33"/>
+    <w:bookmarkStart w:name="z632" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Штат охотничьего хозяйства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7673,88 +7621,88 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z633" w:id="34"/>
+    <w:bookmarkStart w:name="z633" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Показатели воспроизводства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z634" w:id="35"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z634" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Ограничение численности вредных для охотничьего хозяйства животных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -9375,621 +9323,5955 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z635" w:id="36"/>
+    <w:bookmarkStart w:name="z635" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Выпуск животных в охотничье хозяйство</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вид животного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20__ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20__год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20__ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20__ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20__ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z636" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Проведение биотехнических мероприятий в охотничьем хозяйстве (количество единиц)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Устроено</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20__ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20__ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20__ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20__ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20__ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20__ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Искусственных гнезд</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Галечников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Водопоев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Солонцов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стационарных кормушек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкормочных площадок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Порхалищ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ремиз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прокосов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z637" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Учтено охотничьих животных на территории охотничьего хозяйства (особей)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Виды животных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z638" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Заготовлено и выложено кормов и подкормок для диких животных</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Вид животного</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+Виды кормов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20__ год</w:t>
-[...143 lines deleted...]
-20__ год</w:t>
+Объем заготовок (в числителе – заготовлено, в знаменателе – выложено)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...160 lines deleted...]
-            </w:pPr>
+20___год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___год</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___год</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10178,51 +15460,1682 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10376,3099 +17289,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z636" w:id="37"/>
+    <w:bookmarkStart w:name="z639" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Проведение биотехнических мероприятий в охотничьем хозяйстве (количество единиц)</w:t>
+      19. Количество труда, вложенного в деятельность охотничьего хозяйства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:tbl>
-[...3027 lines deleted...]
-    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -13521,231 +17405,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Виды животных</w:t>
+Наименование работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20___год</w:t>
+Единица измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20___год</w:t>
+20___ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20___год</w:t>
+20___ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20___год</w:t>
+20___ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20___год</w:t>
+20___ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14638,2556 +18522,2175 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...231 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z638" w:id="39"/>
+    <w:bookmarkStart w:name="z640" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Экономические показатели</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z641" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Заготовлено и выложено кормов и подкормок для диких животных</w:t>
+      20. Борьба с браконьерством</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выявлено фактов нарушений правил:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z642" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Наличие в охотничьем хозяйстве охотничьих собак, подсадных уток</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Виды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z643" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Наличие строений в охотничьем хозяйстве</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Виды кормов</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="5"/>
+Вид строения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объем заготовок (в числителе – заготовлено, в знаменателе – выложено)</w:t>
+Год постройки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Площадь (квадратный метр)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество койко- мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...24 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20___год</w:t>
-[...108 lines deleted...]
-            </w:r>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...231 lines deleted...]
-              <w:t>
 2</w:t>
-            </w:r>
-[...1629 lines deleted...]
-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17341,70 +20844,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z639" w:id="40"/>
+    <w:bookmarkStart w:name="z644" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Количество труда, вложенного в деятельность охотничьего хозяйства</w:t>
+      23. Наличие транспорта в охотничьем хозяйстве</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -17457,3605 +20960,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование работ</w:t>
-[...3553 lines deleted...]
-              <w:t>
 Виды транспорта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -22835,64 +22783,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z645" w:id="46"/>
+      <w:bookmarkStart w:name="z645" w:id="43"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пользователь: _________________ ________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________ _______________/_________/</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -23031,2678 +22979,113 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 декабря 2018 года № 542</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z646" w:id="47"/>
+    <w:bookmarkStart w:name="z646" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Договор на ведение рыбного хозяйства (при ведении промыслового или любительского (спортивного) рыболовства)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 – в редакции приказа Министра экологии, геологии и природных ресурсов РК от 20.06.2022 </w:t>
+      Сноска. Приложение 2 исключено приказом Министра экологии и природных ресурсов РК от 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 223</w:t>
+        <w:t>№ 291</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня их первого официального опубликования).</w:t>
-[...2590 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -25809,3757 +23192,180 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 декабря 2018 года № 542</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z453" w:id="117"/>
+    <w:bookmarkStart w:name="z453" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Договор на ведение рыбного хозяйства </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             (при ведении озерно-товарного рыбоводного хозяйства </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                   или садкового рыбоводного хозяйства)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приказ дополнен приложением 3 Министра экологии, геологии и природных ресурсов РК от 16.09.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 222</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра экологии, геологии и природных ресурсов РК от 17.06.2021 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); исключено приказом Министра экологии и природных ресурсов РК от 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 201</w:t>
+        <w:t>№ 291</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...441 lines deleted...]
-    <w:bookmarkStart w:name="z459" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
-      </w:pPr>
-[...267 lines deleted...]
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осуществлять выращивание всех видов рыб и других водных животных, за исключением запрещенных действующим законодательством;</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осуществлять товарное рыбоводство в коммерческих целях, в целях обеспечения туризма, а также рекреационной деятельности граждан, в том числе любительского (спортивного) рыболовства на закрепленном за ним рыбохозяйственном водоеме и (или) участке;</w:t>
-[...1123 lines deleted...]
-              <w:t>
 </w:t>
-            </w:r>
-[...1732 lines deleted...]
-        <w:t xml:space="preserve">             (подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -29567,55 +23373,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -29941,31 +23747,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>