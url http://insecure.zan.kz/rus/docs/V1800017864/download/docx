--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7f85a70" w14:textId="7f85a70">
+    <w:p w14:paraId="724453a" w14:textId="724453a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,133 +93,247 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменения в приказ Министра финансов Республики Казахстан от 19 марта 2018 года № 391 "Об утверждении Правил возврата превышения налога на добавленную стоимость"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра финансов Республики Казахстан от 30 ноября 2018 года № 1047. Зарегистрирован в Министерстве юстиции Республики Казахстан 5 декабря 2018 года № 17864</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Приказ Министра финансов Республики Казахстан от 30 ноября 2018 года № 1047. Зарегистрирован в Министерстве юстиции Республики Казахстан 5 декабря 2018 года № 17864.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Настоящий приказ вводится в действие с 1 января 2019 года.</w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом и.о. Министра финансов РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 649</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 16.06.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящий приказ вводится в действие с 1 января 2019 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 19 марта 2018 года № 391 "Об утверждении Правил возврата превышения налога на добавленную стоимость" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 16669, опубликован 5 апреля 2018 года в Эталонном контрольном банке нормативных правовых актов) следующее изменение:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -252,269 +366,288 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> возврата превышения налога на добавленную стоимость, утвержденные указанным приказом, изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету государственных доходов Министерства финансов Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" Министерства юстиции Республики Казахстан для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) размещение настоящего приказа на интернет-ресурсе Министерства финансов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
-[...15 lines deleted...]
-      3) размещение настоящего приказа на интернет-ресурсе Министерства финансов Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в течение десяти рабочих дней со дня государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства финансов Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
-[...15 lines deleted...]
-      4) в течение десяти рабочих дней со дня государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства финансов Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Настоящий приказ вводится в действие с 1 января 2019 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр финансов</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -748,385 +881,385 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 19 марта 2018 года № 391</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила возврата превышения налога на добавленную стоимость</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z18" w:id="10"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила возврата превышения налога на добавленную стоимость (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 429 Кодекса Республики Казахстан от 25 декабря 2017 года "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс) (далее – Налоговый кодекс) и устанавливают порядок возврата сумм превышения налога на добавленную стоимость (далее – НДС).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок возврата превышения налога на добавленную стоимость</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок возврата превышения налога на добавленную стоимость</w:t>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Возврат превышения НДС производится на основании:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) требования о возврате суммы превышения НДС, указанного в декларации по НДС за налоговый период (далее – требование); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) акта тематической проверки, подтверждающего достоверность суммы превышения НДС, предъявленной к возврату, с учетом результатов его обжалования (при обжаловании налогоплательщиком);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) заключения к акту тематической проверки в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 152 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, требование о возврате суммы превышения НДС, указанное в подпункте 1) настоящего пункта, может быть отражено в первоначальной, очередной и (или) ликвидационной декларациях по НДС.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
-[...15 lines deleted...]
-      При этом, требование о возврате суммы превышения НДС, указанное в подпункте 1) настоящего пункта, может быть отражено в первоначальной, очередной и (или) ликвидационной декларациях по НДС.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если плательщик НДС не указал в декларации по НДС за налоговый период требование о возврате превышения НДС, то данное превышение зачитывается в счет предстоящих платежей по НДС или может быть предъявлено к возврату в течение срока исковой давности, установленного статьей 48 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Положения подпунктов 2), 3) настоящего пункта не распространяются при осуществлении возврата сумм превышения НДС в упрощенном порядке в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае, если до начала тематической проверки по подтверждению достоверности превышения НДС, предъявленных к возврату из бюджета (далее – тематическая проверка) установлено:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
-[...15 lines deleted...]
-      3. В случае, если до начала тематической проверки по подтверждению достоверности превышения НДС, предъявленных к возврату из бюджета (далее – тематическая проверка) установлено:</w:t>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       отсутствие на лицевом счете налогоплательщика суммы превышения НДС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        и (или) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        нарушены порядок и сроки представления налоговой отчетности по НДС, установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1161,1410 +1294,1410 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>424</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса, орган государственных доходов в течение десяти рабочих дней с даты представления декларации по НДС, направляет налогоплательщику письменный отказ в рассмотрении требования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Положения настоящего пункта применяются также в случае проведения тематической проверки по подтверждению достоверности сумм превышения НДС в отношении налогоплательщика, при рассмотрении его требования о возврате превышения НДС в упрощенном порядке в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Орган государственных доходов после получения требования назначает тематическую проверку после истечения последней даты срока, установленного подпунктом 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 212 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При этом тематическая проверка назначается за налоговый период в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 152 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Положения настоящего пункта не применяются в отношении налогоплательщика, при рассмотрении его требования о возврате превышения НДС в упрощенном порядке в соответствии со статьей 434 Налогового кодекса.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z35" w:id="27"/>
-[...15 lines deleted...]
-      Положения настоящего пункта не применяются в отношении налогоплательщика, при рассмотрении его требования о возврате превышения НДС в упрощенном порядке в соответствии со статьей 434 Налогового кодекса.</w:t>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. При проведении тематической проверки по подтверждению достоверности сумм превышения НДС, предъявленных к возврату, а также достоверности сумм НДС, возвращенных из бюджета налогоплательщику, в отношении которого применен упрощенный порядок возврата, орган государственных доходов формирует по проверяемому налогоплательщику с применением информационной системы за проверяемый налоговый период аналитический отчет "Пирамида" по поставщикам (далее – отчет "Пирамида").</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z36" w:id="28"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Отчетом "Пирамида" являются результаты контроля, осуществляемого органами государственных доходов, на основе изучения и анализа представленной налогоплательщиком налоговой отчетности по НДС и (или) сведений информационных систем, установленного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 152 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Формирование отчета "Пирамида" производится по непосредственным поставщикам проверяемого налогоплательщика.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
-[...15 lines deleted...]
-      Формирование отчета "Пирамида" производится по непосредственным поставщикам проверяемого налогоплательщика.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В целях соблюдения сроков возврата НДС из бюджета орган государственных доходов в течение пяти рабочих дней с даты начала тематической проверки определяет перечень непосредственных поставщиков, в отношении которых необходимо:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z39" w:id="31"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       направить уведомление, предусмотренное подпунктом 10) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 114 Налогового кодекса (далее – уведомление), для устранения нарушений, выявленных по результатам анализа отчета "Пирамида";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       и (или) </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      назначить встречные проверки в порядке, установленном статьей 143 Налогового кодекса.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
-[...15 lines deleted...]
-      назначить встречные проверки в порядке, установленном статьей 143 Налогового кодекса.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Если поставщик товаров, работ, услуг проверяемого налогоплательщика состоит на регистрационном учете по местонахождению в другом органе государственных доходов, орган государственных доходов, назначивший тематическую проверку, направляет соответствующий запрос о проведении встречной проверки и (или) запрос о принятии мер в соответствии с положениями Налогового кодекса по устранению нарушений, выявленных по результатам анализа отчета "Пирамида", в течение пятнадцати рабочих дней с даты начала тематической проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
-[...15 lines deleted...]
-      7. Если поставщик товаров, работ, услуг проверяемого налогоплательщика состоит на регистрационном учете по местонахождению в другом органе государственных доходов, орган государственных доходов, назначивший тематическую проверку, направляет соответствующий запрос о проведении встречной проверки и (или) запрос о принятии мер в соответствии с положениями Налогового кодекса по устранению нарушений, выявленных по результатам анализа отчета "Пирамида", в течение пятнадцати рабочих дней с даты начала тематической проверки.</w:t>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Орган государственных доходов, получивший запрос о принятии мер выставляет уведомление непосредственному поставщику в течение пяти рабочих дней с даты получения такого запроса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
-[...15 lines deleted...]
-      8. Орган государственных доходов, получивший запрос о принятии мер выставляет уведомление непосредственному поставщику в течение пяти рабочих дней с даты получения такого запроса.</w:t>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, ответ на запрос на устранение нарушений в адрес органа государственных доходов, от которого поступил такой запрос, направляется в течение пяти рабочих дней с даты исполнения налогоплательщиком уведомления в соответствии с положениями Налогового кодекса или в случае устранения им нарушений по результатам ранее проведенной налоговой проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
-[...15 lines deleted...]
-      При этом, ответ на запрос на устранение нарушений в адрес органа государственных доходов, от которого поступил такой запрос, направляется в течение пяти рабочих дней с даты исполнения налогоплательщиком уведомления в соответствии с положениями Налогового кодекса или в случае устранения им нарушений по результатам ранее проведенной налоговой проверки.</w:t>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Орган государственных доходов, получивший запрос о проведении встречной проверки, проводит такую проверку в срок не более десяти рабочих дней со дня получения запроса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z46" w:id="38"/>
-[...15 lines deleted...]
-      9. Орган государственных доходов, получивший запрос о проведении встречной проверки, проводит такую проверку в срок не более десяти рабочих дней со дня получения запроса.</w:t>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В случае если на момент проведения тематической проверки непосредственный поставщик прекратил деятельность в связи с ликвидацией и в отношении такого поставщика ликвидационная налоговая проверка проведена, то сумма НДС, указанная в счете-фактуре, выписанном таким поставщиком, учитывается по сведениям, имеющимся в информационных системах в органах государственных доходов, в том числе, реестра счетов-фактур по реализованным товарам, выполненным работам и оказанным услугам и (или) выписанных электронных счетов-фактур.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
-[...15 lines deleted...]
-      10. В случае если на момент проведения тематической проверки непосредственный поставщик прекратил деятельность в связи с ликвидацией и в отношении такого поставщика ликвидационная налоговая проверка проведена, то сумма НДС, указанная в счете-фактуре, выписанном таким поставщиком, учитывается по сведениям, имеющимся в информационных системах в органах государственных доходов, в том числе, реестра счетов-фактур по реализованным товарам, выполненным работам и оказанным услугам и (или) выписанных электронных счетов-фактур.</w:t>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Подтверждение достоверности сумм НДС по операциям между проверяемым налогоплательщиком и его непосредственным поставщиком – налогоплательщиком, подлежащим налоговому мониторингу, производится органом государственных доходов, назначившим тематическую проверку, на основании данных налоговой отчетности и (или) информационной системы электронных счетов-фактур, имеющихся в органах государственных доходов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z48" w:id="40"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Не производится возврат превышения НДС в пределах сумм, по которым на дату завершения тематической проверки, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 152 Налогового кодекса: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не получены ответы на запросы на проведение встречных проверок по подтверждению достоверности взаиморасчетов с непосредственным поставщиком;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
-[...15 lines deleted...]
-      1) не получены ответы на запросы на проведение встречных проверок по подтверждению достоверности взаиморасчетов с непосредственным поставщиком;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) по поставщикам проверяемого налогоплательщика выявлены нарушения по результатам анализа отчета "Пирамида";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
-[...15 lines deleted...]
-      2) по поставщикам проверяемого налогоплательщика выявлены нарушения по результатам анализа отчета "Пирамида";</w:t>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не подтверждена достоверность сумм НДС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
-[...15 lines deleted...]
-      3) не подтверждена достоверность сумм НДС;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не подтверждена достоверность сумм НДС, в связи с невозможностью проведения встречной проверки, в том числе по причине:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
-[...15 lines deleted...]
-      4) не подтверждена достоверность сумм НДС, в связи с невозможностью проведения встречной проверки, в том числе по причине:</w:t>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отсутствия поставщика по месту нахождения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z54" w:id="46"/>
-[...15 lines deleted...]
-      отсутствия поставщика по месту нахождения;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      утраты учетной документации поставщика.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
-[...15 lines deleted...]
-      утраты учетной документации поставщика.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Положения подпункта 2) настоящего пункта не применяются в случае устранения нарушений, выявленных по результатам отчета "Пирамида" непосредственными поставщиками проверяемых налогоплательщиков:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z56" w:id="48"/>
-[...15 lines deleted...]
-      Положения подпункта 2) настоящего пункта не применяются в случае устранения нарушений, выявленных по результатам отчета "Пирамида" непосредственными поставщиками проверяемых налогоплательщиков:</w:t>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      имеющих право на применение упрощенного порядка возврата превышения НДС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z57" w:id="49"/>
-[...15 lines deleted...]
-      имеющих право на применение упрощенного порядка возврата превышения НДС;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реализующих инвестиционный проект в рамках республиканской карты индустриализации, утверждаемой Правительством Республики Казахстан, стоимость которого составляет не менее 150 000 000 – кратный размер месячного расчетного показателя;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z58" w:id="50"/>
-[...15 lines deleted...]
-      реализующих инвестиционный проект в рамках республиканской карты индустриализации, утверждаемой Правительством Республики Казахстан, стоимость которого составляет не менее 150 000 000 – кратный размер месячного расчетного показателя;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляющих деятельность в рамках контракта на недропользование, заключенного в соответствии с законодательством Республики Казахстан, и имеющим средний коэффициент налоговой нагрузки не менее 20 процентов, рассчитанный за последние пять лет, предшествующих налоговому периоду, в котором предъявлено требование о возврате превышения НДС.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z59" w:id="51"/>
-[...15 lines deleted...]
-      осуществляющих деятельность в рамках контракта на недропользование, заключенного в соответствии с законодательством Республики Казахстан, и имеющим средний коэффициент налоговой нагрузки не менее 20 процентов, рассчитанный за последние пять лет, предшествующих налоговому периоду, в котором предъявлено требование о возврате превышения НДС.</w:t>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В акте тематической проверки указываются основания невозврата сумм превышения НДС.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z60" w:id="52"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При этом неподтвержденная по результатам тематической проверки сумма превышения НДС подлежит возврату по мере устранения поставщиками товаров, работ, услуг нарушений налогового законодательства, путем включения налогоплательщиком в требование о возврате НДС в последующие налоговые периоды в пределах сроков исковой давности, установленной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Должностным лицом органа государственных доходов, осуществляющим тематическую проверку по подтверждению достоверности сумм превышения НДС, в обязательном порядке анализируются результаты отчета "Пирамида" по таким поставщикам.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z62" w:id="54"/>
-[...15 lines deleted...]
-      Должностным лицом органа государственных доходов, осуществляющим тематическую проверку по подтверждению достоверности сумм превышения НДС, в обязательном порядке анализируются результаты отчета "Пирамида" по таким поставщикам.</w:t>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. При наличии на дату завершения тематической проверки не устраненных нарушений, установленных у поставщиков, орган государственных доходов прилагает к акту налоговой проверки реестр направленных в территориальные органы государственных доходов запросов на устранение выявленных нарушений по форме, согласно приложению к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z63" w:id="55"/>
-[...15 lines deleted...]
-      13. При наличии на дату завершения тематической проверки не устраненных нарушений, установленных у поставщиков, орган государственных доходов прилагает к акту налоговой проверки реестр направленных в территориальные органы государственных доходов запросов на устранение выявленных нарушений по форме, согласно приложению к настоящим Правилам.</w:t>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Возврат превышения НДС осуществляется органами государственных доходов в пределах суммы НДС, подтвержденной актом тематической проверки, либо заключением к акту тематической проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z64" w:id="56"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Общая сумма превышения НДС, подтвержденная к возврату не должна превышать сумму превышения НДС, указанную в требовании о возврате НДС в декларации за налоговый период, и (или) суммы превышения НДС, имеющегося на лицевом счете проверяемого налогоплательщика на дату завершения тематической проверки либо на дату составления заключения к акту тематической проверки, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 104 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При этом превышение НДС, неподлежащее возврату из бюджета, зачитывается в счет предстоящих платежей по НДС. Зачет не производится в счет уплаты НДС, подлежащего уплате при импорте, а также предусмотренного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 373</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. В течение одного рабочего дня после подписания акта тематической проверки либо заключения к акту тематической проверки формируется список налогоплательщиков, по которым необходимо составить сведения об отсутствии (наличии) задолженности налогоплательщика.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
-[...15 lines deleted...]
-      15. В течение одного рабочего дня после подписания акта тематической проверки либо заключения к акту тематической проверки формируется список налогоплательщиков, по которым необходимо составить сведения об отсутствии (наличии) задолженности налогоплательщика.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Налогоплательщик в течение пяти рабочих дней со дня подписания акта тематической проверки либо заключения к акту тематической проверки представляет в орган государственных доходов налоговое заявление на проведение зачета и (или) возврата налогов, других обязательных платежей, пеней и штрафов (далее – налоговое заявление на зачет).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z68" w:id="60"/>
-[...15 lines deleted...]
-      16. Налогоплательщик в течение пяти рабочих дней со дня подписания акта тематической проверки либо заключения к акту тематической проверки представляет в орган государственных доходов налоговое заявление на проведение зачета и (или) возврата налогов, других обязательных платежей, пеней и штрафов (далее – налоговое заявление на зачет).</w:t>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. На основании налогового заявления на зачет и отчета по сальдо расчетов, сформированного в информационной системе органа государственных доходов, должностное лицо, осуществляющее налоговую проверку, составляет распоряжение на возврат в двух экземплярах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
-[...15 lines deleted...]
-      17. На основании налогового заявления на зачет и отчета по сальдо расчетов, сформированного в информационной системе органа государственных доходов, должностное лицо, осуществляющее налоговую проверку, составляет распоряжение на возврат в двух экземплярах.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом отчет по сальдо расчетов формируется на дату составления распоряжения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z70" w:id="62"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Возврат превышения НДС производится по месту нахождения налогоплательщика на основании представленного налогового заявления на зачет, путем проведения зачета в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса и (или) перечисления на банковский счет налогоплательщика при отсутствии налоговой задолженности.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При наличии налоговой задолженности орган государственных доходов производит зачет превышения НДС, в счет погашения имеющейся налоговой задолженности, в том числе налоговой задолженности структурных подразделений без представления налогового заявления на зачет.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z72" w:id="64"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="65"/>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Возврату на банковский счет и (или) зачету в счет предстоящих платежей по видам налогов и (или) других платежей в бюджет, подлежит остаток суммы превышения НДС после проведения зачета, предусмотренного настоящим пунктом. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Определение превышения НДС, подлежащего возврату</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z74" w:id="66"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Определение превышения НДС, подлежащего возврату</w:t>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Подтверждение достоверности превышения НДС, предъявленного к возврату, производится по результатам тематической проверки произведенной с учетом положений главы 2 настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z75" w:id="67"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Превышение НДС, сложившееся на конец налогового периода, подлежит возврату при соответствии условиям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 429 Налогового кодекса, по приобретенным товарам, работам и услугам используемым в целях облагаемых оборотов по реализации.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При невыполнении условий, предусмотренных частью первой настоящего пункта, возврату подлежит превышение НДС:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z77" w:id="69"/>
-[...15 lines deleted...]
-      При невыполнении условий, предусмотренных частью первой настоящего пункта, возврату подлежит превышение НДС:</w:t>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       по оборотам, облагаемым по нулевой ставке, в части сумм НДС, отнесенных в зачет по товарам, работам и услугам, использованным для целей оборота, облагаемого по нулевой ставке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z78" w:id="70"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       по оборотам, не облагаемым по нулевой ставке, в пределах сумм НДС, отнесенного в зачет и уплаченного в бюджет при приобретении работ, услуг от нерезидента в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 373</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отсутствия оборотов облагаемым по нулевой ставке, возврату подлежит превышение НДС, в пределах сумм НДС, отнесенного в зачет и уплаченного в бюджет при приобретении работ, услуг от нерезидента в соответствии со статьей 373 Налогового кодекса.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z80" w:id="72"/>
-[...15 lines deleted...]
-      В случае отсутствия оборотов облагаемым по нулевой ставке, возврату подлежит превышение НДС, в пределах сумм НДС, отнесенного в зачет и уплаченного в бюджет при приобретении работ, услуг от нерезидента в соответствии со статьей 373 Налогового кодекса.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Положения пункта 20 настоящих Правил не применяются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
-[...15 lines deleted...]
-      21. Положения пункта 20 настоящих Правил не применяются:</w:t>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      к сумме превышения НДС, возврат которого осуществляется в соответствии со статьей 432 Налогового кодекса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       к налогоплательщикам, имеющим право на применение упрощенного порядка возврата превышения НДС, предусмотренного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Превышение НДС, сложившееся на конец налогового периода в связи с применением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 432</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса, подлежит возврату в течение двадцати налоговых периодов равными долями начиная с налогового периода, в котором подтверждена достоверность предъявленной к возврату накопленной суммы превышения НДС по результатам тематической проверки.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Заключение к акту тематической проверки составляется не позднее двадцать пятого числа последнего месяца квартала, в количестве не менее двух экземпляров и подписывается должностными лицами органа государственных доходов. Один экземпляр заключения к акту тематической проверки вручается налогоплательщику, который ставит отметку на другом экземпляре о получении указанного заключения к акту тематической проверки.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z85" w:id="77"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. В случае проведения тематической проверки по налоговому заявлению налогоплательщика по подтверждению достоверности сумм превышения НДС, представленному в соответствии с подпунктом 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2599,882 +2732,882 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 432 Налогового кодекса (далее – налоговое заявление), применяются аналогичные положения, предусмотренные пунктами 5, 6, 7, 8, 9, 10, 11 и 12 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При этом, общая сумма превышения НДС, подтвержденная по результатам тематической проверки, назначенной по налоговому заявлению, не должна превышать суммы НДС, указанной в налоговом заявлении и суммы превышения НДС, имеющегося на лицевом счете проверяемого налогоплательщика на дату завершения тематической проверки, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 104 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тематическая проверка, указанная в настоящем пункте, проводится в сроки, установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 146</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. В случае, если до начала тематической проверки установлено отсутствие на лицевом счете налогоплательщика суммы превышения НДС, указанного в налоговом заявлении, орган государственных доходов, в течение десяти рабочих дней направляет налогоплательщику письменный отказ в рассмотрении налогового заявления, указанного в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункте 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 145 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Особенности возврата превышения НДС специальной экономической зоны, специальной экономической зоны "Астана-новый город", специальной экономической зоны "Международный центр приграничного сотрудничества "Хоргос"</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Особенности возврата превышения НДС специальной экономической зоны, специальной экономической зоны "Астана-новый город", специальной экономической зоны "Международный центр приграничного сотрудничества "Хоргос"</w:t>
+        <w:t xml:space="preserve"> Параграф 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z91" w:id="83"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. При проведении тематической проверки по требованию налогоплательщика, в связи с применением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 389</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса применяются положения главы 2 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z93" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Возврат превышения НДС поставщикам товаров, реализуемых на территорию специальной экономической зоны (далее – СЭЗ), производится в части ввезенных товаров, фактически потребленных при осуществлении деятельности, отвечающей целям создания СЭЗ. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z94" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Для подтверждения факта потребления участником СЭЗ, ввезенных товаров на территорию СЭЗ в целях осуществления деятельности, отвечающей целям создания СЭЗ, органом государственных доходов в ходе проведения тематической проверки, назначенной на основании требования о возврате превышения НДС, направляется запрос в течение пяти рабочих дней с даты начала тематической проверки в орган государственных доходов, находящийся на территории СЭЗ.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z94" w:id="86"/>
-[...15 lines deleted...]
-      28. Для подтверждения факта потребления участником СЭЗ, ввезенных товаров на территорию СЭЗ в целях осуществления деятельности, отвечающей целям создания СЭЗ, органом государственных доходов в ходе проведения тематической проверки, назначенной на основании требования о возврате превышения НДС, направляется запрос в течение пяти рабочих дней с даты начала тематической проверки в орган государственных доходов, находящийся на территории СЭЗ.</w:t>
+    <w:bookmarkStart w:name="z95" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Орган государственных доходов, получивший запрос, указанный в пункте 28 настоящих Правил, направляет ответ в течение пятнадцати рабочих дней с даты получения такого запроса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z95" w:id="87"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z96" w:id="88"/>
+    <w:bookmarkStart w:name="z96" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При этом в ответе указываются сведения по стоимости товаров, ввезенных на территорию СЭЗ, фактически потребленных в деятельности, отвечающей целям создания СЭЗ, которые предоставляются органом государственных доходов, осуществившим выпуск товаров в таможенной процедуре свободной таможенной зоне (далее – СТЗ) на основе данных, представленных участником СЭЗ. Полученные сведения органом государственных доходов учитываются при определении суммы НДС, подлежащей возврату в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 389</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z97" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. В случае установления в рамках налогового контроля факта невыполнения участником СЭЗ условий фактического потребления ввезенных товаров на территорию СЭЗ, помещенные под таможенную процедуру СТЗ, товары признаются облагаемым импортом и подлежат обложению НДС, с даты ввоза товаров на территорию СЭЗ с начислением пени со срока, установленного для уплаты НДС на импортируемые товары, в порядке и размере, которые определены таможенным законодательством Евразийского экономического союза и (или) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 26 декабря 2017 года "О таможенном регулировании Республики Казахстан" (далее – Кодекс).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z98" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Особенности возврата превышения НДС специальной экономической зоны "Астана-новый город"</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z98" w:id="90"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z99" w:id="91"/>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. При проведении тематической проверки по требованию налогоплательщика в связи с применением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 390</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса применяются положения главы 2 настоящих Правил.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z100" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Для подтверждения факта потребления участником СЭЗ "Астана-новый город" товаров, полностью потребляемых в процессе строительства и ввода в эксплуатацию объектов инфраструктуры, больниц, поликлиник, школ, детских садов, музеев, театров, высших и средних учебных заведений, библиотек, дворцов школьников, спортивных комплексов, административного и жилого комплексов в соответствии с проектно-сметной документацией, по перечню товаров, определенных уполномоченным государственным органом, осуществляющим государственное регулирование в сфере создания, функционирования и упразднения специальных экономических зон по согласованию с уполномоченным органом и уполномоченным органом в области налоговой политики, органом государственных доходов в ходе проведения тематической проверки, назначенной на основании требования о возврате превышения НДС, направляется запрос в течение пяти рабочих дней с даты начала тематической проверки в орган государственных доходов, находящийся на территории СЭЗ "Астана-новый город".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z100" w:id="92"/>
-[...15 lines deleted...]
-      32. Для подтверждения факта потребления участником СЭЗ "Астана-новый город" товаров, полностью потребляемых в процессе строительства и ввода в эксплуатацию объектов инфраструктуры, больниц, поликлиник, школ, детских садов, музеев, театров, высших и средних учебных заведений, библиотек, дворцов школьников, спортивных комплексов, административного и жилого комплексов в соответствии с проектно-сметной документацией, по перечню товаров, определенных уполномоченным государственным органом, осуществляющим государственное регулирование в сфере создания, функционирования и упразднения специальных экономических зон по согласованию с уполномоченным органом и уполномоченным органом в области налоговой политики, органом государственных доходов в ходе проведения тематической проверки, назначенной на основании требования о возврате превышения НДС, направляется запрос в течение пяти рабочих дней с даты начала тематической проверки в орган государственных доходов, находящийся на территории СЭЗ "Астана-новый город".</w:t>
+    <w:bookmarkStart w:name="z101" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Орган государственных доходов, получивший запрос, указанный в пункте 32 настоящих Правил, направляет ответ в течение пятнадцати рабочих дней с даты получения такого запроса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z101" w:id="93"/>
-[...15 lines deleted...]
-      33. Орган государственных доходов, получивший запрос, указанный в пункте 32 настоящих Правил, направляет ответ в течение пятнадцати рабочих дней с даты получения такого запроса.</w:t>
+    <w:bookmarkStart w:name="z102" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом в ответе указываются сведения о фактическом потреблении в процессе строительства объектов инфраструктуры, больниц, поликлиник, школ, детских садов, музеев, театров, высших и средних учебных заведений, библиотек, дворцов школьников, спортивных комплексов, административного и жилого комплексов ввезенных товаров, которые выдаются по запросу органа государственных доходов, находящегося на территории СЭЗ "Астана-новый город", местным исполнительным органом столицы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z102" w:id="94"/>
-[...15 lines deleted...]
-      При этом в ответе указываются сведения о фактическом потреблении в процессе строительства объектов инфраструктуры, больниц, поликлиник, школ, детских садов, музеев, театров, высших и средних учебных заведений, библиотек, дворцов школьников, спортивных комплексов, административного и жилого комплексов ввезенных товаров, которые выдаются по запросу органа государственных доходов, находящегося на территории СЭЗ "Астана-новый город", местным исполнительным органом столицы.</w:t>
+    <w:bookmarkStart w:name="z103" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 3. Особенности возврата превышения НДС специальной экономической зоны "Международный центр приграничного сотрудничества "Хоргос"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z103" w:id="95"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="96"/>
+    <w:bookmarkStart w:name="z104" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. При проведении тематической проверки по требованию налогоплательщика в связи с применением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 391</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса применяются положения главы 2 настоящих Правил.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z105" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Для подтверждения факта потребления или реализации участником СЭЗ Международный центр приграничного сотрудничества "Хоргос" (далее – СЭЗ МЦПС "Хоргос") , осуществляющий деятельность на СЭЗ МЦПС "Хоргос", ввезенных на территорию СЭЗ МЦПС "Хоргос" в целях осуществления деятельности, отвечающей целям создания СЭЗ МЦПС "Хоргос", органом государственных доходов в ходе проведения тематической проверки, назначенной на основании требования о возврате превышения НДС, направляется запрос в течение пяти рабочих дней с даты начала тематической проверки в орган государственных доходов, находящийся на территории СЭЗ МЦПС "Хоргос".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z105" w:id="97"/>
-[...15 lines deleted...]
-      35. Для подтверждения факта потребления или реализации участником СЭЗ Международный центр приграничного сотрудничества "Хоргос" (далее – СЭЗ МЦПС "Хоргос") , осуществляющий деятельность на СЭЗ МЦПС "Хоргос", ввезенных на территорию СЭЗ МЦПС "Хоргос" в целях осуществления деятельности, отвечающей целям создания СЭЗ МЦПС "Хоргос", органом государственных доходов в ходе проведения тематической проверки, назначенной на основании требования о возврате превышения НДС, направляется запрос в течение пяти рабочих дней с даты начала тематической проверки в орган государственных доходов, находящийся на территории СЭЗ МЦПС "Хоргос".</w:t>
+    <w:bookmarkStart w:name="z106" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Орган государственных доходов, получивший запрос, указанный в пункте 35 настоящих Правил, направляет ответ в течение пятнадцати рабочих дней с даты получения такого запроса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z106" w:id="98"/>
-[...15 lines deleted...]
-      36. Орган государственных доходов, получивший запрос, указанный в пункте 35 настоящих Правил, направляет ответ в течение пятнадцати рабочих дней с даты получения такого запроса.</w:t>
+    <w:bookmarkStart w:name="z107" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом в ответе указываются сведения по стоимости товаров, ввезенных на территорию СЭЗ МЦПС "Хоргос", фактически потребленных и реализованных на территории СЭЗ МЦПС "Хоргос" в деятельности, отвечающей целям создания СЭЗ МЦПС "Хоргос", которые предоставляются органом государственных доходов, осуществившим выпуск товаров в таможенной процедуре СТЗ, на основе данных, представленных участником СЭЗ МЦПС "Хоргос". Полученные сведения органом государственных доходов учитываются при определении суммы НДС, подлежащей возврату в соответствии со статьей 391 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z107" w:id="99"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z108" w:id="100"/>
+    <w:bookmarkStart w:name="z108" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. В случае установления в рамках налогового контроля факта невыполнения участником СЭЗ МЦПС "Хоргос" условий фактического потребления и реализации ввезенных товаров на территорию СЭЗ МЦПС "Хоргос", помещенные под таможенную процедуру СТЗ, товары признаются облагаемым импортом и подлежат обложению НДС, с даты ввоза товаров на территорию СЭЗ МЦПС "Хоргос" с начислением пени со срока, установленного для уплаты НДС на импортируемые товары, в порядке и размере, которые определены таможенным законодательством Евразийского экономического союза и (или) Кодексом, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 391 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z109" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Особенности при применении упрощенного порядка возврата превышения НДС</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z109" w:id="101"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z110" w:id="102"/>
+    <w:bookmarkStart w:name="z110" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. При упрощенном порядке возврата превышения сумм НДС орган государственных доходов в течение трех рабочих дней со дня представления требования о возврате НДС проверяет отсутствие или наличие у плательщика НДС неисполненного налогового обязательства по представлению налоговой отчетности в пределах срока исковой давности, установленного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса, а также правильность отражения исчисленных сумм налогов и других обязательных платежей в бюджет на его лицевом счете.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z111" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае если плательщик НДС и его структурные подразделения состоят на регистрационном учете в других органах государственных доходов, орган государственных доходов, в который поступило требование о возврате НДС, направляет в течение одного рабочего дня со дня представления требования о возврате превышения НДС с помощью информационной системы в соответствующие органы государственных доходов запрос по вопросам, указанным в части первой настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z111" w:id="103"/>
-[...15 lines deleted...]
-      В случае если плательщик НДС и его структурные подразделения состоят на регистрационном учете в других органах государственных доходов, орган государственных доходов, в который поступило требование о возврате НДС, направляет в течение одного рабочего дня со дня представления требования о возврате превышения НДС с помощью информационной системы в соответствующие органы государственных доходов запрос по вопросам, указанным в части первой настоящего пункта.</w:t>
+    <w:bookmarkStart w:name="z112" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Запрос, указанный в части второй пункта 38 настоящих Правил, подлежит исполнению в течение пяти рабочих дней со дня получения такого запроса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z112" w:id="104"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z113" w:id="105"/>
+    <w:bookmarkStart w:name="z113" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. При установлении несоответствия требованиям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 434 Налогового кодекса, налогоплательщику направляется уведомление об отсутствии права на применение им упрощенного порядка возврата превышения НДС.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z114" w:id="106"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z114" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Одновременно налогоплательщик уведомляется о праве применения им порядка возврата превышения НДС, предусмотренного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 431</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z115" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       В течение пяти рабочих дней после получения уведомления, налогоплательщик письменно уведомляет орган государственных доходов о принятом решении – об отказе или согласии применения порядка возврата превышения НДС, предусмотренного статьей 431 Налогового кодекса.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z115" w:id="107"/>
-[...15 lines deleted...]
-       В течение пяти рабочих дней после получения уведомления, налогоплательщик письменно уведомляет орган государственных доходов о принятом решении – об отказе или согласии применения порядка возврата превышения НДС, предусмотренного статьей 431 Налогового кодекса.</w:t>
+    <w:bookmarkStart w:name="z116" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отсутствие соответствующего ответа от налогоплательщика после истечения указанного срока является фактом отказа от возврата превышения НДС, предусмотренного статьей 431 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z116" w:id="108"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z117" w:id="109"/>
+    <w:bookmarkStart w:name="z117" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Положение настоящего пункта в части письменного направления уведомления налогоплательщиком в орган государственных доходов о принятом решении, не применяется в случае, если в отношении налогоплательщика, имеющего право на упрощенный порядок возврата, проводится или будет проводиться тематическая проверка в соответствии с его требованием, в котором одновременно предъявлены к возврату суммы превышения НДС в упрощенном порядке в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3489,192 +3622,192 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса и оставшейся суммы превышения НДС в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 429 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z118" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. При соответствии требованиям, предусмотренным пунктом 2 статьи 434 Налогового кодекса, в течение одного рабочего дня с даты, установленной Налоговым кодексом для уплаты налогов и других обязательных платежей в бюджет, формируется список налогоплательщиков, по которым необходимо составить сведения об отсутствии (наличии) задолженности налогоплательщика.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z118" w:id="110"/>
-[...15 lines deleted...]
-      41. При соответствии требованиям, предусмотренным пунктом 2 статьи 434 Налогового кодекса, в течение одного рабочего дня с даты, установленной Налоговым кодексом для уплаты налогов и других обязательных платежей в бюджет, формируется список налогоплательщиков, по которым необходимо составить сведения об отсутствии (наличии) задолженности налогоплательщика.</w:t>
+    <w:bookmarkStart w:name="z119" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом сведения об отсутствии (наличии) задолженности налогоплательщика формируется на дату составления распоряжения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z119" w:id="111"/>
-[...15 lines deleted...]
-      При этом сведения об отсутствии (наличии) задолженности налогоплательщика формируется на дату составления распоряжения.</w:t>
+    <w:bookmarkStart w:name="z120" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. На основании налогового заявления на зачет и сведений об отсутствии (наличии) задолженности налогоплательщика органом государственных доходов составляется распоряжение на возврат в двух экземплярах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z120" w:id="112"/>
-[...15 lines deleted...]
-      42. На основании налогового заявления на зачет и сведений об отсутствии (наличии) задолженности налогоплательщика органом государственных доходов составляется распоряжение на возврат в двух экземплярах.</w:t>
+    <w:bookmarkStart w:name="z121" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Налоговое заявление, указанное в пункте 42 настоящих Правил, представляется налогоплательщиком в орган государственных доходов в течение одного рабочего дня с даты, формирования сведений об отсутствии (наличии) задолженности налогоплательщика.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z121" w:id="113"/>
-[...15 lines deleted...]
-      43. Налоговое заявление, указанное в пункте 42 настоящих Правил, представляется налогоплательщиком в орган государственных доходов в течение одного рабочего дня с даты, формирования сведений об отсутствии (наличии) задолженности налогоплательщика.</w:t>
+    <w:bookmarkStart w:name="z122" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Возврат превышения НДС производится по месту нахождения налогоплательщика на его банковский счет при отсутствии налоговой задолженности, если иное не предусмотрено настоящим пунктом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z122" w:id="114"/>
-[...15 lines deleted...]
-      44. Возврат превышения НДС производится по месту нахождения налогоплательщика на его банковский счет при отсутствии налоговой задолженности, если иное не предусмотрено настоящим пунктом.</w:t>
+    <w:bookmarkStart w:name="z123" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При наличии задолженности орган государственных доходов производит зачет превышения НДС в счет погашения имеющейся задолженности, в том числе задолженности структурных подразделений, без представления налогового заявления на зачет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z123" w:id="115"/>
-[...15 lines deleted...]
-      При наличии задолженности орган государственных доходов производит зачет превышения НДС в счет погашения имеющейся задолженности, в том числе задолженности структурных подразделений, без представления налогового заявления на зачет.</w:t>
+    <w:bookmarkStart w:name="z124" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Возврату на его банковский счет подлежит остаток суммы превышения НДС после проведения зачета, предусмотренного настоящим пунктом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z124" w:id="116"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z125" w:id="117"/>
+    <w:bookmarkStart w:name="z125" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       45. В случае возврата налогоплательщику превышения НДС в соответствии с частью седьмой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3689,210 +3822,210 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 434 Налогового кодекса либо при отказе в применении упрощенного порядка возврата НДС в соответствии с пунктом 40 настоящих Правил, сумма превышения НДС, сложившаяся по декларации нарастающим итогом на конец отчетного налогового периода, подлежит возврату по результатам тематической проверки по подтверждению достоверности сумм превышения НДС, предъявленных к возврату, в том числе возвращенных в упрощенном порядке, но не более суммы НДС, указанной в требовании о возврате суммы превышения НДС в соответствии со статьей 434 Налогового кодекса, либо не более суммы превышения НДС, сложившейся при одновременном указании в требовании о возврате суммы превышения НДС в соответствии со статьей 434 Налоговом кодекса и оставшейся суммы превышения НДС в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 429 Налогового Кодекса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z126" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подлежащая возврату по результатам такой проверки сумма превышения НДС определяется как разница между суммой превышения, сложившейся по декларации нарастающим итогом на конец отчетного налогового периода, суммой НДС, возвращенной в упрощенном порядке и суммой НДС, не подтвержденной по результатам проверки, но не более суммы НДС, указанной в требовании о возврате НДС.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z126" w:id="118"/>
-[...15 lines deleted...]
-      Подлежащая возврату по результатам такой проверки сумма превышения НДС определяется как разница между суммой превышения, сложившейся по декларации нарастающим итогом на конец отчетного налогового периода, суммой НДС, возвращенной в упрощенном порядке и суммой НДС, не подтвержденной по результатам проверки, но не более суммы НДС, указанной в требовании о возврате НДС.</w:t>
+    <w:bookmarkStart w:name="z127" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Особенности возврата превышения НДС при использовании плательщиком НДС контрольного счета НДС</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z127" w:id="119"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z128" w:id="120"/>
+    <w:bookmarkStart w:name="z128" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       46. При проведении тематической проверки с целью подтверждения достоверности предъявленной к возврату суммы превышения НДС в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса в проверяемый период включаются налоговые периоды, в которых использован контрольный счет НДС.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z129" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подтверждении достоверности суммы превышения НДС, предъявленной к возврату в соответствии со статьей 433 Налогового кодекса, орган государственных доходов проводит сверку имеющихся в информационных системах налоговых органов данных:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z129" w:id="121"/>
-[...15 lines deleted...]
-      При подтверждении достоверности суммы превышения НДС, предъявленной к возврату в соответствии со статьей 433 Налогового кодекса, орган государственных доходов проводит сверку имеющихся в информационных системах налоговых органов данных:</w:t>
+    <w:bookmarkStart w:name="z130" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      декларации по НДС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z130" w:id="122"/>
-[...15 lines deleted...]
-      декларации по НДС;</w:t>
+    <w:bookmarkStart w:name="z131" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицевых счетов, открытых для учета движения сумм НДС по контрольным счетам НДС, в том числе по уплате НДС в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z131" w:id="123"/>
-[...15 lines deleted...]
-      лицевых счетов, открытых для учета движения сумм НДС по контрольным счетам НДС, в том числе по уплате НДС в бюджет;</w:t>
+    <w:bookmarkStart w:name="z132" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электронных счетов-фактур.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z132" w:id="124"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z133" w:id="125"/>
+    <w:bookmarkStart w:name="z133" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       47. В случае одновременного отражения в требовании о возврате суммы превышения НДС, в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3907,52 +4040,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 429 и статьей 433 Налогового кодекса, органом государственных доходов требование рассматривается в части суммы превышения НДС, предъявленных к возврату в соответствии со статьями 433 и 434 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z134" w:id="126"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z134" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае одновременного отражения в требовании о возврате суммы превышения НДС, в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3967,552 +4100,552 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса, органом государственных доходов требование рассматривается в части суммы превышения НДС, предъявленных к возврату в соответствии со статьей 433 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z135" w:id="127"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z135" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При возврате налогоплательщику превышения НДС в соответствии с настоящим пунктом, но не более суммы НДС, указанной в требовании о возврате НДС, оставшаяся сумма превышения НДС, сложившаяся по декларации с нарастающим итогом на конец отчетного налогового периода, подлежит возврату по результатам налоговой проверки по подтверждению достоверности сумм НДС, предъявленных к возврату, в том числе возвращенных из бюджета в соответствии со статьями 433 и 434 Налогового кодекса. Такая налоговая проверка, назначается органом государственных доходов на основании требования налогоплательщика о возврате суммы превышения НДС, указанного в декларации по НДС в последующих налоговых периодах в пределах сроков исковой давности. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z136" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подлежащая возврату по результатам такой проверки сумма превышения НДС определяется как разница между суммой превышения, сложившейся по декларации нарастающим итогом на конец отчетного налогового периода, суммой НДС, возвращенной с применением статей 433 и (или) 434 Налогового кодекса, и суммой НДС, не подтвержденной по результатам проверки, но не более суммы НДС, указанной в требовании о возврате НДС.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z136" w:id="128"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z137" w:id="129"/>
+    <w:bookmarkStart w:name="z137" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. Возврат превышения НДС, подтвержденного результатами тематической проверки, производится налогоплательщикам, указанным в пункте 3 статьи 433 Налогового кодекса, в течение пятнадцати рабочих дней, в части суммы превышения НДС, сложившегося по приобретенным (полученным) товарам, указанным в пункте 49 настоящих Правил, уплата НДС по которым произведена на контрольные счета НДС. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z138" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, плательщик НДС ведет раздельный учет по суммам НДС по приобретенным и реализованным товарам с использованием и без использования контрольного счета НДС.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z138" w:id="130"/>
-[...15 lines deleted...]
-      При этом, плательщик НДС ведет раздельный учет по суммам НДС по приобретенным и реализованным товарам с использованием и без использования контрольного счета НДС.</w:t>
+    <w:bookmarkStart w:name="z139" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. В целях настоящей главы возврат превышения НДС производится в отношении следующих товаров:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z139" w:id="131"/>
-[...15 lines deleted...]
-      49. В целях настоящей главы возврат превышения НДС производится в отношении следующих товаров:</w:t>
+    <w:bookmarkStart w:name="z140" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) приобретенных (полученных) товаров (предметов лизинга), которые используются в производстве других товаров по перечню, утверждаемому уполномоченным органом в области государственной поддержки индустриально-инновационной деятельности совместно с уполномоченным органом в области развития агропромышленного комплекса по согласованию с уполномоченным органом и центральным уполномоченным органом по государственному планированию (далее – Перечень).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z140" w:id="132"/>
-[...15 lines deleted...]
-      1) приобретенных (полученных) товаров (предметов лизинга), которые используются в производстве других товаров по перечню, утверждаемому уполномоченным органом в области государственной поддержки индустриально-инновационной деятельности совместно с уполномоченным органом в области развития агропромышленного комплекса по согласованию с уполномоченным органом и центральным уполномоченным органом по государственному планированию (далее – Перечень).</w:t>
+    <w:bookmarkStart w:name="z141" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приобретенные (полученные) товары (предметы лизинга), указанные в настоящем подпункте, не подлежат дальнейшей реализации в течение двух лет со дня приобретения (получения);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z141" w:id="133"/>
-[...15 lines deleted...]
-      Приобретенные (полученные) товары (предметы лизинга), указанные в настоящем подпункте, не подлежат дальнейшей реализации в течение двух лет со дня приобретения (получения);</w:t>
+    <w:bookmarkStart w:name="z142" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) товаров, реализованных на экспорт;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z142" w:id="134"/>
-[...15 lines deleted...]
-      2) товаров, реализованных на экспорт;</w:t>
+    <w:bookmarkStart w:name="z143" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) горюче-смазочных материалов, реализованных аэропортами иностранным авиакомпаниям, выполняющим международные полеты, международные воздушные перевозки, для заправки воздушных судов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z143" w:id="135"/>
-[...15 lines deleted...]
-      3) горюче-смазочных материалов, реализованных аэропортами иностранным авиакомпаниям, выполняющим международные полеты, международные воздушные перевозки, для заправки воздушных судов;</w:t>
+    <w:bookmarkStart w:name="z144" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) аффинированного золота, реализуемого Национальному Банку Республики Казахстан, произведенного из сырья, добытого налогоплательщиком самостоятельно или приобретенного в собственность с целью переработки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z144" w:id="136"/>
-[...15 lines deleted...]
-      4) аффинированного золота, реализуемого Национальному Банку Республики Казахстан, произведенного из сырья, добытого налогоплательщиком самостоятельно или приобретенного в собственность с целью переработки;</w:t>
+    <w:bookmarkStart w:name="z145" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) товаров, реализованных на территорию специальной экономической зоны, полностью потребленные при осуществлении деятельности, отвечающей целям создания специальных экономических зон.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z145" w:id="137"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z146" w:id="138"/>
+    <w:bookmarkStart w:name="z146" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       50. Течение срока возврата суммы превышения НДС начинается после истечения последней даты, установленной Налоговым кодексом для представления в орган государственных доходов декларации по НДС, с учетом периода продления в соответствии с подпунктом 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 212 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z147" w:id="139"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z147" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51. Подтверждающими документами для возврата превышения НДС по товарам, указанным в подпункте 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 433 Налогового кодекса являются: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z148" w:id="140"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z148" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       договор на поставку товара (договор лизинга); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z149" w:id="141"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z149" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       копии документов, подтверждающих получение товара (предмета лизинга); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z150" w:id="142"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z150" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       копии товаросопроводительных документов, подтверждающих отгрузку товара (предмета лизинга); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z151" w:id="143"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z151" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       документ, подтверждающий факт расчета суммы НДС на контрольный счет поставщика за приобретенный товар (предмет лизинга). </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z152" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждающими документами для возврата превышения НДС по товарам, указанным в подпунктах 2), 3), 4) и 5) пункта 3 статьи 433 Налогового кодекса, являются документы, предусмотренные главой 44 Налогового кодекса.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z152" w:id="144"/>
-[...15 lines deleted...]
-      Подтверждающими документами для возврата превышения НДС по товарам, указанным в подпунктах 2), 3), 4) и 5) пункта 3 статьи 433 Налогового кодекса, являются документы, предусмотренные главой 44 Налогового кодекса.</w:t>
+    <w:bookmarkStart w:name="z153" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Не производится возврат превышения НДС, в пределах сумм, по которым на дату завершения тематической проверки, не подтверждена достоверность сумм НДС. В акте налоговой проверки указывается основание невозврата НДС.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z153" w:id="145"/>
-[...15 lines deleted...]
-      52. Не производится возврат превышения НДС, в пределах сумм, по которым на дату завершения тематической проверки, не подтверждена достоверность сумм НДС. В акте налоговой проверки указывается основание невозврата НДС.</w:t>
+    <w:bookmarkStart w:name="z154" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом неподтвержденная по результатам тематической проверки сумма превышения НДС подлежит возврату по мере устранения нарушений налогового законодательства, путем включения налогоплательщиком в требование о возврате НДС в последующие налоговые периоды в пределах сроков исковой давности, установленной статьей 48 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z154" w:id="146"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z155" w:id="147"/>
+    <w:bookmarkStart w:name="z155" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       53. В случае, если плательщик НДС, использующий контрольный счет НДС, после исполнения налоговых обязательств по НДС и расчетов с поставщиками и (или) покупателями товаров по итогам налогового периода имеет остаток денег на контрольном счете НДС, то указанные суммы НДС налогоплательщик вправе перечислить в бюджет, которые могут быть возвращены в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z156" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Положение настоящего пункта применяется также в случае ликвидации или реорганизации налогоплательщика, применяющего контрольный счет НДС, за исключением реорганизации путем преобразования.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z156" w:id="148"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z157" w:id="149"/>
+    <w:bookmarkStart w:name="z157" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54. Превышение НДС, сложившееся у плательщика НДС, имеющего право на упрощенный порядок возврата НДС в соответствии со статьей 434 Налогового Кодекса, подлежит возврату по выбору налогоплательщика в порядке и сроки, которые установлены </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4527,171 +4660,171 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> или </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и (или) 434 Налогового Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z158" w:id="150"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z158" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае возврата налогоплательщику превышения НДС в упрощенном порядке в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса, оставшаяся часть превышения НДС, но не более суммы НДС, указанной в требовании о возврате НДС, возвращается по выбору налогоплательщика в порядке и сроки, которые установлены статьями 431 и (или) 433 Налогового Кодекса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z159" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. В случае, невыполнения плательщиком НДС условий, предусмотренных подпунктом 1) пункта 49 настоящих Правил, сумма превышения НДС, возмещенная из бюджета, подлежит уплате в бюджет с начислением пени за каждый день с даты возврата из бюджета в размере, указанном в пункте 4 статьи 104 Налогового кодекса.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z159" w:id="151"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z160" w:id="152"/>
+    <w:bookmarkStart w:name="z160" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При этом уплата в бюджет сумм НДС и пени, предусмотренных настоящим пунктом, производится налогоплательщиком на основании уведомления об устранении нарушений, выявленных по результатам камерального контроля, в случае его согласия в соответствии с подпунктом 1) части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 96 Налогового кодекса или уведомления о результатах проверки.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z161" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. При подтверждении достоверности суммы превышения НДС налогоплательщиком, использующим контрольный счет НДС в соответствии со статьей 433 Налогового кодекса, положения пунктов 5, 6, 7, 8, 9, 12 и 13 настоящих Правил не применяются.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z161" w:id="153"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="153"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4770,644 +4903,645 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>превышения налога на</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>добавленную стоимость</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z163" w:id="154"/>
+    <w:bookmarkStart w:name="z163" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Реестр направленных в территориальные органы государственных доходов запросов на устранение выявленных нарушений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="866"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="839"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="866" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование поставщика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2912" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный идентификационный номер/бизнес идентификационный номер (ИИН/ БИН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Регистрационный номер налогоплательщика (РНН) (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма налога на добавленную стоимость (тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер запроса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата запроса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="866" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2912" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>