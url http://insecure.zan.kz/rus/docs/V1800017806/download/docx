--- v0 (2025-10-14)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fb5f4b6" w14:textId="fb5f4b6">
+    <w:p w14:paraId="74c1a7b" w14:textId="74c1a7b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -179,231 +179,261 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Настоящее постановление вводится в действие с 1 января 2019 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...120 lines deleted...]
-        <w:t xml:space="preserve">, от 13 декабря 2005 года "Об обязательном экологическом страховании" Правление Национального Банка Республики Казахстан </w:t>
+        <w:t>
+      В соответствии с законами Республики Казахстан "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О страховой деятельности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об обязательном страховании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гражданско-правовой ответственности частных нотариусов", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об обязательном страховании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гражданско-правовой ответственности аудиторских организаций", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об обязательном страховании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гражданско-правовой ответственности перевозчика перед пассажирами", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об обязательном страховании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гражданско-правовой ответственности владельцев транспортных средств", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об обязательном страховании туриста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об обязательном страховании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гражданско-правовой ответственности владельцев объектов, деятельность которых связана с опасностью причинения вреда третьим лицам", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об обязательном экологическом страховании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" Правление Национального Банка Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПОСТАНОВЛЯЕТ</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 127</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1157,301 +1187,301 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...160 lines deleted...]
-        <w:t xml:space="preserve"> и устанавливают требования к содержанию и порядку оформления страховых полисов.</w:t>
+        <w:t>
+      1. Настоящие Требования к содержанию и порядку оформления страхового полиса (далее – Требования) разработаны в соответствии с законами Республики Казахстан "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О страховой деятельности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об обязательном страховании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гражданско-правовой ответственности частных нотариусов", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об обязательном страховании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гражданско-правовой ответственности аудиторских организаций", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об обязательном страховании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гражданско-правовой ответственности перевозчика перед пассажирами", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об обязательном страховании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гражданско-правовой ответственности владельцев транспортных средств", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об обязательном страховании туриста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" (далее – Закон об обязательном страховании туриста), "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об обязательном страховании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гражданско-правовой ответственности владельцев объектов, деятельность которых связана с опасностью причинения вреда третьим лицам", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об обязательном экологическом страховании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" и устанавливают требования к содержанию и порядку оформления страховых полисов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z83" w:id="15"/>
+    <w:bookmarkStart w:name="z106" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для целей Требований используется следующее понятие:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z84" w:id="16"/>
+    <w:bookmarkStart w:name="z107" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       страховщик – страховая организация, филиал страховой организации-нерезидента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 12.02.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 28</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1982,54 +2012,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В случае оформления страхового полиса в бумажной форме на бланке страховщика, описание прав и обязанностей сторон излагается на оборотной стороне страхового полиса или прилагается к нему.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Страховой полис по обязательному страхованию туриста помимо сведений, указанных в пункте 2 Требований, содержит наименование, место нахождения, интернет-ресурс, номер телефона и факса, адрес электронной почты ассистанс компании страховщика, фамилию, имя, отчество (при его наличии), дату рождения и место жительства застрахованного.</w:t>
+      5. Страховой полис по обязательному страхованию туриста помимо сведений, указанных в пункте 2 Требований, содержит наименование, место нахождения, интернет-ресурс, номер телефона и факса, адрес электронной почты ассистанс компании страховщика, фамилию, имя, отчество (при его наличии), дату рождения, место жительства застрахованного, информацию о программе обязательного страхования страны пребывания туриста, отметку об ознакомлении страхователя (застрахованного) условиями выбранной страхователем (застрахованным) программы страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В подтверждение заключения страхового полиса по обязательному страхованию туриста страховщик оформляет страхователю страховой сертификат в электронной форме, свидетельствующий о наличии действующей страховой защиты в отношении застрахованного.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2541,135 +2633,237 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9. Текст страхового полиса излагается на казахском и русском языках, страхового полиса по обязательному страхованию туриста, страхового сертификата – на казахском, русском и английском языках.</w:t>
+        <w:t xml:space="preserve">
+      9. Текст страхового полиса излагается на казахском и русском языках, страхового полиса по обязательному страхованию туриста, страхового сертификата - на казахском, русском и английском языках. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkStart w:name="z109" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Текст страхового полиса, сертификата печатается шрифтом "Times New Rоmаn" размером не менее девяти, с обычным межбуквенным, одинарным межстрочным интервалами и применением абзацных отступов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z110" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Обеспечивается доступность страхового полиса, сформированного в электронном виде, для просмотра страхователем (застрахованным, выгодоприобретателем), а также для его скачивания и сохранения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z111" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Текст страхового полиса, страхового сертификата подлежат толкованию в соответствии с буквальным значением их словесного выражения. В случае использования в тексте специальной страховой терминологии дается полное и однозначное ее трактование.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Страховой полис, оформленный в бумажной форме на бланке страховщика, подписывается страховым агентом, в случае наличия соответствующих полномочий в договоре, заключаемом между страховщиком и страховым агентом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z56" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Поправки и помарки при заполнении страхового полиса, страхового сертификата, оформленных в бумажной форме на бланке страховщика, не допускаются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z57" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. В случае утери страхового полиса или страхового сертификата, оформленного в бумажной форме на бланке страховщика, страховщик по заявлению страхователя или застрахованного производит выдачу дубликата, который имеет одинаковую юридическую силу с подлинником, с надписью "дубликат" в правом верхнем углу и указанием даты первичной выдачи страхового полиса или страхового сертификата. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2761,68 +2955,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 октября 2018 года № 269</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования к содержанию заявления для заключения договора обязательного страхования в растениеводстве</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 исключено постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2952,442 +3146,442 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 октября 2018 года № 269</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z74" w:id="53"/>
+    <w:bookmarkStart w:name="z74" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень нормативных правовых актов Республики Казахстан, а также структурных элементов некоторых нормативных правовых актов Республики Казахстан, признаваемых утратившими силу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z75" w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z75" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Агентства Республики Казахстан по регулированию и надзору финансового рынка и финансовых организаций от 1 марта 2010 года № 24 "Об утверждении Требований к содержанию и изготовлению бланков страховых полисов, оформлению и выдаче страховых полисов по обязательному страхованию гражданско-правовой ответственности владельцев транспортных средств, обязательному страхованию гражданско-правовой ответственности туроператора или турагента, а также к содержанию заявлений страхователя для заключения договоров обязательного страхования по отдельным видам обязательного страхования" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 6171, опубликовано 7 августа 2010 года в Собрании актов центральных исполнительных и иных центральных государственных органов Республики Казахстан № 13).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z76" w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z76" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 26 августа 2011 года № 95 "О внесении изменений в постановление Правления Агентства Республики Казахстан по регулированию и надзору финансового рынка и финансовых организаций от 1 марта 2010 года № 24 "Об утверждении Инструкции по содержанию и изготовлению бланков страховых полисов, по оформлению страхового полиса по обязательному страхованию гражданско-правовой ответственности владельцев транспортных средств, а также по содержанию заявлений страхователя для заключения договоров обязательного страхования по отдельным видам обязательного страхования" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 7240, опубликовано 28 октября 2011 года в газете "Юридическая газета" № 158 (2148).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z77" w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z77" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан, в которые вносятся изменения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 26 апреля 2013 года № 110 "О внесении изменений в некоторые нормативные правовые акты Республики Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 8505, опубликовано 6 августа 2013 года в газете "Юридическая газета" № 115 (2490).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z78" w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z78" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правления Национального Банка Республики Казахстан от 20 октября 2015 года № 197 "О внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам страховой деятельности" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 12364, опубликовано 28 декабря 2015 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z79" w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан по вопросам финансового рынка и финансовых организаций, в которые вносятся изменения и дополнения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 28 января 2016 года № 12 "О внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам финансового рынка и финансовых организаций" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 13308, опубликовано 14 марта 2016 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z80" w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z80" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 30 мая 2016 года № 141 "О внесении изменений в постановление Правления Агентства Республики Казахстан по регулированию и надзору финансового рынка и финансовых организаций от 1 марта 2010 года № 24 "Об утверждении Требований к содержанию и изготовлению бланков страховых полисов, оформлению и выдаче страховых полисов по обязательному страхованию гражданско-правовой ответственности владельцев транспортных средств, обязательному страхованию гражданско-правовой ответственности туроператора или турагента, а также к содержанию заявлений страхователя для заключения договоров обязательного страхования по отдельным видам обязательного страхования" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 13929, опубликовано 5 августа 2016 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z81" w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z81" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан по вопросам регулирования страховой деятельности, в которые вносятся изменения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 28 января 2017 года № 17 "О внесении изменений в некоторые нормативные правовые акты Республики Казахстан по вопросам регулирования страховой деятельности" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 15104, опубликовано 9 июня 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z82" w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z82" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня постановлений Правления Национального Банка Республики Казахстан, в которые вносятся изменения и дополнения по вопросам платежей и платежных систем, утвержденного постановлением Правления Национального Банка Республики Казахстан от 22 декабря 2017 года № 248 "О внесении изменений и дополнений в некоторые постановления Правления Национального Банка Республики Казахстан по вопросам платежей и платежных систем" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 16446, опубликовано 13 марта 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3713,31 +3907,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>