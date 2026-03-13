--- v0 (2025-10-02)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bfd2136" w14:textId="bfd2136">
+    <w:p w14:paraId="9e73ffa" w14:textId="9e73ffa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении проверочного листа за использованием товарного знака, знака обслуживания, наименования места происхождения товара или фирменного наименования</w:t>
+        <w:t>Об утверждении проверочных листов за использованием объектов авторского права и смежных прав, товарного знака, знака обслуживания, наименования места происхождения товара или фирменного наименования</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Совместный приказ Министра юстиции Республики Казахстан от 31 октября 2018 года № 1517 и Министра национальной экономики Республики Казахстан от 31 октября 2018 года № 48. Зарегистрирован в Министерстве юстиции Республики Казахстан 31 октября 2018 года № 17661.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок в редакции совместного приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и и.о. Министра национальной экономики РК от 29.01.2026 № 7 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 64) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 138</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -211,235 +249,333 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 18 марта 2002 года "Об органах юстиции" ПРИКАЗЫВАЕМ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> за использованием товарного знака, знака обслуживания, наименования места происхождения товара или фирменного наименования.</w:t>
+        <w:t>
+      1. Утвердить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z44" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проверочный лист за использованием объектов авторского права и смежных прав согласно приложению 1 к настоящему совместному приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z45" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проверочный лист за использованием товарного знака, знака обслуживания, наименования места происхождения товара или фирменного наименования согласно приложению 2 к настоящему совместному приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции совместного приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и и.о. Министра национальной экономики РК от 29.01.2026 № 7 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>совместный приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 25 декабря 2015 года № 647 и исполняющего обязанности Министра национальной экономики Республики Казахстан от 30 декабря 2015 года № 834 "Об утверждении проверочного листа в сфере использования объектов промышленной собственности" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 12690, опубликованный 31 декабря 2015 года в информационной правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департаменту по правам интеллектуальной собственности Министерства юстиции Республики Казахстан в установленном законодательством порядке Республики Казахстан обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего совместного приказа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в течение десяти календарных дней со дня государственной регистрации настоящего совместного приказа в Министерстве юстиции Республики Казахстан его направление на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" Министерства юстиции Республики Казахстан для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) размещение настоящего совместного приказа на официальном интернет-ресурсе Министерства юстиции Республики Казахстан после его официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Контроль за исполнением настоящего совместного приказа возложить на курирующего вице – министра юстиции Республики Казахстан, курирующего вице-министра национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Настоящий совместный приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Настоящий совместный приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -721,64 +857,64 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Т. Сулейменов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z15" w:id="9"/>
+      <w:bookmarkStart w:name="z15" w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Комитет по правовой статистике</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -880,77 +1016,90 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утвержден</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>совместным приказом Министра</w:t>
+              <w:t>к совместному приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>юстиции Республики Казахстан</w:t>
+              <w:t>Министра юстиции</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 31 октября 2018 года № 1517</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -964,546 +1113,487 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 31 октября 2018 года № 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z46" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                      Проверочный лист</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Проверочный лист за использованием объектов авторского права и смежных прав в соответствии со статьей 138 Предпринимательского кодекса Республики Казахстан в отношении физических и юридических лиц, осуществляющих использование объектов авторского права и смежных прав</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение  - в редакции совместного приказа и.о. Министра юстиции РК от 30.11.2022 № 978 и и.о. Министра национальной экономики РК от 30.11.2022 </w:t>
+      Сноска. Приложение 1 в редакции совместного приказа Министра юстиции РК от 29.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 105</w:t>
+        <w:t>№ 102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2023).</w:t>
-[...369 lines deleted...]
-        <w:t xml:space="preserve">       Адрес места нахождения</w:t>
+        <w:t xml:space="preserve"> и и.о. Министра национальной экономики РК от 29.01.2026 № 7 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z47" w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование однородной группы субъектов (объектов) контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственный орган, назначивший проверку</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Акт о назначении проверки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№, дата</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование субъекта (объекта) контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Индивидуальный идентификационный номер), бизнес идентификационный номер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>субъекта (объекта) контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес места нахождения</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z18" w:id="11"/>
+          <w:bookmarkStart w:name="z48" w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="11"/>
+          <w:bookmarkEnd w:id="13"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1591,80 +1681,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z23" w:id="12"/>
+          <w:bookmarkStart w:name="z53" w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="12"/>
+          <w:bookmarkEnd w:id="14"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1752,114 +1842,114 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z28" w:id="13"/>
+          <w:bookmarkStart w:name="z58" w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="13"/>
+          <w:bookmarkEnd w:id="15"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Использование без согласия владельца (правообладателя) товарного знака, знака обслуживания, наименования места происхождения товара или обозначений, сходных с ними до степени смешения, в отношении однородных товаров или услуг</w:t>
+Наличие договора с автором, правообладателем или с организацией по коллективному управлению правами на использование объектов авторских и смежных прав (воспроизведение, распространение, импорт, публичный показ, публичное исполнение, сообщение произведения для всеобщего сведения, включая публичное сообщение, сообщение в эфир (в том числе ретрансляция в отношении передач эфирного и кабельного вещания), сообщение по кабелю, перевод, переработка, доведение до всеобщего сведения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1881,291 +1971,1124 @@
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z63" w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Должностное (ые) лицо (а) _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должность подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель субъекта контроля __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должность подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к совместному приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра юстиции</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 31 октября 2018 года № 1517</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и Министра национальной экономики</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 31 октября 2018 года № 48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z65" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Проверочный лист за использованием товарного знака, знака обслуживания, наименования места происхождения товара или фирменного наименования в соответствии со статьей 138 Предпринимательского кодекса Республики Казахстан в отношении физических и юридических лиц, осуществляющих использование товарного знака, знака обслуживания, наименования места происхождения товара или фирменного наименования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Совместный приказ дополнен приложением 2 в соответствии с совместным приказом Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и и.о. Министра национальной экономики РК от 29.01.2026 № 7 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z66" w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование однородной группы субъектов (объектов) контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственный орган, назначивший проверку</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Акт о назначении проверки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№, дата</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование субъекта (объекта) контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Индивидуальный идентификационный номер), бизнес идентификационный номер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>субъекта (объекта) контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес места нахождения</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перечень требований</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соответствует требованиям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не соответствует требованиям</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z33" w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="14"/>
+1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие регистрации соответствующих договоров о передаче/предоставлении права на товарный знак</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z38" w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="15"/>
+1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Использование товарного знака в отношении товаров, которые были правомерно введены в оборот на территории любого из государств-членов Евразийского экономического союза непосредственно владельцем (правообладателем) товарного знака или другими лицами с его согласия</w:t>
+Наличие договора с владельцем (правообладателем) на использование товарного знака, знака обслуживания, наименования места происхождения товара или обозначений, сходных с ними до степени смешения, в отношении однородных товаров или услуг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2190,220 +3113,329 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие регистрации соответствующих письменных договоров о передаче/предоставлении исключительного права на товарный знак в Государственном реестре товарных знаков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z43" w:id="16"/>
-[...137 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:name="z87" w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...13 lines deleted...]
-</w:t>
+      Должностное (ые) лицо (а) _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должность подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель субъекта контроля ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должность подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -2411,55 +3443,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2785,31 +3817,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>