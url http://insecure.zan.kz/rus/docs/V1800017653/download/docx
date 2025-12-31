--- v0 (2025-11-14)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1205351" w14:textId="1205351">
+    <w:p w14:paraId="09495ba" w14:textId="09495ba">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,312 +93,406 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в некоторые приказы Министра национальной экономики Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра национальной экономики Республики Казахстан от 30 октября 2018 года № 34. Зарегистрирован в Министерстве юстиции Республики Казахстан 31 октября 2018 года № 17653</w:t>
+        <w:t>Приказ Министра национальной экономики Республики Казахстан от 30 октября 2018 года № 34. Зарегистрирован в Министерстве юстиции Республики Казахстан 31 октября 2018 года № 17653.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Внести в некоторые приказы Министра национальной экономики Республики Казахстан следующие изменения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 1) утрачивает силу совместным приказом и.о. Министра торговли и интеграции РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 327-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра – Министра национальной экономики РК от 25.11.2025 № 124.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
+      1) в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан от 1 февраля 2016 года № 49 "Об утверждении проверочного листа за соблюдением законодательства Республики Казахстан о регулировании торговой деятельности" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 13417, опубликован 24 марта 2016 года в информационно-правовой системе "Әділет"):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>проверочный лист</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за соблюдением законодательства Республики Казахстан о регулировании торговой деятельности, утвержденный указанным приказом, изложить в редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан от 5 марта 2016 года № 128 "Об утверждении критериев оценки степени риска и проверочного листа за соблюдением законодательства Республики Казахстан о товарных биржах" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 13584, опубликован 19 апреля 2016 года в информационно-правовой системе "Әділет"):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в заголовок приказа вносится изменение на казахском языке, текст на русском языке не меняется;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>критерии</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оценки степени риска за соблюдением законодательства Республики Казахстан о товарных биржах, утвержденные указанным приказом, изложить в редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -464,190 +558,190 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> за соблюдением законодательства Республики Казахстан о товарных биржах, утвержденный указанным приказом, изложить в редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департаменту регулирования торговой деятельности Министерства национальной экономики Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z13" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z14" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа его направление на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z15" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) размещение настоящего приказа на интернет-ресурсе Министерства национальной экономики Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z16" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства национальной экономики Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7795"/>
         <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
@@ -754,51 +848,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Т. Сулейменов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -825,51 +919,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Генеральной прокуратуры</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1078,81 +1172,81 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 1 февраля 2016 года № 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z23" w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        Проверочный лист за соблюдением законодательства Республики Казахстан</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         о регулировании торговой деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z24" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z24" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в сфере/в области/за ______________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1397,51 +1491,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес места нахождения __________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1664"/>
         <w:gridCol w:w="5829"/>
         <w:gridCol w:w="739"/>
         <w:gridCol w:w="1201"/>
         <w:gridCol w:w="1202"/>
         <w:gridCol w:w="1665"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1875,51 +1969,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z25" w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должностное (ые) лицо (а) ___________________________________________ ____________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1985,51 +2079,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2238,87 +2332,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 5 марта 2016 года № 128</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:bookmarkStart w:name="z28" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Критерии оценки степени риска за соблюдением законодательства Республики Казахстан о товарных биржах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z29" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z30" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие критерии оценки степени риска за соблюдением законодательства Республики Казахстан о товарных биржах (далее – Критерии) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2373,648 +2467,648 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 4 мая 2009 года "О товарных биржах" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> формирования государственными органами системы оценки рисков, утвержденными приказом исполняющего обязанности Министра национальной экономики Республики Казахстан от 31 июля 2018 года № 3 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 17371) для отнесения субъектов контроля за соблюдением законодательства Республики Казахстан о товарных биржах к степеням риска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z31" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Критериях используются следующие понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z32" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) незначительные нарушения – нарушения, связанные с непредставлением ежемесячного отчета по гарантийному и страховому фондам по состоянию на последнюю дату отчетного месяца с приложением к нему банковской выписки, подтверждающей указанные денежные остатки на банковском счете товарной биржи; отсутствием необходимой квалификации у сотрудников товарной биржи, занимающих руководящие должности и не занимающих руководящие должности; отсутствием структурных подразделений по организации торговли и работе с клиентами; отсутствием утвержденных размеров утвержденных размеров платежей: вступительных и ежегодных взносов членов товарной биржи, за пользование имуществом биржи, а также регистрацию и оформление биржевых сделок; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z33" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) значительные нарушения – нарушения, связанные с невыполнением товарной биржей обязанности по опубликованию результатов биржевых торгов на собственном интернет-ресурсе не позднее рабочего дня, следующего за торговым днем; непредставлением ежеквартальной отчетности по проведенным биржевым торгам; отсутствием собственного интернет-ресурса на государственном и русском языках, содержащего информацию о товарной бирже и порядке проведения ею торгов, а также специальный раздел для размещения результатов биржевых торгов; отсутствием клирингового центра, либо договора о клиринговом обслуживании клирингового центра; отсутствием на товарной бирже биржевого арбитража; невыполнением товарной биржей обязанности по опубликованию котировок на биржевые товары на собственном интернет-ресурсе; наличием двух и более подтвержденных жалоб и обращений от физических и юридических лиц, права которых нарушены;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z34" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) грубые нарушения – нарушения, связанные с отсутствием электронной торговой системы товарной биржи; отсутствием структурного подразделения, оснащенного необходимыми средствами по обеспечению режима секретности (конфиденциальности), а также сохранности сведений, составляющих коммерческую тайну на товарной бирже, в том числе на электронных носителях; отсутствием Правил биржевой торговли; отсутствием гарантийного и страхового фондов; несоблюдением требования о запрете осуществления товарной биржей торговой и иной деятельности, не связанной с организацией биржевой торговли; несоблюдением требования о запрете участия работников товарной биржи в биржевых сделках, а также использования коммерческой информации в собственных интересах; несоблюдением требования о запрете совершения биржевых сделок от имени и за счет товарной биржи; с отсутствием правил внутреннего контроля и программы его осуществления в целях противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма; несоблюдением требования по уставному капиталу товарной биржи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z35" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) риск – вероятность причинения вреда в результате деятельности субъекта контроля законным интересам физических и юридических лиц, государства с учетом степени тяжести его последствий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z36" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) система оценки рисков – комплекс мероприятий, проводимых органом контроля с целью назначения профилактического контроля с посещением субъекта (объекта) контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z37" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) объективные критерии оценки степени риска (далее – объективные критерии) – критерии оценки степени риска, используемые для отбора субъектов (объектов) контроля в зависимости от степени риска в определенной сфере деятельности и не зависящие непосредственно от отдельного субъекта (объекта) контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z38" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) субъективные критерии оценки степени риска (далее – субъективные критерии) – критерии оценки степени риска, используемые для отбора субъектов (объектов) контроля в зависимости от результатов деятельности конкретного субъекта (объекта) контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z39" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) субъекты контроля – юридические лица, осуществляющие деятельность в сфере товарных бирж; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z40" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) проверочный лист – перечень требований, включающий в себя требования, предъявляемые к деятельности субъектов (объектов) контроля, несоблюдение которых влечет за собой угрозу законным интересам физических и юридических лиц, государства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z41" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Критерии оценки степени риска формируются посредством объективных и субъективных критериев.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z42" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Объективные критерии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z43" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z43" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. По объективным критериям к высокой степени риска относятся товарные биржи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z44" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Отнесение субъектов контроля к высокой степени риска осуществляется в зависимости от вероятности причинения вреда законным интересам физических и юридических лиц, интересам государства в результате деятельности субъектов контроля, связанной с обеспечением сохранности коммерческой тайны на товарной бирже, защиты прав участников биржевой торговли и добросовестной конкуренции между ними, которое может привести к незаконному распространению коммерческой тайны и повлечь нарушение естественного ценообразования и дестабилизацию товарного рынка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z45" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В отношении товарных бирж, проводятся внеплановые проверки и профилактический контроль с посещением субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z46" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В отношении субъектов контроля, отнесенных по объективным критериям к высокой степени риска, применяются субъективные критерии с целью проведения профилактического контроля с посещением субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z47" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Субъективные критерии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z48" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Определение субъективных критериев осуществляется с применением следующих этапов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z49" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) формирование базы данных и сбор информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z50" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) анализ информации и оценка рисков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z51" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для оценки степени рисков используются следующие источники информации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z52" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) результаты мониторинга отчетности и сведений, представляемых субъектом контроля, проводимого государственными органами, учреждениями и отраслевыми организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z53" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) результаты профилактического контроля с посещением субъектов (объектов) контроля. При этом степень тяжести нарушений (грубое, значительное, незначительное) устанавливается в случае несоблюдения требований законодательства, отраженных в проверочных листах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z54" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наличие и количество жалоб и обращений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z55" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. На основании источников информации, определенных в пункте 7 настоящих Критериев, определяются субъективные критерии оценки степени риска за соблюдением законодательства Республики Казахстан о товарных биржах согласно приложению к настоящим Критериям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z56" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Субъективные критерии подразделяются на три степени тяжести нарушений: грубые, значительные, незначительные.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z57" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z57" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Для отнесения субъекта контроля к степени риска применяется следующий порядок расчета показателя степени риска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z58" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выявлении одного грубого нарушения, субъекту контроля приравнивается показатель степени риска 100 и в отношении него проводится профилактический контроль с посещением субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z59" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае если грубых нарушений не выявлено, то для определения показателя степени риска рассчитывается суммарный показатель по нарушениям значительной и незначительной степени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z60" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z60" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При определении показателя значительных нарушений применяется коэффициент 0,7 и данный показатель рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z61" w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z61" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3049,212 +3143,212 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Р2 х 100/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Р1) х 0,7,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z62" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z62" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z63" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z63" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Рз – показатель значительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z64" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Р1 – требуемое количество значительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z65" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Р2 – количество выявленных значительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z66" w:id="54"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z66" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При определении показателя незначительных нарушений применяется коэффициент 0,3 и данный показатель рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z67" w:id="55"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z67" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3289,232 +3383,232 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Р2 х 100/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Р1) х 0,3,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z68" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z69" w:id="57"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z69" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Рн – показатель незначительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z70" w:id="58"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z70" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Р1 – требуемое количество незначительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z71" w:id="59"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z71" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Р2 – количество выявленных незначительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z72" w:id="60"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z72" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Общий показатель степени риска (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Р) рассчитывается по шкале от 0 до 100 и определяется путем суммирования показателей значительных и незначительных нарушений по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z73" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3549,349 +3643,349 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Рз + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Рн,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z74" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z75" w:id="63"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z75" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Р – общий показатель степени риска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z76" w:id="64"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z76" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Рз – показатель значительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z77" w:id="65"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z77" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Рн – показатель незначительных нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z78" w:id="66"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z78" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По показателям степени риска субъект контроля относится:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z79" w:id="67"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z79" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) к высокой степени риска – при показателе степени риска от 61 до 100 включительно и в отношении него проводится профилактический контроль с посещением субъекта (объекта) контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z80" w:id="68"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z80" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) не отнесенной к высокой степени риска – при показателе степени риска от 0 до 60 включительно и в отношении него не проводится профилактический контроль с посещением субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z81" w:id="69"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z81" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z82" w:id="70"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z82" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Кратность проведения профилактического контроля с посещением субъекта (объекта) контроля определяется по результатам проводимого анализа и оценки получаемых сведений по субъективным критериям и не может быть чаще одного раза в год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z83" w:id="71"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z83" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Профилактический контроль с посещением субъекта (объекта) контроля проводятся на основании полугодовых списков профилактического контроля с посещением субъекта (объекта) контроля, формируемых в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 141 Кодекса. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z84" w:id="72"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z84" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Списки профилактического контроля с посещением субъекта (объекта) контроля составляются с учетом приоритетности субъекта контроля с наибольшим показателем степени риска по субъективным критериям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3983,68 +4077,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>законодательства Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>о товарных биржах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z86" w:id="73"/>
+    <w:bookmarkStart w:name="z86" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Субъективные критерии оценки степени риска за соблюдением законодательства Республики Казахстан о товарных биржах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1618"/>
         <w:gridCol w:w="9929"/>
         <w:gridCol w:w="753"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5065,51 +5159,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9929" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z87" w:id="74"/>
+          <w:bookmarkStart w:name="z87" w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие у сотрудников товарной биржи, занимающих руководящие должности:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5170,51 +5264,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>У сотрудников товарной биржи, не занимающих руководящие должности:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 высшего или послесреднего образования </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="74"/>
+          <w:bookmarkEnd w:id="73"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6860,81 +6954,81 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 5 марта 2016 года № 128</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z93" w:id="75"/>
+    <w:bookmarkStart w:name="z93" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Проверочный лист за соблюдением законодательства</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         Республики Казахстан о товарных биржах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z94" w:id="76"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z94" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в сфере/в области/за ______________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -7179,51 +7273,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес места нахождения __________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="8388"/>
         <w:gridCol w:w="391"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="882"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8412,51 +8506,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8388" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z95" w:id="77"/>
+          <w:bookmarkStart w:name="z95" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие у сотрудников товарной биржи, занимающих руководящие должности:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8517,51 +8611,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>У сотрудников товарной биржи, не занимающих руководящие должности:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 высшего или послесреднего образования</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="77"/>
+          <w:bookmarkEnd w:id="76"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11240,51 +11334,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z99" w:id="78"/>
+    <w:bookmarkStart w:name="z99" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должностное (ые) лицо (а) ____________________________________________ ____________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -11350,105 +11444,105 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>