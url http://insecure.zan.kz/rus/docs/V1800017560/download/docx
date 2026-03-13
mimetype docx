--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="44b59de" w14:textId="44b59de">
+    <w:p w14:paraId="5517f58" w14:textId="5517f58">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,436 +123,521 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 17)</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> пункта 1 статьи 13 Лесного кодекса Республики Казахстан от 8 июля 2003 года</w:t>
+        <w:t>подпунктом 192)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве экологии и природных ресурсов Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 5 июля 2019 года № 479 "Вопросы Министерства экологии и природных ресурсов Республики Казахстан", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ПРИКАЗЫВАЮ:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Методические указания</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> расчета ставок платы за лесные пользования на участках государственного лесного фонда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 12 июня 2009 года № 344 "Об утверждении Правил и Методических указаний для расчета ставок платы за лесные пользования в государственном лесном фонде и в особо охраняемых природных территориях" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан № 5719, опубликован 24 июля 2009 года в газете "Юридическая газета" № 111 (1708).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Комитету лесного хозяйства и животного мира Министерства сельского хозяйства Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодические печатные издания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) размещение настоящего приказа на интернет-ресурсе Министерства сельского хозяйства Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Департамент юридической службы Министерства сельского хозяйства Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2), 3) и 4) настоящего приказа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра сельского хозяйства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Исполняющий обязанности</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министра сельского хозяйства</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -695,2039 +780,2287 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 13 сентября 2018 года № 383</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Методические указания расчета ставок платы за лесные пользования на участках государственного лесного фонда</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Методические указания расчета ставок платы за лесные пользования на участках государственного лесного фонда (далее – Методические указания) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 17)</w:t>
-[...13 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+        <w:t>подпунктом 192)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве экологии и природных ресурсов Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 5 июля 2019 года № 479 "Вопросы Министерства экологии и природных ресурсов Республики Казахстан" и предназначены для определения расчета ставок платы за лесные пользования на участках государственного лесного фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Основной целью Методических указаний является разработка механизмов единого подхода к расчету ставок платы за лесные пользования на всей территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В Методических указаниях используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) изымаемые лесные ресурсы – виды лесных ресурсов, добываемые или собираемые в лесу с последующим их вывозом в целях потребления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) не изымаемые лесные ресурсы – участки лесного фонда и виды полезных свойств леса, которые свойственны растущему лесу и физически не могут быть отторгнуты от природы леса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) второстепенные древесные ресурсы – кора, ветви, пни, корни, листья, почки деревьев и кустарников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) лесной фонд Республики Казахстан – все леса, находящиеся на территории Республики Казахстан, а также земли лесного фонда, не покрытые лесной растительностью, но предназначенные для нужд лесного хозяйства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) краткосрочное лесопользование – права и целенаправленные действия физических и юридических лиц по удовлетворению потребностей в определенных видах лесных ресурсов и полезностей леса, предоставленные и осуществляемые в срок от одного года до десяти лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) плата за лесные пользования – сумма, взимаемая за заготовку древесины, живицы, древесных соков и второстепенных древесных ресурсов, за побочные лесные пользования, использование участков государственного лесного фонда для нужд охотничьего хозяйства, научно-исследовательских, оздоровительных, рекреационных, историко-культурных, туристских и спортивных целей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) пользование лесным фондом – установленное законодательными актами Республики Казахстан право физических и юридических лиц на лесопользование, а также на использование земель, вод и общераспространенных полезных ископаемых на территории лесного фонда в хозяйственных и иных целях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) ставки платы за лесные пользования – система цен и оценок на лесные ресурсы и полезных свойств леса, установленные в расчете на единицу используемого их объема или площади лесных угодий на основе настоящих Методических указаний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) лесопользователь – физическое и юридическое лицо, которому предоставлено право временного лесопользования в порядке, установленном лесным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) лесные ресурсы – запасы древесины, живицы и древесных соков, второстепенных древесных ресурсов, дикорастущих плодов, орехов, грибов, ягод, лекарственных растений и технического сырья, иных продуктов растительного и животного происхождения, находящихся, накапливаемых и добываемых в лесном фонде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) полезные свойства леса – экологические и социально значимые функции, характерные для него в растущем состоянии (выделение кислорода, поглощение углекислого газа, предохранение почв от водной и ветровой эрозии, перевод поверхностного стока вод во внутрипочвенный, бальнеологические и климаторегулирующие свойства);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) древесный сок – жидкое вещество, выделяющееся при повреждении лиственных деревьев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) долгосрочное лесопользование – права и целенаправленные действия физических и юридических лиц по удовлетворению потребностей в определенных видах лесных ресурсов и полезностей леса, предоставленные и осуществляемые в срок от 10 до 49 лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) живица – смолистое вещество, выделяющееся при повреждении хвойных деревьев.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сумма оплаты за выписанный объем указывается в разрешительных документах на лесопользование в лесорубочном и лесном билетах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Лесные пользования на участках государственного лесного фонда осуществляются в соответствии с требованиями лесного законодательства.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Ставки платы за пользование лесными и растительным ресурсами, за исключением ставок платы за древесину, отпускаемую на корню, определяются на основании расчета местного исполнительного органа области (города республиканского значения, столицы) составленных в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 630 Кодекса Республики Казахстан "Налоговый кодекс Республики Казахстан" (далее – Налоговый кодекс) от 18 июля 2025 года.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции приказа Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Ставки платы за лесные пользования рассчитываются в размере месячного расчетного показателя за единицу используемого вида ресурса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ставки платы за отдельные виды лесных пользований, с целью удлинения сроков их применения могут увязываться со ставками платы за древесину, отпускаемую на корню и базовыми налоговыми ставками на земли сельскохозяйственного значения, и определяться в долях или в процентном отношении от их размера, а также от размера месячного расчетного показателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. К видам второстепенных древесных ресурсов, относящихся к лекарственному и техническому сырью применяются ставки платы за заготовку лекарственных растений и технического сырья в порядке побочного лесного пользования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Плата за размещение ульев и пасек на участках государственного лесного фонда в пределах одной области производится один раз в сезон медосбора, а при перемещении их с территории одного государственного лесовладельца другому, делается отметка в оригинале лесного билета, выписанного первым государственным лесовладельцем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. При долгосрочном лесопользовании участками государственного лесного фонда для выращивания посадочного материала древесных и кустарниковых пород и плантационных насаждений специального назначения устанавливаются нулевые ставки платы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Методика расчета ставок платы за лесные пользования</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Методика расчета ставок платы, изложенная в настоящих Методических указаниях, распространяется на следующие виды лесных пользований: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заготовка живицы и древесных соков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заготовка второстепенных древесных ресурсов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) побочные лесные пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) пользование участками государственного лесного фонда для нужд охотничьего хозяйства, научно-исследовательских, оздоровительных, рекреационных, историко-культурных, туристских и спортивных целей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z51" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        12. Общая экономическая ценность (стоимость) лесов принципиально отличается от моноплановой оценки лесов на основе стволовой древесины и предполагает повышение реального вклада лесов и лесного хозяйства в экономику государства путем определения стоимости разнообразных видов лесных ресурсов и многосторонних полезных функций лесов и вовлечения их в хозяйственный оборот.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Общая экономическая оценка (стоимость) лесов (TEV) определяется как сумма стоимостей всех используемых (UV) и неиспользуемых (NUV) ресурсов и полезных свойств лесов, указанных в схеме формирования и базовых компонентах общей экономической оценки лесов, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Методическим указаниям, и определяется по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       TЕV = UV + NUV (1)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Используемая стоимость (UV) включает в себя стоимость прямого использования лесов (DUV), косвенного их использования (JUV) и отложенной альтернативы (OV) и определяется по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       UV = DUV + JUV + OV (2)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Виды лесных пользований, перечисленные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Методических указаний, в совокупности образуют стоимость прямого использования лесных ресурсов (DUV), за исключением стоимости древесины.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. При разработке ставок платы за лесные пользования, по видам лесных пользовании учитываются специфические различия между изымаемыми и не изымаемыми лесными ресурсами, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Методическим указаниям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Ставки платы за лесопользование дифференцируются в зависимости от распределении видов лесных пользований по срокам (продолжительности), согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Методическим указаниям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. К долгосрочным видам лесопользования (от 10 до 49 лет) относятся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заготовка живицы и древесных соков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заготовка второстепенных древесных ресурсов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z62" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сенокошение и пастьба скота;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z63" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) пользование участками государственного лесного фонда для нужд охотничьего хозяйства, научно-исследовательских, оздоровительных, рекреационных, историко-культурных, туристских и спортивных целей, выращивания посадочного материала древесных и кустарниковых пород и плантационных насаждений специального назначения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z64" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. К краткосрочным видам лесопользования (от одного года до десяти лет) относятся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z65" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заготовка второстепенных древесных ресурсов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z66" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) побочные лесные пользования, связанные с заготовкой или сбором плодов, орехов, грибов, ягод, других пищевых продуктов леса, лекарственных растений, технического сырья, мха, лесной подстилки и опавших листьев, камыша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z67" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) побочные лесные пользования, основанные на использовании участков лесного фонда для сенокошения, пастьбы скота, мараловодства, звероводства, размещения ульев и пасек, огородничества, бахчеводства, садоводства и выращивания иных сельскохозяйственных культур;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) пользование участками государственного лесного фонда для научно-исследовательских, оздоровительных, рекреационных, историко-культурных туристских и спортивных целей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Измерение размеров лесных пользований, в зависимости от их вида и специфических особенностей, осуществляется: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z70" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по площади (в гектарах);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по объему (в складочных кубических метрах);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по весу (в килограммах, центнерах и тоннах);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z73" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по количеству (в штуках);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z74" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в свежем (сырорастущем) состоянии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z75" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Ставки платы за лесные пользования дифференцируются в зависимости от качества лесных ресурсов (урожайность, продуктивность), а также по коэффициентам, учитывающим потребительскую ценность, удаленность от транспортных путей и мест сбыта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z76" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Ставки платы за лесные пользования по методу рыночных цен устанавливаются путем определения разницы между рыночными ценами и затратами на заготовку и транспортировку единицы их объема применительно к видам лесных ресурсов, по которым трудно подсчитать затраты на их воспроизводство (живица, древесные соки, грибы, ягоды и другие). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z77" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Для установления ставок платы за лесные пользования по тем видам лесных ресурсов, которые пока не вышли на рынок и не имеют рыночной цены, используются экспертные оценки специалистов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z78" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Ставки платы за второстепенные древесные ресурсы и побочные лесные пользования устанавливаются по методу затрат на воспроизводство лесных ресурсов в расчете на единицу их объема или площади, а при отсутствии затрат на их воспроизводство, ставки платы устанавливаются с учетом удельных затрат на все лесное хозяйство конкретной области в соответствии с данными, учитываемыми по показателям, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Методическим указаниям или по нескольким направлениям его деятельности, включая затраты местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z79" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Суммы затрат на лесное хозяйство, нужные для расчета ставок платы за лесные пользования, устанавливаются на основе сводных планов лесохозяйственных мероприятий по охране, защите, воспроизводству лесов и лесоразведению областей и спецификаций бюджетных программ по последнему отчетному году в соответствии с показателями, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Методическим указаниям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z80" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Затраты, которые на уровне областей регистрируются периодически или фиксируются лишь на республиканском уровне (лесоустройство, авиационная охрана лесов, приобретение основных средств и другие), определяются по отчетам уполномоченного органа в области лесного хозяйства (далее - уполномоченный орган) за последний отчетный год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z81" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Затраты на воспроизводство лесов по основным их разделам в соответствии с показателями, согласно приложению 4 к настоящим Методическим указаниям, позволяют получить удельные их размеры в двух вариантах: в расчете на 1 гектар общей площади государственного лесного фонда в соответствии с данными графы 4 и на 1 гектар покрытых лесом земель государственного лесного фонда в соответствии с данными графы 5, которые в дальнейшем в зависимости от их отношения к конкретным видам лесных пользований будут применяться при определении ставок платы за них.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z82" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Расчет ставок платы за заготовку живицы и древесных соков</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z82" w:id="76"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:bookmarkStart w:name="z83" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Ставки платы за заготовку живицы и за заготовку древесных соков рассчитываются в соответствии со схемой установления ставок платы за заготовку живицы и древесных соков, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Методическим указаниям, и устанавливаются раздельно в расчете на каждый гектар леса, предоставленный в долгосрочное лесопользование, и на каждый центнер живицы и древесных соков, получаемый при подсочке деревьев.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Ставки платы за заготовку живицы по площади рассчитываются на 1 год на основе ежегодной суммы удельных затрат на 1 гектар покрытых лесом земель согласно данных графы 5 приложения 4 к настоящим Методическим указаниям на все лесное хозяйство, так как подсочке подвергаются спелые и перестойные насаждения хвойных пород, которые при подсочке должны возместить определенную часть затрат на их выращивание.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z85" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Ставки платы за заготовку древесных соков по площади рассчитываются на 1 год на основе половины ежегодной суммы удельных затрат на 1 гектар покрытых лесом земель в соответствии с данными графы 5 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Методическим указаниям на все лесное хозяйство, так как подсочке подвергаются березовые насаждения, возраст спелости которых в 2 раза меньше, чем у хвойных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z86" w:id="80"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z86" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Ставки платы за заготовку живицы и древесных соков по площади предназначаются для определения размера платы за лесные ресурсы, предоставляемые в долгосрочное лесопользование.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z87" w:id="81"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z87" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Ставки платы за каждый центнер добытой живицы и древесных соков рассчитываются по разнице между рыночными ценами на них и затратами на их заготовку, хранение, транспортировку и реализацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z88" w:id="82"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z88" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. В случаях, когда фактические ставки платы за заготовку одного центнера живицы и древесных соков, установленные по разнице между рыночными ценами и затратами на их заготовку, хранение, транспортировку и реализацию, окажутся менее 25 % и 40 % соответствующих рыночных цен, то вместо них применяются ставки платы, рассчитанные на уровне 25 % и 40 % их рыночных цен соответственно.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Расчет ставок платы за заготовку второстепенных древесных ресурсов</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z89" w:id="83"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z90" w:id="84"/>
+    <w:bookmarkStart w:name="z90" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Ставки платы за заготовку второстепенных древесных ресурсов устанавливаются только в расчете на единицу веса для каждого их вида: коры, ветвей, пней, корней, листьев, почек в соответствии со схемой установления ставок платы за заготовку второстепенных древесных пород, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z91" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Ставки платы за заготовку второстепенных древесных ресурсов, в зависимости от их вида, определяются по ставкам платы за древесину, отпускаемую на корню, за 1 плотный кубометр дровяной древесины соответствующей породы, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 587 Налогового кодекса по процентам, указанным в таблице 1 </w:t>
+        <w:t xml:space="preserve"> статьи 630 Налогового кодекса по процентам, указанным в таблице 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Методическим указаниям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z92" w:id="86"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 35 – в редакции приказа Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. К ставкам платы за заготовку второстепенных древесных ресурсов, установленным согласно пункта 34 настоящих Методических указаний, применяются повышающие и понижающие коэффициенты, установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 587 Налогового кодекса.</w:t>
+        <w:t xml:space="preserve"> статьи 630 Налогового кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 36 – в редакции приказа Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Расчет ставок платы за побочные лесные пользования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z93" w:id="87"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z94" w:id="88"/>
+    <w:bookmarkStart w:name="z94" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Ставки платы за побочные лесные пользования на участках государственного лесного фонда устанавливаются в соответствии со схемой установления ставок платы за побочные лесные пользования на участках государственного лесного фонда, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Методическим указаниям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z95" w:id="89"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z95" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Все разнообразие побочных лесных пользований с изъятием лесных ресурсов, в целях сокращения существующего многообразия цен, классифицируется по группам, согласно таблицы 2 приложению 9 к настоящим Методическим указаниям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z96" w:id="90"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z96" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. Ставки платы за лесные пользования, указанные в таблице 2 приложения 9, определяются в соответствии со схемой установления ставок платы за побочные лесные пользования на участках государственного лесного фонда, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Методическим указаниям, и устанавливаются по разнице между рыночными ценами и суммой затрат на их заготовку, обработку, транспортировку и реализацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z97" w:id="91"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z97" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Рыночные цены за лесные ресурсы, указанные в таблице 2 приложения 9 к настоящим Методическим указаниям, определяются по месту осуществления лесных пользований в сезон их массового сбора и заготовок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z98" w:id="92"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z98" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Уровень ставок платы за отдельные виды побочных лесных пользований зависит от фактической трудоемкости лесопользования, но не может быть менее 40 % рыночной цены для всех видов орехов, плодов и ягод, а также менее 30 % рыночной цены для отдельных частей лекарственных растений и технического сырья, за исключением почек и корней, которые вместе с остальными видами ресурсов (мхи, лесная подстилка, опавшие листья, камыш) имеют 20 % порог.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z99" w:id="93"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z99" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Если на местах отдельные виды ресурсов побочных лесных пользований еще не имеют устоявшейся рыночной цены, то ставки платы за них устанавливаются, либо по ставкам платы, используемым в соседних регионах со сходными условиями, либо путем экспертных оценок специалистов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z100" w:id="94"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z100" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 Земельного кодекса Республики Казахстан от 20 июня 2003 года ставки платы за пользование земельными участками устанавливаются не ниже размеров ставок земельного налога.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z101" w:id="95"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z101" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. Ставки платы за лесные побочные пользования в виде размещения ульев и пасек устанавливаются по сумме ежегодных удельных затрат на проведение лесоустроительных работ, наземной и авиационной охраны лесов, административно-управленческих и контрольно-инспекционных функций в расчете на 1 гектар государственного лесного фонда согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2742,172 +3075,172 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Методическим указаниям и в соответствии со схемой установления ставок платы за побочные лесные пользования на участках государственного лесного фонда, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Методическим указаниям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z102" w:id="96"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z102" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Для определения конкретных размеров ставок платы за сенокосные угодья сумма ежегодных удельных затрат на 1 гектар государственного лесного фонда, определяемых согласно пункта 44 настоящих Методических указаний, дифференцируются по трем группам их качественного состояния: хорошее - коэффициент 1,2 (К=1,2), удовлетворительное - коэффициент 0,9 (К=0,9) и плохое - коэффициент 0,7 (К=0,7).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z103" w:id="97"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z103" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Ежегодная сумма удельных затрат на содержание 1 гектара пастбищных угодий устанавливается на уровне ставки платы за сенокосы неудовлетворительного качества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z104" w:id="98"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z104" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Расчет ставки платы за пастьбу одной головы сельскохозяйственных животных осуществляется через норму площади, установленную для выпаса крупного рогатого скота, путем ее умножения на возможную сумму оплаты за использование 1 гектара пастбищных угодий, определенную согласно пункту 46 настоящих Методических указаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z105" w:id="99"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z105" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ставки платы за пастьбу 1 головы скота по остальным группам животных устанавливаются по процентным соотношениям, указанным в таблице 3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z106" w:id="100"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z106" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Ставки платы за размещение одного улья на участках государственного лесного фонда определяются на уровне суммы удельных затрат, устанавливаемых согласно пункта 44 настоящих Методических указаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z107" w:id="101"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z107" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. Ставки платы за пользование участками государственного лесного фонда для звероводства и мараловодства определяются по сумме удельных затрат на проведение лесоустроительных работ, наземной и авиационной охраны, административно-управленческих и контрольно-инспекционных функций на 1 гектар покрытых лесом земель государственного лесного фонда, согласно данных графы 5 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2922,90 +3255,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Методическим указаниям с учетом нормативной плотности содержания зверей и маралов на единице площади.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z108" w:id="102"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z108" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Ставки платы за побочные пользования в виде сенокошения, пастьбы скота и за использование участков лесного фонда для огородничества, бахчеводства, садоводства и выращивания иных сельскохозяйственных культур, для нужд охотничьего хозяйства устанавливаются на уровне земельных налогов, определенных налоговым законодательством.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Расчет ставок платы за пользование участками государственного лесного фонда для нужд охотничьего хозяйства, в научно-исследовательских, оздоровительных, рекреационных, историко-культурных, туристских, и спортивных целях</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z109" w:id="103"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z110" w:id="104"/>
+    <w:bookmarkStart w:name="z110" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51. Пользование участками государственного лесного фонда для нужд охотничьего хозяйства, в научно-исследовательских, оздоровительных, рекреационных, историко-культурных, туристских и спортивных целях осуществляются в порядке краткосрочного и долгосрочного лесопользования, в соответствии с распределением видов лесных пользований по срокам, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3020,152 +3353,152 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Методическим указаниям, а также схемы установления ставок платы за пользованиями участками государственного лесного фонда согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Методическим указаниям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z111" w:id="105"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z111" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Из числа видов лесных пользований, указанных в пункте 50 настоящих Методических указаний, пользование участками лесного фонда для нужд охотничьего хозяйства осуществляется только в порядке долгосрочного лесопользования, а все остальные – как в порядке краткосрочного, так и в порядке долгосрочного лесопользования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z112" w:id="106"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z112" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       53. Ставки платы при краткосрочном лесопользовании устанавливаются в тенге за каждый день пребывания, а при долгосрочном – в расчете за 1 гектар используемой площади. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z113" w:id="107"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z113" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Ставки платы за краткосрочное пользование участками государственного лесного фонда в научно-исследовательских, оздоровительных, рекреационных, историко-культурных, туристских и спортивных целях устанавливаются в размере 0,1 месячного расчетного показателя в расчете за каждый день пребывания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z114" w:id="108"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z114" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       55. Ставки платы за долгосрочное лесопользование участками государственного лесного фонда в научно-исследовательских и оздоровительных целях устанавливаются в размере половины ежегодной суммы удельных затрат на лесоустройство, наземную и авиационную охрану лесов, административно-управленческие и контрольно-инспекционные функции в расчете на 1 гектар государственного лесного фонда согласно данных графы 4 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Методическим указаниям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z115" w:id="109"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z115" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56. Ставки платы за долгосрочное лесопользование участками государственного лесного фонда в историко-культурных, рекреационных, туристских и спортивных целях устанавливаются на уровне ежегодной суммы удельных затрат на лесоустройство, наземную и авиационную охрану лесов, административно-управленческие и контрольно-инспекционные функции в расчете на 1 гектар государственного лесного фонда, согласно данных графы 5 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3180,51 +3513,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Методическим указаниям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3290,88 +3623,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Методическим указаниям расчета</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ставок платы за лесные пользования на участках государственного лесного фонда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z117" w:id="110"/>
+    <w:bookmarkStart w:name="z117" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Схема формирования и базовые компоненты общей экономической оценки лесов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z118" w:id="111"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z118" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="7975600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -3502,70 +3835,70 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Методическим указаниям расчета</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ставок платы за лесные пользования на участках государственного лесного фонда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z120" w:id="112"/>
+    <w:bookmarkStart w:name="z120" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="3403600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
@@ -3683,70 +4016,70 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Методическим указаниям расчета ставок платы за лесные пользования на участках государственного лесного фонда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z122" w:id="113"/>
+    <w:bookmarkStart w:name="z122" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="4076700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
@@ -3877,170 +4210,171 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Методическим указаниям расчета</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ставок платы за лесные пользования на участках государственного лесного фонда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z124" w:id="114"/>
+    <w:bookmarkStart w:name="z124" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Состав и сумма затрат на охрану, защиту, воспроизводство лесов и лесоразведение по ____________________ области за _______ год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="838"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="687"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование показателей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4114,4053 +4448,3654 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 общей площади ГЛФ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 покрытых лесом земель ГЛФ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лесоустройство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Проектно-изыскательские и селекционно-семеноводческие работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Выращивание сеянцев и саженцев</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Создание лесных культур и содействие естественному возобновлению</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Создание лесных насаждений на неудобных землях</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уход за лесными культурами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рубки ухода и выборочные санитарные рубки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лесозащитные работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наземная охрана лесов, включая содержание ПХС, временных пожарных сторожей, связь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Авиационная охрана лесов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Повышение продуктивности лесов, улучшение земельных угодий и благоустройство территорий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Развитие материально-технической базы (приобретение,  строительство, ремонт и другие.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реализация инновационных и иных проектов, включая международные проекты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подготовка, повышение квалификации и переподготовка кадров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Административно-управленческая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Контрольно-инспекционная деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация лесных пользований (отвод участков)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Общая сумма расходов на лесное хозяйство (со строки 1 по 17 строку)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="838" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9654" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Общая сумма затрат на лесоустройство, проектно-изыскательские и селекционно-семеноводческие работы, наземную и авиационную охрану лесов, административно-управленческую и контрольно-инспекционную деятельность (1 строка + 2 строка + 9 строка + 10 строка + 15 строка + 16 строка)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z125" w:id="115"/>
+    <w:bookmarkStart w:name="z125" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z126" w:id="116"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z126" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ГЛФ – государственный лесной фонд;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z127" w:id="117"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z127" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПХС – пажарно-химическая станция.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8226,88 +8161,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Методическим указаниям расчета</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ставок платы за лесные пользования на участках государственного лесного фонда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z129" w:id="118"/>
+    <w:bookmarkStart w:name="z129" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Схема установления ставок платы за заготовку живицы и древесных соков</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z130" w:id="119"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z130" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7454900" cy="8928100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
@@ -8438,88 +8373,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Методическим указаниям расчета ставок платы за лесные пользования на участках государственного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>лесного фонда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z132" w:id="120"/>
+    <w:bookmarkStart w:name="z132" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Схема установления ставок платы за заготовку второстепенных древесных ресурсов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z133" w:id="121"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z133" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7124700" cy="8102600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
@@ -8650,88 +8585,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Методическим указаниям расчета ставок платы за лесные пользования на участках государственного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>лесного фонда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z135" w:id="122"/>
+    <w:bookmarkStart w:name="z135" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Схема установления ставок платы за побочные лесные пользования на участках ГЛФ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z136" w:id="123"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z136" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="4368800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
@@ -8862,88 +8797,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Методическим указаниям расчета ставок платы за лесные пользования на участках государственного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>лесного фонда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z138" w:id="124"/>
+    <w:bookmarkStart w:name="z138" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Схема установления ставок платы за пользование участками государственного лесного фонда для нужд охотничьего хозяйства, научно-исследовательских, оздоровительных, рекреационных, историко-культурных, туристских и спортивных целей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z139" w:id="125"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z139" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7556500" cy="7099300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:stretch>
@@ -9100,644 +9035,669 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Таблица 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2755"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1647"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2755" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Виды второстепенных древесных ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кора, тонн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ветви, тонн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пни, тонн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1646" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Корни тонн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1646" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Листья, тонн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1647" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Почки, килограмм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2755" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Процент от ставки платы за 1 плотный м3 дровяной древесины соответствующей породы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1645" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1646" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1646" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1647" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
@@ -9805,73 +9765,74 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Таблица 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1989"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="860"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -9993,1129 +9954,1177 @@
               <w:t>
 Лекарственные растения и техническое сырье</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 грецкий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кедровый</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 другие виды  орехов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 семечковые</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 косточковые</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 травы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 цветки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 листья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 стебли и побеги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 почки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 плоды и яго ды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 корни</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Минимальные ставки платы, в % от рыночных цен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11144,51 +11153,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 грибы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11217,51 +11226,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 другие пищевые продукты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11290,51 +11299,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 лесная подстилка и опавшие  листья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11368,51 +11377,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 чий и другие виды ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11437,356 +11446,384 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
@@ -11854,68 +11891,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Таблица 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1989"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1402"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -12000,560 +12038,560 @@
               <w:t>
 Мелкий скот</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1903" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 верблюд</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КРС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 лошадь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 молодняк крупного скота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 осел</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 коза</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 овца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соотношение ставок, %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1903" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12615,55 +12653,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>