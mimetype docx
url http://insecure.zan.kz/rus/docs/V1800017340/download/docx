--- v0 (2025-11-13)
+++ v1 (2026-01-15)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f86ad35" w14:textId="f86ad35">
+    <w:p w14:paraId="08d3729" w14:textId="08d3729">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении натуральных норм обеспечения имуществом обучающихся Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Генерального Прокурора Республики Казахстан от 22 августа 2018 года № 100. Зарегистрирован в Министерстве юстиции Республики Казахстан 6 сентября 2018 года № 17340</w:t>
+        <w:t>Приказ Генерального Прокурора Республики Казахстан от 22 августа 2018 года № 100. Зарегистрирован в Министерстве юстиции Республики Казахстан 6 сентября 2018 года № 17340. Утратил силу приказом Генерального Прокурора Республики Казахстан от 10 ноября 2025 года № 139.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу приказом Генерального Прокурора РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 139</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -328,260 +406,295 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Генеральный Прокурор</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-          </w:tcPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>К. Кожамжаров</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z13" w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАНО"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>Министр финансов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________ Б. Султанов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>08 августа 2018 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -711,248 +824,249 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица 1. Натуральные нормы обеспечения мебелью</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2007"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1654"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z17" w:id="11"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="11"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование мебели и хозяйственного инвентаря</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единица измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество положенное по норме (ед.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок службы (год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -993,1348 +1107,1348 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилая комната</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="12"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z19" w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="13"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кровать одноярусная деревянная с матрасом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 7 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на обучающегося</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z20" w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="14"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Стул </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на обучающегося</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z21" w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="15"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Стол </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на комнату</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z22" w:id="16"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="16"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прикроватная тумба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на обучающегося</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z23" w:id="17"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="17"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шкаф комбинированный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на комнату</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z24" w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="18"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шторы и/или жалюзи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 к-т</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2375,456 +2489,456 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Душевая комната</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="19"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z26" w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="20"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Лавочка деревянная для душевой </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на комнату</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z27" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="21"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Коврик для душевой </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2865,679 +2979,679 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Общая кухня</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="22"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z29" w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="23"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Стол обеденный </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 на кухню </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z30" w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="24"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Стул </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на кухню</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z31" w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="25"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Кухонный гарнитур </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 к-т</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3578,679 +3692,679 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комната отдыха</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="26"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z33" w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="27"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Уголок отдыха </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 на комнату </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z34" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="28"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ковер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 на комнату </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z35" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="29"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тумба под ТВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4291,902 +4405,902 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мебель для обучающегося в аудитории</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="30"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z37" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="31"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стол письменный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 на обучающегося </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z38" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="32"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Стул </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на обучающегося</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z39" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="33"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Шкаф для документов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на аудиторию</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2007" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z40" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="34"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Трибуна </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5211,248 +5325,249 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Таблица 2. Натуральные нормы обеспечения бытовой техникой и оборудованием </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1631"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1141"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z42" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="36"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1579" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование бытовой техники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единица измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество положенное по норме (ед.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок службы (год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5493,902 +5608,902 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бытовая комната</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="37"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z44" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="38"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1579" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Утюг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на комнату</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z45" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="39"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1579" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гладильная доска</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на комнату</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z46" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 3 </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="40"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1579" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стиральная машина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на комнату</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z47" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="41"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1579" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сушилка для белья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6429,905 +6544,898 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Общая кухня</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="42"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z49" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="43"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1579" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Микроволновая печь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 на кухню </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z50" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="44"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1579" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Холодильник</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на кухню</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z51" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="45"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1579" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электрическая плита</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на кухню</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z52" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="46"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1579" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вытяжка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7368,233 +7476,233 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комната отдыха</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="47"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z54" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 9 </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="48"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1579" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Телевизор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1141" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7619,248 +7727,249 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица 3. Натуральные нормы обеспечения постельным бельем и постельными принадлежностями</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1235"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="864"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1235" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z56" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="50"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4073" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование постельного белья и постельной принадлежности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единица измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3076" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество положенное по норме (ед.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2080" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок службы (год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="864" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7901,902 +8010,902 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Постельные принадлежности</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="51"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1235" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z58" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="52"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4073" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подушка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3076" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2080" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="864" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на обучающегося</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1235" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z59" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="53"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4073" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Одеяло</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3076" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2080" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="864" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на обучающегося</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1235" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z60" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="54"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4073" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Покрывало</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3076" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2080" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="864" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на обучающегося</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1235" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z61" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="55"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4073" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Постельное белье в комплекте (наволочка, пододеяльник, простыня)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 к-т</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3076" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2080" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="864" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8821,3951 +8930,3952 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Таблица 4. Норма обеспечения хозяйственными товарами, моющими и чистящими средствами </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1876"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="873"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z63" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="57"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование предметов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единица измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество положенное по норме (ед.) на одного уборщика помещений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок службы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z64" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="58"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Порошок стиральный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гр.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z65" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="59"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Хозяйственное мыло</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гр.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z66" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="60"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туалетное мыло</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гр.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z67" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="61"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жидкое мыло</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 л.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z68" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="62"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освежитель воздуха</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z69" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="63"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средство для чистки мебели с опрыскивателем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z70" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="64"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средство для чистки унитазов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z71" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="65"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средство для чистки труб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z72" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="66"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средство отбеливающее</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 л.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z73" w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="67"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средство для мытья ковровых изделий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z74" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="68"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средство для чистки стеклянных и зеркальных поверхностей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z75" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="69"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средство для чистки раковин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гр.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z76" w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="70"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Мешки для мусора (10кг) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 рул.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z77" w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="71"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мешки для мусора (25 кг)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 рул.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z78" w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="72"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ветошь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 м.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z79" w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="73"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Перчатки хозяйственные </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z80" w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="74"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туалетная бумага</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 рул.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z81" w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="75"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Щетка и совок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 к-т</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z82" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="76"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Швабра с насадкой </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 к-т</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z83" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="77"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тряпки для удаления пыли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12978,55 +13088,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -13356,35 +13488,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>