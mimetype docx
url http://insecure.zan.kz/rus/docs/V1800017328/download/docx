--- v0 (2025-10-15)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4e551cd" w14:textId="4e551cd">
+    <w:p w14:paraId="d09f5d0" w14:textId="d09f5d0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1082,74 +1082,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>- дееспособный гражданин Республики Казахстан, постоянно проживающий на ее территории, имеющий высшее образование и трудовой стаж не менее четырех лет, прошедший аттестацию и зарегистрированный в реестре патентных поверенных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) экспертная организация - Республиканское государственное предприятие на праве хозяйственного ведения "Национальный институт интеллектуальной собственности" Министерства юстиции Республики Казахстан;</w:t>
+      4) экспертная организация – Республиканское государственное предприятие на праве хозяйственного ведения "Национальный институт интеллектуальной собственности" Комитета по правам интеллектуальной собственности Министерства юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) стороны - физические и (или) юридические лица, а также патентные поверенные, участвующие в рассмотрении возражений в Апелляционном совете.</w:t>
+      5) стороны – физические и (или) юридические лица, в том числе патентные поверенные, юридические консультанты, адвокаты или иные представители по доверенности, участвующие в рассмотрении возражений в Апелляционном совете.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменениями, внесенными приказом Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Основные права Апелляционного совета</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1242,1328 +1304,1450 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) заслушивать на заседаниях коллегий представителей сторон и задавать им вопросы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Организация деятельности Апелляционного совета</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Состав Апелляционного совета утверждается приказом Министра юстиции Республики Казахстан (либо лицом его замещающим).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
-[...15 lines deleted...]
-      В состав апелляционного совета входит нечетное число (не менее пяти) членов, включая представителей уполномоченных органов по предпринимательству, в области развития агропромышленного комплекса, в сфере охраны селекционных достижений, в сфере охраны изобретений, полезных моделей и промышленных образцов, в области науки, государственной поддержки инновационной деятельности, информации и общественного развития, здравоохранения и в области охраны товарных знаков, географических указаний и наименований мест происхождения товаров, а также общественных советов от указанных уполномоченных органов.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав апелляционного совета входит нечетное число (не менее пяти) членов, включая представителей уполномоченных органов по предпринимательству, в области развития агропромышленного комплекса, в сфере охраны селекционных достижений, в сфере охраны изобретений, полезных моделей и промышленных образцов, в области науки, государственной поддержки инновационной деятельности, информации и общественного развития, здравоохранения и в области охраны товарных знаков, географических указаний и наименований мест происхождения товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В состав апелляционного совета не могут входить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) патентные поверенные;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) супруги, близкие родственники или свойственники;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сотрудники экспертной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Замена любого члена апелляционного совета возможна в случае:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) самоотвода или отвода, заявленного участниками заседания апелляционного совета, на основании пункта 7 настоящего Положения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отсутствия в связи с временной нетрудоспособностью, нахождением в отпуске или в командировке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Председателем Апелляционного совета является Вице-министр юстиции Республики Казахстан. Во время отсутствия председателя его функции выполняет заместитель председателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Председатель Апелляционного совета:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) руководит его деятельностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определяет график заседания Апелляционного совета, а также место и время проведения заседаний Апелляционного совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) созывает заседания Апелляционного совета и председательствует на них.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Материалы заседания Апелляционного совета после согласования с председателем доводятся до каждого члена коллегии Апелляционного совета не позднее, чем за пять рабочих дней до даты проведения заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Функции рабочего органа Апелляционного совета возлагаются на Управление по досудебному рассмотрению споров в сфере промышленной собственности Комитета по правам интеллектуальной собственности Министерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 6 с изменением, внесенным приказом и.о. Министра юстиции РК от 26.08.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Функциями Апелляционного совета являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ведение приема возражений, поступающих в Министерство, формирование материалов возражений к рассмотрению в Апелляционном совете:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на решения экспертной организации об отказе в регистрации товарного знака, в том числе отказе в предоставлении правовой охраны товарному знаку, заявленному в соответствии с пунктами 1 и 2 статьи 5 Протокола к Мадридскому соглашению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на решения экспертной организации об отказе в регистрации и (или) предоставлении права пользования географическим указанием и наименованием места происхождения товара;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      против регистрации товарного знака, в том числе в соответствии с пунктом 6 статьи 5 Протокола к Мадридскому соглашению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      против регистрации и (или) предоставления права пользования географическим указанием и наименованием места происхождения товара;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на решения экспертной организации об отказе в выдаче патента на объект промышленной собственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на решения экспертной организации об отказе в рассмотрении заявки на выдачу патента на селекционное достижение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на решения экспертной организации об отказе в выдаче патента на селекционное достижение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) подготовка и проведение заседаний Апелляционного совета, уведомление сторон, составление решений Апелляционного совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z58" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) пересмотр решений экспертной организации, на которое подано возражение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z59" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) вынесение по результатам рассмотрения возражений заявителей одно из решений, предусмотренных пунктом 14 настоящего Положения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 с изменением, внесенным приказом и.о. Министра юстиции РК от 26.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 715</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
-[...501 lines deleted...]
-      4) вынесение по результатам рассмотрения возражений заявителей одно из решений, предусмотренных пунктом 14 настоящего Положения.</w:t>
+    <w:bookmarkStart w:name="z60" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Апелляционный совет выносит одно из следующих решений:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z61" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) об удовлетворении возражения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z62" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) о частичном удовлетворении возражения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z63" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) об отказе в рассмотрении возражения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z64" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) об отказе в удовлетворении возражения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z65" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Апелляционный совет по своей инициативе не изменяет предмет или основание возражения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z66" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Рабочий орган Апелляционного совета:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z67" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) координирует работу членов Апелляционного совета и привлеченных к ее деятельности специалистов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z68" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивает и контролирует сбор и анализ материалов возражений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z69" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Секретарь Апелляционного совета не является членом Апелляционного совета и осуществляет подготовку предложений к графику заседаний коллегий Апелляционного совета, необходимых документов, материалов и оформление проекта протокола и проектов решений после проведения заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z70" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Апелляционный совет проводит заседания в соответствии с графиком заседаний, утверждаемым председателем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 13 с изменением, внесенным приказом и.о. Министра юстиции РК от 26.08.2022 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. Исключен приказом Министра юстиции РК от 15.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 193</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Решения Апелляционного совета принимаются большинством голосов путем открытого голосования и считаются принятыми, если за них подано большинство голосов от общего количества членов коллегии Апелляционного совета, участвующих в заседании. В случае равенства голосов принятым считается решение, за которое проголосовал председатель.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z73" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Все члены Апелляционного совета при рассмотрении возражения пользуются равными правами. Решение Апелляционного совета принимается большинством голосов от общего числа его членов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z74" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председательствующий оглашает резолютивную часть принятого решения лицам, участвующим в рассмотрении возражения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z75" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Принятое решение направляется лицам, участвовавшим в рассмотрении возражения, в течение десяти рабочих дней с даты его вынесения. Решение апелляционного совета излагается в письменной форме и состоит из вводной, описательной, мотивировочной и резолютивной частей. Решение подписывается всеми членами Апелляционного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 - в редакции приказа и.о. Министра юстиции РК от 26.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 715</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="47"/>
-[...218 lines deleted...]
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z77" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Апелляционный совет может оставить возражение без рассмотрения по ходатайству заявителя возражения. Решение об оставлении возражения без рассмотрения оформляется протоколом заседания Апелляционного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z78" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Принятое решение может быть обжаловано в суд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 23 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">18. Исключен приказом Министра юстиции РК от 15.04.2019 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="58"/>
-[...177 lines deleted...]
-      23. Принятое решение может обжаловаться в суде.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Апелляционный совет оставляет возражение без рассмотрения, если:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z79" w:id="64"/>
-[...15 lines deleted...]
-      24. Апелляционный совет оставляет возражение без рассмотрения, если:</w:t>
+    <w:bookmarkStart w:name="z80" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) лицо, подавшее возражение, надлежаще извещенное о времени и дате проведения заседания Апелляционного совета, не заявившее о рассмотрении возражения в его отсутствие, не явилось на заседание Апелляционного совета по вторичному вызову;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z80" w:id="65"/>
-[...15 lines deleted...]
-      1) лицо, подавшее возражение, надлежаще извещенное о времени и дате проведения заседания Апелляционного совета, не заявившее о рассмотрении возражения в его отсутствие, не явилось на заседание Апелляционного совета по вторичному вызову;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) имеется ходатайство лица, подавшего возражение, об отзыве своего возражения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z81" w:id="66"/>
-[...15 lines deleted...]
-      2) имеется ходатайство лица, подавшего возражение, об отзыве своего возражения.</w:t>
+    <w:bookmarkStart w:name="z82" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Решение об оставлении возражения без рассмотрения фиксируется в протоколе заседания Апелляционного совета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z82" w:id="67"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2889,31 +3073,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>