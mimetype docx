--- v0 (2025-10-12)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3260fba" w14:textId="3260fba">
+    <w:p w14:paraId="ae1443c" w14:textId="ae1443c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -151,51 +151,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание РЦПИ!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Настоящий приказ вводится в действие с 23.09.2018.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Преамбула предусматривается в редакции приказа Министра юстиции РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2027).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -220,521 +305,530 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9-1 Закона Республики Казахстан от 10 июня 1996 года "Об авторском праве и смежных правах" и подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра юстиции РК от 19.03.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 104</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Утвердить:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...81 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Правила внесения сведений и их изменений в Государственный реестр прав на объекты, охраняемые авторским правом, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) форму свидетельства о внесении сведений в Государственный реестр прав на объекты, охраняемые авторским правом, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 с изменением, внесенным приказом Министра юстиции РК от 19.03.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 104</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Департаменту по правам интеллектуальной собственности Министерства юстиции Республики Казахстан обеспечить:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p>
-[...77 lines deleted...]
-      2. Департаменту по правам интеллектуальной собственности Министерства юстиции Республики Казахстан обеспечить:</w:t>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
-[...15 lines deleted...]
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан его направление в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" Министерства юстиции Республики Казахстан для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) размещение настоящего приказа на официальном интернет-ресурсе Министерства юстиции Республики Казахстан; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) исключен приказом Министра юстиции РК от 15.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными приказами Министра юстиции РК от 30.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 819</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 15.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на курирующего Вице-министра юстиции Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:p>
-[...141 lines deleted...]
-      3. Контроль за исполнением настоящего приказа возложить на курирующего Вице-министра юстиции Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие с 23 сентября 2018 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -982,125 +1076,201 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 28 августа 2018 года № 1315</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Правила предусматривается в редакции приказа Министра юстиции РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2027).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила внесения сведений и их изменений в Государственный реестр прав на объекты, охраняемые авторским правом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила - в редакции приказа Министра юстиции РК от 19.03.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="11"/>
+    <w:bookmarkStart w:name="z85" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z86" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z86" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила внесения сведений и их изменений в Государственный реестр прав на объекты, охраняемые авторским правом (далее – Правила), разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1135,611 +1305,621 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9-1 Закона Республики Казахстан от 10 июня 1996 года "Об авторском праве и смежных правах" (далее - Закон) и подпунктом 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" и определяют порядок внесения сведений и их изменений в Государственный реестр прав на объекты, охраняемые авторским правом (далее – Реестр).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z87" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основные понятия, используемые в настоящих Правилах:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z87" w:id="13"/>
-[...15 lines deleted...]
-      2. Основные понятия, используемые в настоящих Правилах:</w:t>
+    <w:bookmarkStart w:name="z148" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) автор – физическое лицо, творческим трудом которого создано произведение науки, литературы, искусства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z148" w:id="14"/>
-[...15 lines deleted...]
-      1) автор – физическое лицо, творческим трудом которого создано произведение науки, литературы, искусства;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) исключен приказом Министра юстиции РК от 15.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z150" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) государственная услуга – одна из форм реализации отдельных государственных функций, осуществляемых в индивидуальном порядке по обращению или без обращения услугополучателей и направленных на реализацию их прав, свобод и законных интересов, предоставление им соответствующих материальных или нематериальных благ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z151" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) личный кабинет – электронный кабинет услугополучателя, предназначенный для подачи заявления для внесения сведений в Государственный реестр прав на объекты, охраняемые авторским правом, и их изменений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z152" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Реестр – информационная система, содержащая сведения об авторских правах на объекты, охраняемые авторским правом, внесенных на основании заявлений авторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z153" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) свидетельство – документ, подтверждающий внесение сведений в Государственный реестр прав на объекты, охраняемые авторским правом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z154" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) услугодатель – организация, созданная по решению Правительства Республики Казахстан в организационно-правовой форме республиканского государственного предприятия на праве хозяйственного ведения, подведомственная в своей деятельности уполномоченному органу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z155" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2) исключен приказом Министра юстиции РК от 15.02.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа Министра юстиции РК от 30.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 819</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказом Министра юстиции РК от 15.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z150" w:id="15"/>
-[...115 lines deleted...]
-      8) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания.</w:t>
+    <w:bookmarkStart w:name="z95" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:p>
-[...95 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+    <w:bookmarkStart w:name="z96" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга оказывается Республиканским государственным предприятием на праве хозяйственного ведения "Национальный институт интеллектуальной собственности" Министерства юстиции Республики Казахстан (далее – услугодатель).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z96" w:id="22"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z97" w:id="23"/>
+    <w:bookmarkStart w:name="z97" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Основанием для внесения сведений в Реестр является подача заявления о внесении сведений в Государственный реестр прав на объекты, охраняемые авторским правом (далее - заявление), автором лично или через иного представителя с предоставлением электронной копии нотариально заверенной доверенности (далее – услугополучатель) по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z98" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Для получения государственной услуги услугополучатель направляет услугодателю посредством веб-портала "электронного правительства" (далее – веб-портал):</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z98" w:id="24"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z99" w:id="25"/>
+    <w:bookmarkStart w:name="z99" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) заявление по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z100" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z100" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) экземпляр произведения. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вместо экземпляра произведения к заявлению могут прилагаться эскизы, чертежи, рисунки или фотографии, а в отношении программ для электронной вычислительной машины (ЭВМ) или баз данных – реферат, включающий название программы или базы данных, фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность) автора, дату создания, область применения, назначение, функциональные возможности, основные технические характеристики, язык программирования, тип реализующей ЭВМ, а также исходный код (исходный текст);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в отношении составного или производного произведения дополнительно представляется копия авторского договора, заключенного с автором (-ами) или правообладателем оригинального произведения. В случае, если в составном произведении использованы произведения других авторов, срок охраны которых истек на дату подачи заявления услугополучателем, авторский договор не требуется. В случае истечения срока охраны произведения, на основе которого создано производное произведение, представление авторского договора с автором основного произведения не требуется;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:p>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z103" w:id="28"/>
+    <w:bookmarkStart w:name="z103" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) в отношении произведений религиозного содержания дополнительно представляется электронная копия положительного заключения религиоведческой экспертизы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z104" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z104" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При внесении изменений в сведения в Реестр - заявление о внесении изменений в сведения в Государственном реестре прав на объекты, охраняемые авторским правом, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1758,212 +1938,212 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="30"/>
+    <w:bookmarkStart w:name="z105" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Основные требования к оказанию государственной услуги, включающие характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведены в перечне основных требований к оказанию государственной услуги "Внесение сведений и их изменений в Государственный реестр прав на объекты, охраняемые авторским правом" согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа Министра юстиции РК от 30.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 819</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z106" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В процессе оказания государственной услуги руководитель управления и (или) заместитель руководителя управления услугодателя отписывает заявление и документы работнику управления в течение 2 (двух) рабочих часов после подачи заявления. Работник управления услугодателя рассматривает заявление и документы и оформляет результат оказания государственной услуги в течение 7 (семи) рабочих часов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:p>
-[...77 lines deleted...]
-      7. В процессе оказания государственной услуги руководитель управления и (или) заместитель руководителя управления услугодателя отписывает заявление и документы работнику управления в течение 2 (двух) рабочих часов после подачи заявления. Работник управления услугодателя рассматривает заявление и документы и оформляет результат оказания государственной услуги в течение 7 (семи) рабочих часов.</w:t>
+    <w:bookmarkStart w:name="z107" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель управления или заместитель руководителя услугодателя согласовывают результат оказания государственной услуги. Руководитель услугодателя подписывает результат оказания государственной услуги в течение 1 (одного) часа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z107" w:id="32"/>
-[...15 lines deleted...]
-      Руководитель управления или заместитель руководителя услугодателя согласовывают результат оказания государственной услуги. Руководитель услугодателя подписывает результат оказания государственной услуги в течение 1 (одного) часа.</w:t>
+    <w:bookmarkStart w:name="z108" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. За внесение сведений в Реестр услугодателем взимается оплата, производимая услугополучателем через личный кабинет веб-портала в соответствии с Ценами на услуги в части внесения сведений в Государственный реестр прав на объекты, охраняемые авторским правом (далее – Цены), размещаемыми на официальных сайтах уполномоченного органа www.adilet.gov.kz и услугодателя www.kazpatent.kz.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z108" w:id="33"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае необходимости заявителем представляется копия документа, подтверждающего основания для уменьшения размера оплаты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2580,86 +2760,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       9. Согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9-1 Закона сведения об авторских правах на произведения, созданные в раздельном соавторстве, могут быть внесены в Реестр раздельно в случае указания на это любым из соавторов в своем заявлении.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z156" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1. При внесении изменений и (или) дополнений в настоящие Правила уполномоченный орган направляет оператору информационно- коммуникационной инфраструктуры "электронного правительства", в Единый контакт-центр, услугодателю информацию о таких изменениях и (или) дополнениях в течение трех рабочих дней после государственной регистрации в органах юстиции соответствующего нормативного правового акта.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7410,62 +7574,148 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Форма - в редакции приказа Министра юстиции РК от 19.03.2020 </w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Форма предусматривается в редакции приказа Министра юстиции РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2027).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Форма - в редакции приказа Министра юстиции РК от 19.03.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
@@ -7781,55 +8031,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -8155,31 +8405,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>