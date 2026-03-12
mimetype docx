--- v0 (2025-10-14)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="123828a" w14:textId="123828a">
+    <w:p w14:paraId="42ee365" w14:textId="42ee365">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -926,1307 +926,1601 @@
         <w:t>
       2. В Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z135" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Апелляционный совет – коллегиальный орган при Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z136" w:id="13"/>
-[...15 lines deleted...]
-      2) охранные документы – документы (патенты на изобретения, промышленные образцы, полезные модели, патенты на селекционные достижения, свидетельства на товарные знаки, знаки обслуживания, наименования мест происхождения товаров), выдаваемые в соответствии с законами Республики Казахстан в области интеллектуальной собственности;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) охранные документы – документы (патенты на изобретения, промышленные образцы, полезные модели, патенты на селекционные достижения, свидетельства на товарные знаки, знаки обслуживания, свидетельства на право пользования географическими указаниями, наименованиями мест происхождения товаров), выдаваемые в соответствии с законами Республики Казахстан в сфере интеллектуальной собственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z137" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Мадридское соглашение - Мадридское соглашение о международной регистрации знаков от 14 апреля 1891 года;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z137" w:id="14"/>
-[...15 lines deleted...]
-      3) Мадридское соглашение - Мадридское соглашение о международной регистрации знаков от 14 апреля 1891 года;</w:t>
+    <w:bookmarkStart w:name="z138" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) протокол к Мадридскому соглашению - протокол к Мадридскому соглашению о международной регистрации знаков от 28 июня 1989 года;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z138" w:id="15"/>
-[...15 lines deleted...]
-      4) протокол к Мадридскому соглашению - протокол к Мадридскому соглашению о международной регистрации знаков от 28 июня 1989 года;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) объекты промышленной собственности – изобретения, полезные модели, промышленные образцы, товарные знаки и знаки обслуживания, географические указания, наименования мест происхождения товаров, селекционные достижения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z140" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) заявитель – лицо, подавшее возражение в Апелляционный совет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z139" w:id="16"/>
-[...15 lines deleted...]
-      5) объекты промышленной собственности - изобретения, полезные модели, промышленные образцы, товарные знаки и знаки обслуживания, наименования мест происхождения товаров, селекционные достижения;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) патентный поверенный – гражданин Республики Казахстан, которому в соответствии с законодательством Республики Казахстан предоставлено право на представительство физических и юридических лиц перед уполномоченным органом и экспертной организацией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) экспертная организация – Республиканское государственное предприятие на праве хозяйственного ведения "Национальный институт интеллектуальной собственности" Комитета по правам интеллектуальной собственности Министерства юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) стороны – физические и (или) юридические лица, в том числе патентные поверенные, юридические консультанты, адвокаты или иные представители по доверенности, участвующие в рассмотрении возражений в Апелляционном совете;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) уполномоченный орган - Министерство юстиции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z140" w:id="17"/>
-[...15 lines deleted...]
-      6) заявитель – лицо, подавшее возражение в Апелляционный совет;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа Министра юстиции РК от 31.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 736</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказом Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок рассмотрения апелляционным советом возражений</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z141" w:id="18"/>
-[...15 lines deleted...]
-      7) патентный поверенный – дееспособный гражданин Республики Казахстан, постоянно проживающий на ее территории, имеющий высшее образование, опыт работы в сфере охраны и защиты прав интеллектуальной собственности не менее четырех лет либо прошедшие стажировку в палате патентных поверенных не менее одного года, прошедший аттестацию и зарегистрированный в реестре патентных поверенных.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Подача возражений</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z142" w:id="19"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> Правительства Республики Казахстан от 11 июля 2002 года № 756 "О создании Республиканского государственного казенного предприятия "Национальный институт интеллектуальной собственности Комитета по правам интеллектуальной собственности Министерства юстиции Республики Казахстан", в организационно-правовой форме республиканского государственного предприятия на праве хозяйственного ведения, подведомственная в своей деятельности уполномоченному органу;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В Апелляционный совет подаются следующие возражения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z143" w:id="20"/>
-[...157 lines deleted...]
-    <w:bookmarkStart w:name="z146" w:id="25"/>
+    <w:bookmarkStart w:name="z146" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) на решения экспертной организации об отказе в регистрации товарного знака, в том числе отказе в предоставлении правовой охраны товарному знаку, заявленному в соответствии с пунктами 1 и 2 статьи 5 Протокола к Мадридскому соглашению; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z147" w:id="26"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z147" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) на решения экспертной организации об отказе в регистрации и (или) предоставлении права пользования географическим указанием и наименованием места происхождения товара; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z148" w:id="27"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z148" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) против регистрации товарного знака, в том числе в соответствии с пунктом 6 статьи 5 Протокола к Мадридскому соглашению; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z149" w:id="28"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z149" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) против регистрации и (или) предоставления права пользования географическим указанием и наименованием места происхождения товара; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z150" w:id="29"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z150" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) на решения экспертной организации об отказе в выдаче патента на изобретение; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z151" w:id="30"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z151" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) на решения экспертной организации об отказе в рассмотрении заявки на выдачу патента на селекционное достижение; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z152" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) на решения экспертной организации об отказе в выдаче патента на селекционное достижение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z153" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) на решения экспертной организации об отказе в выдаче патента на полезную модель;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z154" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) на решения экспертной организации об отказе в выдаче патента на промышленный образец.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра юстиции РК от 31.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 736</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Регистрация товарного знака может быть оспорена и признана недействительной полностью или частично в течение всего срока действия, если она была осуществлена в нарушение требований, установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, за исключением подпунктов 1), 2) и 3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 7, Закона о товарных знаках, или в течение пяти лет с даты регистрации товарного знака, если она была осуществлена в нарушение требований, установленных подпунктами 1), 2) и 3) пункта 1 статьи 7 Закона о товарных знаках. Возражение против регистрации товарного знака по указанным в настоящем пункте основаниям подает в Апелляционный совет любое заинтересованное лицо.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Регистрация товарного знака может быть оспорена и признана недействительной полностью или частично в течение всего срока действия, если она произведена на имя представителя того, кто является владельцем тождественного или сходного до степени смешения товарного знака в одной из стран - участниц Парижской конвенции по охране промышленной собственности, без разрешения последнего. Возражение против регистрации товарного знака по указанному в настоящем пункте основанию подает владелец (правообладатель) товарного знака, зарегистрированного в одной из стран - участниц Парижской конвенции по охране промышленной собственности.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z152" w:id="31"/>
-[...15 lines deleted...]
-      7) на решения экспертной организации об отказе в выдаче патента на селекционное достижение;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Регистрация товарного знака оспаривается и признается недействительной полностью или частично, если товарный знак является тождественным или сходным до степени смешения в отношении однородных товаров или услуг с фирменным наименованием другого лица, исключительное право на которое в Республике Казахстан возникло ранее даты приоритета товарного знака.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z153" w:id="32"/>
-[...221 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Возражение против регистрации товарного знака по указанному в настоящем пункте основанию подает в Апелляционный совет юридическое лицо, чье фирменное наименование является тождественным или сходным до степени смешения с товарным знаком, зарегистрированным в отношении однородных товаров или услуг. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Патентный поверенный в качестве представителя заявителя, патентообладателя осуществляет деятельность, связанную с ведением дел с уполномоченным органом и экспертной организацией по вопросам правовой охраны объектов интеллектуальной собственности. Ведение дел с уполномоченным органом и экспертной организацией может также осуществляться заявителем и (или) патентообладателем самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Физические лица, проживающие за пределами Республики Казахстан, или иностранные юридические лица осуществляют свои права заявителя, владельца товарного знака, знака обслуживания и права пользования географическим указанием и наименованием места происхождения товара, а также права заинтересованного лица в уполномоченном органе и его организациях через патентных поверенных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Физические лица, постоянно проживающие в Республике Казахстан, но временно находящиеся за ее пределами, осуществляют свои права заявителя, владельца товарного знака, знака обслуживания и права пользования географическим указанием и наименованием места происхождения товара, а также права заинтересованного лица без патентного поверенного при указании адреса для переписки в пределах Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа Министра юстиции РК от 31.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 736</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Возражение и прилагаемые к нему материалы подаются в Апелляционный совет в произвольной письменной форме на казахском или русском языке в бумажном или электронном формате через канцелярию уполномоченного органа. Возражение подается по каждому объекту промышленной собственности в отдельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В возражении указывается фамилия, имя, отчество (при его наличии) физического и наименование юридического лица, подавшего возражение, место жительства или его место нахождения, контактный телефон, электронный адрес, а также адрес для переписки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. К подаваемому возражению прилагаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) материалы, на которые приводятся ссылки в тексте возражения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) доверенность, в случае подачи возражения через патентного поверенного, юридического консультанта, адвоката или иного представителя, выданная в установленном законодательством порядке. В доверенности указываются полномочия на подачу возражения, дополнений, ходатайств и заявлений, в том числе о продлении срока рассмотрения возражения, переносе даты проведения заседания Апелляционного совета и отзыве возражения, на участие в заседании Апелляционного совета. Доверенность подается на казахском или русском языке, если доверенность подается на иностранном языке, то представляется ее перевод на казахском или русском языке, заверенный нотариусом. В случае представления копии доверенности, заявитель представляет оригинал доверенности при явке в Апелляционный совет (после подтверждения подлинности оригинал доверенности подлежит возврату);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копия возражения с приложенными документами для владельца (правообладателя).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
-[...15 lines deleted...]
-      6. Патентный поверенный в качестве представителя заявителя, патентообладателя осуществляет деятельность, связанную с ведением дел с уполномоченным органом и экспертной организацией по вопросам правовой охраны объектов интеллектуальной собственности. Ведение дел с уполномоченным органом и экспертной организацией может также осуществляться заявителем и (или) патентообладателем самостоятельно.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 с изменением, внесенным приказом Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Возражение подписывается лицом, подающим возражение, с указанием даты подписания. От имени юридического лица возражение подписывается руководителем организации или уполномоченным лицом с указанием должности. К возражению также прилагаются копий документов, подтверждающих должность и полномочия такого лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подаче возражения через патентного поверенного, юридического консультанта, адвоката или иного представителя по доверенности возражение подписывается соответственно патентным поверенным, юридическим консультантом, адвокатом или иным представителем по доверенности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Регистрация и прием возражений</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:p>
-[...113 lines deleted...]
-      7. Возражение подается в Апелляционный совет в произвольной письменной форме на казахском и русском языках через канцелярию уполномоченного органа. Прилагаемые к возражению материалы представляются на казахском и русском языках.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Поступившее возражение регистрируется и ему присваивается входящий номер. В течение десяти рабочих дней с даты поступления возражения осуществляется проверка соблюдения предъявляемых </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Патентным законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о товарных знаках, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о селекционных достижениях, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об интегральных микросхемах и настоящими Правилами требований к оформлению, содержанию и процедуре подачи возражения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
-[...15 lines deleted...]
-      8. В возражении указывается фамилия, имя, отчество (при его наличии) физического и наименование юридического лица, подавшего возражение, место жительства или его место нахождения, контактный телефон, электронный адрес, а также адрес для переписки.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       В случае отсутствия необходимых материалов в адрес лица, подавшего возражение, направляется уведомление об отказе в принятии возражения к рассмотрению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
-[...15 lines deleted...]
-      9. К подаваемому возражению прилагаются:</w:t>
+    <w:bookmarkStart w:name="z56" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При повторной подаче после устранения обстоятельств, послуживших основанием для возвращения, возражение заинтересованного лица рассматривается в общем порядке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
-[...15 lines deleted...]
-      1) материалы, на которые приводятся ссылки в тексте возражения;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В принятии возражения к рассмотрению отказывается, если:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
-[...15 lines deleted...]
-      2) доверенность, в случае подачи возражения через патентного поверенного или иного представителя. Доверенность подается на государственном и русском языках, если доверенность подается на иностранном языке, то представляется его перевод на казахском и русском языках, заверенный нотариусом. В случае представления копии доверенности, заявитель представляет оригинал доверенности при явке в Апелляционный совет (после подтверждения подлинности оригинал доверенности подлежит возврату);</w:t>
+    <w:bookmarkStart w:name="z58" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) возражение не подлежит рассмотрению в апелляционном совете;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
-[...15 lines deleted...]
-      3) копия возражения с приложенными документами для владельца (правообладателя).</w:t>
+    <w:bookmarkStart w:name="z59" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) возражение не подписано либо подписано лицом, не имеющим полномочия на его подписание;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
-[...15 lines deleted...]
-      10. Возражение подписывается лицом, подающим возражение. От имени юридического лица возражение подписывается руководителем организации или уполномоченным лицом с указанием должности.</w:t>
+    <w:bookmarkStart w:name="z60" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) возражение подано с нарушением установленного срока и возможность продления и восстановления указанного срока утрачена;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
-[...15 lines deleted...]
-      При подаче возражения через патентного поверенного или иного представителя возражение подписывается соответственно патентным поверенным или представителем.</w:t>
+    <w:bookmarkStart w:name="z61" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) заявителем в установленный срок не устранены недостатки, касающиеся требований к оформлению, содержанию и процедуре подачи возражения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Параграф 2. Регистрация и прием возражений</w:t>
+    <w:bookmarkStart w:name="z62" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При наличии указанных обстоятельств лицу, подавшему возражение, направляется уведомление о том, что полученное возражение не может быть принято к рассмотрению и считается неподанным.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
-[...259 lines deleted...]
-    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:bookmarkStart w:name="z63" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Владельцу охранного документа после принятия к рассмотрению возражения, предусмотренного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2241,149 +2535,149 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 настоящих Правил, направляется уведомление о поступлении возражения с приложением копии возражения и материалов возражения для предоставления им своих заявлений по мотивам оспаривания охранного документа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z64" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявления об оспаривании представляют в Апелляционный совет за пять рабочих дней до планируемой даты заседания коллегии Апелляционного совета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z65" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Владельцу товарного знака, зарегистрированного в соответствии с Мадридским соглашением, указанное уведомление направляется непосредственно на его адрес, если до этого владелец уже не поручил ведение дел, связанных с регистрацией данного товарного знака, патентному поверенному Республики Казахстан. При этом в уведомлении сообщается, что представление отзыва на возражение, а также участие в рассмотрении возражения в апелляционном совете осуществляется через патентного поверенного Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z66" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Лицо, подавшее возражение, или его представитель могут отозвать поданное возражение до оглашения решения коллегией апелляционного совета. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z67" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 3. Сроки рассмотрения возражения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z68" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Возражения, указанные в подпунктах 1) и 2) пункта 3 настоящих Правил, рассматриваются Апелляционным советом в течение четырех месяцев со дня их поступления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Возражения, указанные в подпунктах 3) и 4) пункта 3 настоящих Правил, рассматриваются Апелляционным советом в течение шести месяцев со дня их поступления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2492,71 +2786,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="63"/>
+    <w:bookmarkStart w:name="z72" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. При пропуске срока для подачи возражения Апелляционный совет принимает его к рассмотрению в случае признания причин пропуска срока уважительными на основании представленных документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z73" w:id="64"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z73" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2591,1649 +2885,1779 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 32-2 Патентного закона и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 41-2 Закона о товарных знаках срок рассмотрения возражения продлевается до трех месяцев, в том числе по письменному ходатайству заявителя.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заседания апелляционного совета проводятся в очном (или) и в дистанционном формате.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 - в редакции приказа Министра юстиции РК от 31.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 736</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 4. Рассмотрение возражения на заседании Апелляционного совета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z75" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. В рассмотрении возражения участвует заявитель, владелец (правообладатель) и представитель экспертной организации, проводивший экспертизу соответствующего объекта промышленной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z76" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявитель, владелец (правообладатель) могут принять участие в рассмотрении возражения лично, а также через своего представителя, с учетом положений пункта 6 настоящих Правил. Полномочия представителя подтверждаются доверенностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z77" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сотрудники уполномоченного органа и экспертной организации не могут быть представителями указанных лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Апелляционный совет переносит дату проведения заседания в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) неявки сторон, за исключением случая подачи ими ходатайств о рассмотрении возражения без их участия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z156" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ходатайства сторон о необходимости представления сторонами дополнительных доказательств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z157" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) необходимости дополнительного изучения доводов сторон и (или) обстоятельств, связанных с возражением</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Рассмотрение возражения по существу начинается с председательствующего.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z82" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дальнейшее рассмотрение дела ведется в следующей последовательности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z83" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выступление секретаря о рассмотрении возражения;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выступление лица, подавшего возражение, и (или) его представителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z85" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выступление владельца охранного документа (регистрация товарного знака) и (или) его представителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z86" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выступление представителя экспертной организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z87" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ответы сторон на вопросы членов Апелляционного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z88" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Лица, участвующие в рассмотрении возражения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z89" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) знакомятся с материалами дела, делают выписки из них, заказывают и получают их копии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z90" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представляют доказательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z91" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) участвуют в исследовании доказательств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z92" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) задают вопросы участникам Апелляционного совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z93" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) заявляют ходатайства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z94" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) дают устные и письменные объяснения членам коллегии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z95" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) представляют свои доводы и соображения по всем возникающим в ходе рассмотрения возражения вопросам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z96" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) представляют возражения против ходатайств, доводов и соображений других лиц, участвующих в деле.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z97" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Лица, участвующие в деле, добросовестно пользуются всеми принадлежащими им правами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z98" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 4. Рассмотрение возражения на заседании Апелляционного совета</w:t>
-[...341 lines deleted...]
-      21. Лица, участвующие в рассмотрении возражения:</w:t>
+        <w:t xml:space="preserve"> Параграф 5. Решения, выносимые Апелляционным советом по результатам рассмотрения возражений</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z89" w:id="80"/>
-[...15 lines deleted...]
-      1) знакомятся с материалами дела, делают выписки из них, заказывают и получают их копии;</w:t>
+    <w:bookmarkStart w:name="z99" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Апелляционный совет выносит одно из следующих решений:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z90" w:id="81"/>
-[...15 lines deleted...]
-      2) представляют доказательства;</w:t>
+    <w:bookmarkStart w:name="z100" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) об удовлетворении возражения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z91" w:id="82"/>
-[...15 lines deleted...]
-      3) участвуют в исследовании доказательств;</w:t>
+    <w:bookmarkStart w:name="z101" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) о частичном удовлетворении возражения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z92" w:id="83"/>
-[...15 lines deleted...]
-      4) задают вопросы участникам Апелляционного совета;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) об отказе в рассмотрении возражения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z93" w:id="84"/>
-[...15 lines deleted...]
-      5) заявляют ходатайства;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) об отказе в удовлетворении возражения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z94" w:id="85"/>
-[...15 lines deleted...]
-      6) дают устные и письменные объяснения членам коллегии;</w:t>
+    <w:bookmarkStart w:name="z104" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Апелляционный совет по своей инициативе не изменяет предмет или основание возражения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z95" w:id="86"/>
-[...15 lines deleted...]
-      7) представляют свои доводы и соображения по всем возникающим в ходе рассмотрения возражения вопросам;</w:t>
+    <w:bookmarkStart w:name="z105" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Все члены Апелляционного совета при рассмотрении возражения пользуются равными правами. Решение Апелляционного совета принимается большинством голосов от общего числа его членов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z96" w:id="87"/>
-[...15 lines deleted...]
-      8) представляют возражения против ходатайств, доводов и соображений других лиц, участвующих в деле.</w:t>
+    <w:bookmarkStart w:name="z106" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председательствующий оглашает резолютивную часть принятого решения лицам, участвующим в рассмотрении возражения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z97" w:id="88"/>
-[...197 lines deleted...]
-    <w:bookmarkStart w:name="z107" w:id="98"/>
+    <w:bookmarkStart w:name="z107" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Принятое решение направляется лицам, участвовавшим в рассмотрении возражения, в течение десяти рабочих дней с даты его вынесения. Решение Апелляционного совета излагается в письменной форме и состоит из вводной, описательной, мотивировочной и резолютивной частей. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение подписывается всеми членами Апелляционного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 25 - в редакции приказа Министра юстиции РК от 31.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 736</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Апелляционный совет оставляет возражение без рассмотрения по ходатайству заявителя возражения. Решение об оставлении возражения без рассмотрения оформляется протоколом заседания Апелляционного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Принятое решение может быть обжаловано в суд.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 27 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Апелляционный совет оставляет возражение без рассмотрения, если:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z112" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) лицо, подавшее возражение, надлежаще извещенное о времени и дате проведения заседания Апелляционного совета, не заявившее о рассмотрении возражения в его отсутствие, не явилось на заседание Апелляционного совета по вторичному вызову;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z113" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) имеется ходатайство лица, подавшего возражение, об отзыве своего возражения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z114" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Решение об оставлении возражения без рассмотрения фиксируется в протоколе заседания Апелляционного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z115" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок применения видеофиксации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z116" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. В ходе каждого заседания Апелляционного совета ведется видеофиксация, за исключением невозможности применения по техническим причинам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z117" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Применение средств видеофиксации в ходе заседания Апелляционного совета осуществляется непрерывно. Не является перерывом остановка средств видеофиксации с момента объявления присутствующим в заседании, о перерыве или об удалении сторон для принятия решения и до момента его объявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z118" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Применение средств видеофиксации, обеспечивающих фиксирование хода заседаний Апелляционного совета, осуществляется секретарем заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z119" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Перед началом заседания Апелляционного совета секретарь проверяет работоспособность средств видеофиксации, обеспечивающих фиксирование хода заседания.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z120" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. В случае невозможности использования средств видеофиксации секретарь докладывает об этом председателю с отражением причин неиспользования видеофиксации в протоколе. После окончания заседания Апелляционного совета секретарь информирует о технических неполадках средств видеофиксации сотрудника по информационным технологиям Министерства юстиции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z121" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Невозможность использования средств видеофиксации по объективным причинам не исключает продолжения заседания Апелляционного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z122" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Секретарь обеспечивает видеофиксацию заседания средствами видеозаписи, а также запись копии на материальном (электронном) носителе в одном экземпляре, который приобщается к материалам дела с указанием в описи после протокола.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z123" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. О применении в заседании средств видеофиксации указывается в протоколе Апелляционного совета, в котором отмечается наименование файла, содержащего видеозапись.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 25 - в редакции приказа Министра юстиции РК от 31.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 736</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">38. Исключен приказом Министра юстиции РК от 15.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 193</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="99"/>
-[...95 lines deleted...]
-      2) имеется ходатайство лица, подавшего возражение, об отзыве своего возражения.</w:t>
+    <w:bookmarkStart w:name="z125" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Материальный (электронный) носитель, содержащий видеозапись, приобщается к материалам дела в упакованном виде (конверте) с указанием на упаковке номера протокола, даты заседания Апелляционного совета, а также подписью секретаря.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z114" w:id="104"/>
-[...15 lines deleted...]
-      29. Решение об оставлении возражения без рассмотрения фиксируется в протоколе заседания Апелляционного совета.</w:t>
+    <w:bookmarkStart w:name="z126" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. При невозможности дальнейшего фиксирования хода заседания средствами видеозаписи участникам Апелляционного совета объявляется об этом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z115" w:id="105"/>
+    <w:bookmarkStart w:name="z127" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. В случае если вследствие технических неполадок протоколирование с использованием средств видеофиксации невозможно, либо выявлено, что видеозапись заседания Апелляционного совета фактически не осуществлялась, составляется акт.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z128" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Акт подписывается секретарем, председателем и членами Апелляционного совета и приобщается к протоколу Апелляционного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z129" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Приостановление или корректировка видеозаписи заседания не допускается, за исключением случаев технической фрагментации видеозаписи или изменения ее формата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...63 lines deleted...]
-      32. Применение средств видеофиксации, обеспечивающих фиксирование хода заседаний Апелляционного совета, осуществляется секретарем заседания.</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 43 в редакции приказа Министра юстиции РК от 15.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 193</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">44. Исключен приказом Министра юстиции РК от 15.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 193</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z131" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Сохранность копии видеозаписи заседания Апелляционного совета, приобщенной к материалам дела, обеспечивается секретарем до передачи дела в архив.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z119" w:id="109"/>
-[...15 lines deleted...]
-      33. Перед началом заседания Апелляционного совета секретарь проверяет работоспособность средств видеофиксации, обеспечивающих фиксирование хода заседания.</w:t>
+    <w:bookmarkStart w:name="z132" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. При принятии дела архивариус проверяет наличие копии видеозаписи заседания на материальном (электронном) носителе, приобщенном к материалам дела.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z120" w:id="110"/>
-[...407 lines deleted...]
-    <w:bookmarkStart w:name="z133" w:id="121"/>
+    <w:bookmarkStart w:name="z133" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       47. Видеозаписи заседаний Апелляционного совета хранятся не менее 1 (одного) года. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4559,31 +4983,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>