--- v0 (2025-10-12)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="aacd5e4" w14:textId="aacd5e4">
+    <w:p w14:paraId="0563b49" w14:textId="0563b49">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,96 +76,96 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил проведения аттестации лиц, претендующих на занятие деятельностью патентного поверенного, регистрации в реестре патентных поверенных и внесения в него изменений</w:t>
+        <w:t>Об утверждении Правил проведения аттестации лиц, претендующих на занятие деятельностью патентного поверенного, регистрации в реестрах патентных поверенных и внесения в них изменений</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра юстиции Республики Казахстан от 28 августа 2018 года № 1316. Зарегистрирован в Министерстве юстиции Республики Казахстан 29 августа 2018 года № 17322.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок - в редакции приказа Министра юстиции РК от 31.08.2022 </w:t>
+      Сноска. Заголовок - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 727</w:t>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -321,91 +321,111 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Утвердить прилагаемые Правила проведения аттестации лиц, претендующих на занятие деятельностью патентного поверенного, регистрации в реестре патентных поверенных и внесения в него изменений.</w:t>
+        <w:t xml:space="preserve">
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведения аттестации лиц, претендующих на занятие деятельностью патентного поверенного, регистрации в реестрах патентных поверенных и внесения в них изменений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра юстиции РК от 31.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 727</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -813,80 +833,80 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 28 августа 2018 года № 1316</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила проведения аттестации лиц, претендующих на занятие деятельностью патентного поверенного, регистрации в реестре патентных поверенных и внесения в него изменений</w:t>
+        <w:t xml:space="preserve"> Правила проведения аттестации лиц, претендующих на занятие деятельностью патентного поверенного, регистрации в реестрах патентных поверенных и внесения в них изменений</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок - в редакции приказа Министра юстиции РК от 31.08.2022 </w:t>
+      Сноска. Заголовок - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 727</w:t>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -927,51 +947,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Правила проведения аттестации лиц, претендующих на занятие деятельностью патентного поверенного, регистрации в реестре патентных поверенных и внесения в него изменений (далее – Правила) разработаны в соответствии с </w:t>
+      1. Правила проведения аттестации лиц, претендующих на занятие деятельностью патентного поверенного, регистрации в реестрах патентных поверенных и внесения в них изменений (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об охране селекционных достижений", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -987,856 +1007,924 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Патентный закон Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О товарных знаках, знаках обслуживания, географических указаний и наименованиях мест происхождения товаров", </w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О товарных знаках, знаках обслуживания, географических указаниях и наименованиях мест происхождения товаров", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О правовой охране топологий интегральных микросхем", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О государственных услугах" и определяют порядок проведения аттестации лиц, претендующих на занятие деятельностью патентного поверенного, регистрации в реестре патентных поверенных и внесения в него изменений.</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О государственных и социально ответственных услугах" и определяют порядок проведения аттестации лиц, претендующих на занятие деятельностью патентного поверенного, регистрации в реестрах патентных поверенных и внесения в них изменений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра юстиции РК от 31.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 727</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. В настоящих Правилах используются следующие понятия и термины:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      2. В настоящих Правилах используются следующие понятия и термины:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z316" w:id="12"/>
+      1) кандидат – лицо, претендующее на право занятия деятельностью патентного поверенного;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Аттестационная комиссия – Аттестационная комиссия Министерства юстиции Республики Казахстан;</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z318" w:id="14"/>
+      2) Комиссия – Комиссия по вопросам деятельности патентных поверенных;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) услугополучатель – физическое лицо, кандидат в патентные поверенные;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z319" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) патентный поверенный – дееспособный гражданин Республики Казахстан, постоянно проживающий на ее территории, имеющий высшее образование и трудовой стаж не менее четырех лет, прошедший аттестацию и зарегистрированный в реестре патентных поверенных;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z320" w:id="16"/>
+      4) патентный поверенный – гражданин Республики Казахстан, которому в соответствии с законодательством Республики Казахстан предоставлено право на представительство физических и юридических лиц перед уполномоченным органом и экспертной организацией;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) Реестр – Реестр патентных поверенных Республики Казахстан.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z321" w:id="17"/>
+      5) Реестры – Реестр патентных поверенных Республики Казахстан в области товарных знаков, географических указаний, наименований места происхождения товара и Реестр патентных поверенных Республики Казахстан в области изобретений, полезных моделей, промышленных образцов, селекционных достижений.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Государственные услуги "Аттестация лиц, претендующих на занятие деятельностью патентного поверенного" и "Выдача свидетельства патентного поверенного" оказывается Министерством юстиции Республики Казахстан (далее – услугодатель);</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z322" w:id="18"/>
+      Государственные услуги "Аттестация лиц, претендующих на занятие деятельностью патентного поверенного" и "Выдача свидетельства патентного поверенного" оказываются Комитетом по правам интеллектуальной собственности Министерства юстиции Республики Казахстан (далее – услугодатель);</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При внесении изменений и (или) дополнений в настоящие Правила уполномоченный орган направляет оператору информационно-коммуникационной инфраструктуру "электронного правительства", в Единый контакт-центр, услугодателю информацию о таких изменениях и (или) дополнениях в течение 10 (десяти) рабочих дней после государственной регистрации в органах юстиции соответствующего нормативного правового акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с подпунктом 11) пункта 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных и социально ответственных услугах", услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра транспорта и коммуникаций Республики Казахстан от 14 июня 2013 года № 452 "Об утверждении Правил внесения данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 8555).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа и.о. Министра юстиции РК от 21.10.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 876</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок проведения аттестации кандидатов в патентные поверенные, регистрации в реестре патентных поверенных и внесения в него изменений</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+        <w:t xml:space="preserve"> Глава 2. Порядок проведения аттестации лиц, претендующих на занятие деятельностью патентного поверенного, регистрации в реестрах патентных поверенных и внесения в них изменений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 2- в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Прием документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Государственная услуга "Аттестация кандидатов в патентные поверенные".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. К аттестации допускаются лица, имеющие опыт работы в сфере охраны и защиты прав интеллектуальной собственности не менее четырех лет либо прошедшие стажировку в палате патентных поверенных не менее одного года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аттестация лиц, претендующих на занятие деятельностью патентного поверенного, проводится в форме тестирования на знание законодательства Республики Казахстан и международных договоров, ратифицированных Республикой Казахстан, в сфере интеллектуальной собственности.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патентный поверенный по результатам прохождения аттестации лиц, претендующих на занятие деятельностью патентного поверенного, и выдачи свидетельства патентного поверенного осуществляет деятельность в соответствии со специализацией в области:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) товарных знаков, географических указаний, наименований места происхождения товара;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) изобретений, полезных моделей, промышленных образцов, селекционных достижений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра юстиции РК от 31.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 727</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Для прохождения аттестации услугополучатель направляет через веб-портал "электронного правительства" следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) заявление о допуске к аттестации лица, претендующего на занятие деятельностью патентного поверенного, удостоверенного электронной цифровой подписью (далее – ЭЦП) на государственном или русском языках, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, 1-1 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Для прохождения аттестации услугополучатель направляет через веб-портал "электронного правительства" следующие документы:</w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z301" w:id="26"/>
+      2) электронная копия документа, подтверждающего трудовую деятельность со стажем работы не менее четырех лет в сфере охраны и защиты прав интеллектуальной собственности либо стажировку в палате патентных поверенных не менее одного года;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) сведения для прохождения аттестации лиц, претендующих на занятие деятельностью патентного поверенного по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-[...80 lines deleted...]
-    <w:bookmarkStart w:name="z305" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сведения, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, сверяются с оригиналами документов, представляемыми услугополучателем при явке на аттестационный экзамен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра юстиции РК от 31.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 727</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="31"/>
+    <w:bookmarkStart w:name="z36" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Перечень основных требований к оказанию государственной услуги "Аттестация лиц, претендующих на занятие деятельностью патентного поверенного" приведен согласно приложению 4 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1855,90 +1943,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="32"/>
+    <w:bookmarkStart w:name="z37" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. При подаче услугополучателем всех необходимых документов, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, услугополучателю в "личный кабинет" направляется информация о статусе о принятии запроса для предоставления государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Услугодатель проверяет полноту и соответствие представленных документов, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2143,350 +2231,372 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z307" w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Не допускаются к аттестации лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) которым в соответствии с законами Республики Казахстан запрещается заниматься предпринимательской деятельностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z308" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) имеющие непогашенную или неснятую в установленном законом порядке судимость за совершение преступления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z310" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) исключенные из реестров патентных поверенных в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) являющиеся сотрудниками уполномоченного органа и его подведомственных организаций, а также их близкими родственниками, супругом (супругой).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра юстиции РК от 31.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 727</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Уполномоченный орган в день поступления документов осуществляет их прием и регистрацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z46" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении заявителя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z47" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о документе, удостоверяющем личность услугополучателя, информации об оплате государственной пошлины через ПШЭП услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z48" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Проведение аттестации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z49" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Списки кандидатов, допущенных к аттестации, размещаются на интернет-ресурсе уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z50" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кандидат, допущенный к аттестации, за три рабочих дня уведомляется о месте, дате, времени проведения тестирования через веб-портал "электронного правительства" в электронной форме и размещает его на интернет-ресурсе услугодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z51" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кандидаты сдают аттестацию при предъявлении документа, удостоверяющего личность, или посредством сервиса "цифровой документ" в течение одного рабочего дня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2505,750 +2615,1042 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Кандидат по своему выбору проходит аттестацию на казахском или русском языке. Кандидат письменно подтверждает свой выбор языка до начала аттестации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z56" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Перечень вопросов, подлежащих включению в тесты, утверждается аттестационной комиссией. Вопросы для оценки знаний кандидатов соответствуют тематике правовых дисциплин (Законы Республики Казахстан "</w:t>
+      12. Перечень вопросов, подлежащих включению в тесты, утверждается услугодателем. Вопросы для оценки знаний кандидатов соответствуют тематике правовых дисциплин (Законы Республики Казахстан "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об охране селекционных достижений</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Патентный закон Республики Казахстан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>О товарных знаках, знаках обслуживания, географических указаний и наименованиях мест происхождения товаров</w:t>
-[...9 lines deleted...]
-        <w:t>", "</w:t>
+        <w:t>О товарных знаках, знаках обслуживания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, географических указаниях и наименованиях мест происхождения товаров", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О правовой охране топологий интегральных микросхем</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>", а также международных договоров, ратифицированных Республикой Казахстан в сфере интеллектуальной собственности), знание которых необходимо для осуществления деятельности патентного поверенного, и содержать не менее четырех вариантов ответа с одним правильным.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+        <w:t>", а также международные договоры, ратифицированные Республикой Казахстан в сфере интеллектуальной собственности), знание которых необходимо для осуществления деятельности патентного поверенного, и содержать не менее четырех вариантов ответа с одним правильным.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тестирование проводится с использованием компьютерной техники. Время, отведенное для тестирования, составляет девяносто минут.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тесты являются конфиденциальной информацией и не подлежат свободному распространению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Перед прохождением аттестации Аттестационная комиссия информирует кандидата о порядке проведения, продолжительности и содержании процедуры отбора кандидатов.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="49"/>
+      Перед прохождением аттестации услугодатель информирует кандидата о порядке проведения, продолжительности и содержании процедуры отбора кандидатов.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 12 с изменением, внесенным приказом Министра юстиции РК от 31.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 727</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. На заседании Аттестационной комиссии ведется протокол (далее - протокол Комиссии), в котором отражаются: дата, время и место проведения заседания, фамилия, имя, отчество (при его наличии) аттестуемого, результат тестирования.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+      13. Услугодателем ведется протокол, в котором отражаются: дата, время и место проведения аттестации, фамилия, имя, отчество (при его наличии) аттестуемого, результат тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Кандидат, отстраненный от тестирования, вправе повторно подать заявление о допуске к следующей аттестации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z60" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Подсчет правильных ответов тестирования производится при помощи используемой компьютерной программы автоматически. Результаты тестирования распечатываются на принтере в двух экземплярах и предоставляются кандидату сразу для ознакомления путем проставления личной подписи после окончании.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+      15. Подсчет правильных ответов тестирования производится при помощи используемой компьютерной программы автоматически. Результаты тестирования распечатываются на принтере в двух экземплярах и предоставляются кандидату сразу для ознакомления путем проставления личной подписи после окончания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Один экземпляр листа с результатами тестирования вручается кандидату, второй передается Аттестационной комиссии.</w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+      Один экземпляр листа с результатами тестирования вручается кандидату, второй передается услугодателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Претендент считается прошедшим тестирование, если количество правильных ответов составляет 70 % и выше от общего числа заданных вопросов.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Кандидат считается прошедшим тестирование, если количество правильных ответов составляет 70 % и выше от общего числа заданных вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам тестирования ответственный исполнитель готовит протокол и в течение двух рабочих дней направляет его на подпись руководителю структурного подразделения и уполномоченному лицу услугодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Протокол подписывается председателем Комиссии и его заместителем.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="57"/>
+      Протокол подписывается руководителем услугодателя либо лицом, исполняющим его обязанности.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Протокол направляется в "личный кабинет" услугополучателя в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Аттестация проводится в течение 7 рабочих дней последнего месяца соответствующего полугодия.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="59"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Аттестация проводится в течение 10 рабочих дней по месту нахождения услугополучателя со дня поступления заявления о допуске к аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      18. По выбору услугополучателя государственная услуга оказывается, по принципу "одного заявления" в совокупности с государственной услугой "Выдача свидетельства патентного поверенного" на основании заявления о допуске к аттестации кандидата в патентные поверенные и выдаче свидетельства патентного поверенного по форме, согласно </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="60"/>
+      18. По выбору услугополучателя государственная услуга оказывается по принципу "одного заявления" в совокупности с государственной услугой "Выдача свидетельства патентного поверенного" на основании заявления о допуске к аттестации лица, претендующего на занятие деятельностью патентного поверенного и выдаче свидетельства патентного поверенного по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, 5-1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 3. Выдача свидетельства патентного поверенного</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z68" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Государственная услуга "Выдача свидетельства патентного поверенного".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z75" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Для получения свидетельства патентного поверенного кандидат направляет через веб-портал "электронного правительства" заявление о выдаче свидетельства патентного поверенного в форме электронного документа, удостоверенного ЭЦП кандидата на государственном или русском языках, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, 6-1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Для получения свидетельства патентного поверенного кандидат направляет через веб-портал "электронного правительства" следующие документы:</w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="64"/>
+      Сведения о документе, удостоверяющем личность услугополучателя, услугодатель получает из соответствующей государственной информационной системы через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) документ, подтверждающий оплату государственной пошлины за регистрацию в качестве патентного поверенного.</w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="67"/>
+      При подаче услугополучателем заявления в "личном кабинете" услугополучателя отображается статус о принятии запроса для предоставления государственной услуги.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Свидетельство патентного поверенного выдается в течение трех рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При оказании государственной услуги по принципу "одного заявления" со дня предоставления документа, подтверждающего уплату государственной пошлины за регистрацию в качестве патентного поверенного.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="69"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Перечень основных требований к оказанию государственной услуги "Выдача свидетельства патентного поверенного" приведен согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3267,638 +3669,742 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Уполномоченный орган в день поступления документов осуществляет их прием и регистрацию.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="70"/>
+      22. Уполномоченный орган в день поступления заявления осуществляет его прием и регистрацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При обращении заявителя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      При обращении заявителя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству, прием заявления и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Услугодатель проверяет полноту и соответствие представленных документов, предусмотренных </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> настоящих Правил и (или) документов с истекшим сроком действия, услугодатель направляет услугополучателю уведомление с указанием каким требованиям не соответствует пакет документов.</w:t>
+      Если представленное услугополучателем заявление не соответствует форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, 6-1 к настоящим Правилам, услугодатель направляет услугополучателю уведомление с указанием каким требованиям не соответствует заявление.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Срок приведения в соответствие указанных в уведомлении документов составляет один рабочий день.</w:t>
+      Срок приведения в соответствие заявления составляет один рабочий день.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если в течение одного рабочего дня со дня получения уведомления услугополучатель не привел его в соответствие с требованиями, то услугодатель направляет отказ в дальнейшем рассмотрении заявления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...20 lines deleted...]
-        <w:t> к настоящим Правилам и направляет на согласование руководителю структурного подразделения в течение одного рабочего дня.</w:t>
+        <w:t xml:space="preserve">
+      Услугодатель по результатам рассмотрения заявления оформляет свидетельство патентного поверенного по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, 8-1 к настоящим Правилам и направляет на согласование руководителю структурного подразделения в течение одного рабочего дня.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 22 - в редакции приказа Министра юстиции РК от 30.06.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 549</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="71"/>
+    <w:bookmarkStart w:name="z81" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Результат оказания государственной услуги после подписания уполномоченным лицом услугодателя направляется услугополучателю в личный кабинет в течение одного рабочего дня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z82" w:id="72"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z82" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 4. Регистрация в реестре патентных поверенных и внесение в него изменений</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z83" w:id="73"/>
+        <w:t xml:space="preserve"> Параграф 4. Регистрация в реестрах патентных поверенных и внесение в них изменений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок параграфа 4 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. В Реестр вносятся сведения о патентных поверенных, получивших свидетельства, и последующие изменения сведений о них. Реестр ведется уполномоченным органом и размещается на интернет-ресурсе уполномоченного органа.</w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+      24. В Реестры вносятся сведения о патентных поверенных, получивших свидетельства, и последующие изменения сведений о них. Реестры ведутся уполномоченным органом и размещаются на интернет-ресурсе уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. В Реестре содержатся следующие сведения:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z85" w:id="75"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 24 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. В Реестрах содержатся следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) порядковый номер регистрации, являющийся номером свидетельства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z86" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) дата регистрации патентного поверенного;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z87" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) фамилия, имя, отчество (при наличии) патентного поверенного;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z88" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) постоянное место жительство;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z89" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) номер и дата решения Аттестационной комиссии (документа, на основании которого произведена регистрация);</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z90" w:id="80"/>
+      5) адрес для переписки, а также номер телефона, адрес электронной почты, телетайпа, телефакса, если таковые имеются, язык(и) переписки;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) адрес для переписки, а также номер телефона, телетайпа, телефакса, если таковые имеются, язык(и) переписки;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z91" w:id="81"/>
+      6) место работы, должность;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) место работы, должность;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z92" w:id="82"/>
+      7) сведения о выдаче или отправке свидетельства;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) сведения о выдаче или отправке свидетельства;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z93" w:id="83"/>
+      8) сведения о приостановлении;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) сведения о приостановлении;</w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+      9) сведения об исключении из Реестров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) сведения об исключении из Реестра.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z95" w:id="85"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 25 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. В случае изменения сведений патентного поверенного, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, патентный поверенный в месячный срок с момента изменений таких сведений, сообщает об этом уполномоченному органу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z96" w:id="86"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z96" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z97" w:id="87"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z97" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Жалоба на решение, действий (бездействия) сотрудников структурных подразделений уполномоченного органа подается на имя руководителя услугодателя и (или) в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу) в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, органом, рассматривающим жалобу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4045,70 +4551,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="88"/>
+    <w:bookmarkStart w:name="z100" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. В случаях несогласия с результатами оказанной государственной услуги услугополучатель обращается в суд в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4207,118 +4713,700 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>патентного поверенного,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>регистрации в реестре</w:t>
+              <w:t>регистрации в реестрах</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>патентных поверенных и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>внесения в него изменений</w:t>
+              <w:t>внесения в них изменений</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Председателю Комитета</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по правам интеллектуальной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>собственности Министерства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>юстиции Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от _________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия имя отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии) гражданина,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>индивидуальный</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификационный номер)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адрес местожительства:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(почтовый индекс, область,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город, район, населенный пункт,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наименование улицы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>номер дома/здания)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление о допуске к аттестации лица, претендующего на занятие деятельностью патентного поверенного Республики Казахстан по специализации в области товарных знаков, географических указаний, наименований места происхождения товара</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правый верхний угол - в редакции приказа Министра юстиции РК от 31.08.2022 </w:t>
+      Сноска. Приложение 1 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 727</w:t>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу допустить меня к аттестации на занятие деятельностью патентного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поверенного Республики Казахстан по специализации в области товарных знаков,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>географических указаний, наименований места происхождения товара.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>За предоставление достоверных сведений несу персональную ответственность,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а также согласен (а), на использование сведений, составляющих охраняемую</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом тайну, содержащихся в информационных системах, при оказании данной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Номер телефона:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>E-mail:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Факс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комплект требуемых документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>- сведения для прохождения аттестации лиц, претендующих на занятие деятельностью</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>патентного поверенного;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>- электронная копия документа, подтверждающего трудовую деятельность со стажем</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работы не менее четырех лет в сфере охраны и защиты прав интеллектуальной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>собственности либо стажировку в палате патентных поверенных не менее одного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прилагается _____ листов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданин _____________________________________ дата: _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Согласен (-а) на использование сведений, составляющих охраняемую законом тайну,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4354,142 +5442,272 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Председателю аттестационной комиссии</w:t>
+              <w:t>Приложение 1-1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам проведения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аттестации лиц, претендующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на занятие деятельностью</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>патентного поверенного,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>регистрации в реестрах</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>патентных поверенных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и внесения в них изменений</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Председателю Комитета</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по правам интеллектуальной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>собственности Министерства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>юстиции Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от _________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(фамилия имя отчество (при его</w:t>
-[...12 lines deleted...]
-              <w:t>наличии) гражданина,</w:t>
+              <w:t>(фамилия имя отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии) гражданина,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>индивидуальный</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>идентификационный номер)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Адрес местожительства:</w:t>
-            </w:r>
-[...11 lines deleted...]
-              <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>__________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4516,345 +5734,494 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>наименование улицы,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>номер дома/здания)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z103" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                        Заявление о допуске к аттестации кандидата в патентного поверенного</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="90"/>
+        <w:t xml:space="preserve"> Заявление о допуске к аттестации лица, претендующего на занятие деятельностью патентного поверенного Республики Казахстан по специализации в области изобретений, полезных моделей, промышленных образцов, селекционных достижений</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 1-1 в соответствии с приказом Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Прошу допустить меня к аттестации патентного поверенного Республики Казахстан.</w:t>
-[...45 lines deleted...]
-        <w:jc w:val="both"/>
+      Прошу допустить меня к аттестации на занятие деятельностью патентного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поверенного Республики Казахстан по специализации в области изобретений,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>полезных моделей, промышленных образцов, селекционных достижений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>За предоставление достоверных сведений несу персональную ответственность,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а также согласен(а), на использование сведений, составляющих охраняемую Законом</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тайну, содержащихся в информационных системах, при оказании данной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Номер телефона:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>E-mail:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Факс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комплект требуемых документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>- сведения для прохождения аттестации лиц, претендующих на занятие деятельностью</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>патентного поверенного;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>- электронная копия документа, подтверждающего трудовую деятельность со стажем</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работы не менее четырех лет в сфере охраны и защиты прав интеллектуальной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>собственности либо стажировку в палате патентных поверенных не менее одного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прилагается _____ листов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданин _____________________________________ дата: _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Согласен (-а) на использование сведений, составляющих охраняемую законом тайну,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Номер телефона:</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      E-mail:</w:t>
-[...182 lines deleted...]
-    <w:bookmarkEnd w:id="102"/>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5106,51 +6473,51 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                                                                                           форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z119" w:id="103"/>
+    <w:bookmarkStart w:name="z119" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Сведения</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -5171,71 +6538,71 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                   фамилия, имя, отчество (при его наличии) физического лица,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         индивидуальный идентификационный номер)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z120" w:id="104"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z120" w:id="49"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сведения о дипломе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1) наименование высшего учебного заведения _________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5570,296 +6937,118 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>патентных поверенных и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>внесения в него изменений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z122" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Банковские реквизиты, необходимые для оплаты</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>государственной пошлины</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правый верхний угол - в редакции приказа Министра юстиции РК от 31.08.2022 </w:t>
+      Сноска. Приложение 3 исключено приказом Министра юстиции РК от 29.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 727</w:t>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="105"/>
-[...206 lines deleted...]
-    <w:bookmarkEnd w:id="112"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5958,77 +7147,77 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>патентного поверенного,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>регистрации в реестре</w:t>
-[...25 lines deleted...]
-              <w:t>внесения в него изменений</w:t>
+              <w:t>регистрации в реестрах</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>патентных поверенных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и внесения в них изменений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -6049,135 +7238,130 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z312" w:id="113"/>
+    <w:bookmarkStart w:name="z312" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Аттестация лиц, претендующих на занятие деятельностью</w:t>
-[...14 lines deleted...]
-    <w:bookmarkEnd w:id="113"/>
+        <w:t>"Аттестация лиц, претендующих на занятие деятельностью патентного поверенного"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 4 - в редакции приказа Министра юстиции РК от 31.08.2022 </w:t>
+      Сноска. Приложение 4 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 727</w:t>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -6191,51 +7375,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6263,128 +7447,128 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Министерство юстиции Республики Казахстан</w:t>
+Комитет по правам интеллектуальной собственности Министерства юстиции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Способы предоставления государственной услуги (каналы доступа) </w:t>
+              <w:t>
+Способы предоставления государственной услуги (каналы доступа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6417,51 +7601,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6488,93 +7672,93 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-В течение 7 (семи) рабочих дней последнего месяца соответствующего полугодия </w:t>
+              <w:t>
+В течение 7 (семи) рабочих дней с момента регистрации заявления</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6602,92 +7786,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (полностью автоматизированная)/ оказываемая по принципу "одного заявления"</w:t>
+Электронная (частично автоматизированная)/ оказываемая по принципу "одного заявления"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6714,298 +7898,224 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Положительное или отрицательное решение по итогам сдачи аттестационного экзамена либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 9 настоящего приложения. </w:t>
+              <w:t>
+Положительное или отрицательное решение по итогам сдачи аттестационного экзамена либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 9 настоящего приложения.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма предоставления результата оказания государственной услуги: электронная (полностью автоматизированная)/оказываемая по принципу "одного заявления".</w:t>
+Форма предоставления результата оказания государственной услуги: электронная/оказываемая по принципу "одного заявления".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Размер платы, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-              </w:rPr>
               <w:t>
-за аттестацию патентных поверенных – 15 (пятнадцать) месячных расчетных показателей.</w:t>
-[...35 lines deleted...]
-Банковские реквизиты, необходимые для оплаты государственной пошлины, указаны в приложении 3 настоящих Правил.</w:t>
+Бесплатно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7032,52 +8142,92 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Услугодатель − с понедельника по пятницу в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней согласно Трудовому кодексу Республики Казахстан с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+              <w:t xml:space="preserve">
+Услугодателя – с понедельника по пятницу, с 8.00 до 17.30 часов с перерывом на обед с 12.00 до 13.30 часов, кроме выходных и праздничных дней согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодексу Республики Казахстан (далее – Кодекс) и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Закону</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан "О праздниках в Республике Казахстан" (далее – Закон).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Портал − круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем согласно трудовому законодательству Республики Казахстан).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7092,51 +8242,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7164,313 +8314,351 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) заявление о допуске к аттестации лиц, претендующих на занятие деятельностью патентного поверенного, удостоверенного электронной цифровой подписи (далее – ЭЦП) на государственном или русском языках, по форме согласно приложению 1 к настоящим Правилам;</w:t>
+1) заявление о допуске к аттестации лиц, претендующих на занятие деятельностью патентного поверенного, удостоверенного электронной цифровой подписи (далее – ЭЦП) на государственном или русском языках, по форме согласно приложениям 1, 1-1 к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) сведения для прохождения аттестации лиц, претендующих на занятие деятельностью патентного поверенного по форме согласно приложению 2 к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) электронная копия документа, подтверждающего трудовую деятельность со стажем работы не менее четырех лет в сфере охраны и защиты прав интеллектуальной собственности либо прошедшие стажировку в палате патентных поверенных не менее одного года;</w:t>
+3) электронная копия документа, подтверждающего трудовую деятельность со стажем работы не менее четырех лет в сфере охраны и защиты прав интеллектуальной собственности либо стажировку в палате патентных поверенных не менее одного года.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) документ, подтверждающий оплату государственной пошлины за аттестацию патентных поверенных.</w:t>
+Сведения, указанные в приложении 2 настоящих Правил, сверяются с оригиналами документов, представляемыми услугополучателем при явке на аттестационный экзамен.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сведения, указанные в приложении 2 настоящих Правил, сверяются с оригиналами документов, представляемыми услугополучателем при явке на аттестационный экзамен.</w:t>
+Сведения о документе, удостоверяющем личность физического лица, а также о государственной регистрации (перерегистрации) юридического лица услугополучатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Основания для отказа в оказании государственной услуги, установленными законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
+2) несоответствие услугополучателя и (или) представленных материалов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги.</w:t>
+3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7498,146 +8686,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Адреса мест оказания государственной услуги размещены на интернет-ресурсе услугодателя – www.adilet.gov.kz, раздел "Государственные услуги".</w:t>
+По принципу "одного заявления" услугополучатель получает государственную услугу</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+"Аттестация лиц, претендующих на занятие деятельностью</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт-центра.</w:t>
+патентного поверенного".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-По выбору услугополучателя государственная услуга оказывается, по принципу "одного заявления" в совокупности с государственной услугой "Выдача свидетельства патентного поверенного" по форме, согласно приложению 5 к настоящим Правилам.</w:t>
+Адреса мест оказания государственной услуги размещены на интернет-ресурсах уполномоченного органа www.gov.kz/memleket/entities/adilet-kis, а также www.gov.kz/memleket/entities/adilet.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Контактные телефоны справочных служб по вопросам оказания государственной услуги: 8 (7172) 74-09-69, 55-88-21.</w:t>
+Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Единый контакт-центр - 1414, 8 800 080 7777.</w:t>
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт-центра.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контактные телефоны справочных служб по вопросам оказания государственной услуги: 8 (7172) 74-09-93, 74-76-85. Единый контакт-центр: 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7736,118 +8973,851 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>патентного поверенного,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>регистрации в реестре</w:t>
+              <w:t>регистрации в реестрах</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>патентных поверенных и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>внесения в него изменений</w:t>
+              <w:t>внесения в них изменений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Председателю Комитета</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по правам интеллектуальной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>собственности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерства юстиции</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от ________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия имя отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданина, индивидуальный</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификационный номер)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адрес местожительства:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(почтовый индекс, область,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город, район, населенный пункт,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наименование улицы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>номер дома/здания)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление о допуске к аттестации лица, претендующего на занятие деятельностью патентного поверенного Республики Казахстан и выдаче свидетельства патентного поверенного Республики Казахстан по специализации в области товарных знаков, географических указаний, наименований места происхождения товара</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правый верхний угол - в редакции приказа Министра юстиции РК от 31.08.2022 </w:t>
+      Сноска. Приложение 5 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 727</w:t>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу допустить меня к аттестации на занятие деятельностью патентного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поверенного Республики Казахстан по специализации в области товарных знаков,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>географических указаний, наименований места происхождения товара.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>За предоставление достоверных сведений несу персональную ответственность,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а также согласен (-а) на использование сведений, составляющих охраняемую законом</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тайну, содержащихся в информационных системах, при оказании данной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>После положительного решения по итогам сдачи аттестационного экзамена прошу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выдать мне свидетельство патентного поверенного Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Номер телефона:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>E-mail:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Факс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комплект требуемых документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>- сведения для прохождения аттестации лиц, претендующих на занятие деятельностью</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>патентного поверенного;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>- электронная копия документа, подтверждающего трудовую деятельность со стажем</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работы не менее четырех лет в сфере охраны и защиты прав интеллектуальной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>собственности либо стажировку в палате патентных поверенных не менее одного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прилагается __ листов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданин ______________________________________ дата: ______</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Согласен (-а) на использование сведений, составляющих охраняемую законом тайну,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7883,51 +9853,142 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>форма</w:t>
+              <w:t>Приложение 5-1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам проведения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аттестации лиц, претендующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на занятие деятельностью</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>патентного поверенного,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>регистрации в реестрах</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>патентных поверенных и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>внесения в них изменений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -7948,509 +10009,804 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министерство юстиции</w:t>
+              <w:t>форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Председателю Комитета</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по правам интеллектуальной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>собственности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерства юстиции</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Председателю аттестационной комиссии</w:t>
-[...25 lines deleted...]
-              <w:t>(фамилия имя отчество (при его наличии)</w:t>
+              <w:t>от _________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия имя отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>гражданина, индивидуальный</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>идентификационный номер)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Адрес</w:t>
-[...38 lines deleted...]
-              <w:t>населенный пункт, наименование улицы,</w:t>
+              <w:t>Адрес местожительства:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(почтовый индекс, область,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город, район, населенный пункт,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наименование улицы,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>номер дома/здания)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z192" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявление</w:t>
+        <w:t xml:space="preserve"> Заявление о допуске к аттестации лица, претендующего на занятие деятельностью патентного поверенного Республики Казахстан и выдаче свидетельства патентного поверенного Республики Казахстан по специализации в области изобретений, полезных моделей, промышленных образцов, селекционных достижений</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 5-1 в соответствии с приказом Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу допустить меня к аттестации на занятие деятельностью патентного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поверенного Республики Казахстан по специализации в области изобретений,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>полезных моделей, промышленных образцов, селекционных достижений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>За предоставление достоверных сведений несу персональную ответственность,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а также согласен (-а) на использование сведений, составляющих охраняемую законом</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тайну, содержащихся в информационных системах, при оказании данной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>После положительного решения по итогам сдачи аттестационного экзамена прошу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выдать мне свидетельство патентного поверенного Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Номер телефона:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>E-mail:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Факс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комплект требуемых документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>- сведения для прохождения аттестации лиц, претендующих на занятие деятельностью</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>патентного поверенного;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>- электронная копия документа, подтверждающего трудовую деятельность со стажем</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работы не менее четырех лет в сфере охраны и защиты прав интеллектуальной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>собственности либо стажировку в палате патентных поверенных не менее одного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прилагается _____ листов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданин ________________________________________дата:______</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Согласен (-а) на использование сведений, составляющих охраняемую законом тайну,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Прошу допустить меня к аттестации в патентные поверенные Республики Казахстан.</w:t>
-[...262 lines deleted...]
-    <w:bookmarkEnd w:id="128"/>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8549,118 +10905,664 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>патентного поверенного,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>регистрации в реестре</w:t>
+              <w:t>регистрации в реестрах</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>патентных поверенных и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>внесения в него изменений</w:t>
+              <w:t>внесения в них изменений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Председателю Комитета</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по правам интеллектуальной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>собственности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерства юстиции</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от ________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия имя отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданина, индивидуальный</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификационный номер)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адрес местожительства:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(почтовый индекс, область,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город, район, населенный пункт,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наименование улицы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>номер дома/здания)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление о выдаче свидетельства патентного поверенного Республики Казахстан по специализации в области товарных знаков, географических указаний, наименований места происхождения товара</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правый верхний угол - в редакции приказа Министра юстиции РК от 31.08.2022 </w:t>
+      Сноска. Приложение 6 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 727</w:t>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу выдать мне свидетельство патентного поверенного Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по специализации в области товарных знаков, географических указаний,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименований места происхождения товара.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>За предоставление достоверных сведений несу персональную ответственность,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а также согласен(а), на использование сведений, составляющих охраняемую Законом</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тайну, содержащихся в информационных системах, при оказании данной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прилагается ___ листов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданин __________________________________________ дата: _______</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Согласен (-а) на использование сведений, составляющих охраняемую законом тайну,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">содержащихся в информационных системах. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8696,51 +11598,142 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                                                                                                        форма</w:t>
+              <w:t>Приложение 6-1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам проведения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аттестации лиц, претендующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на занятие деятельностью</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>патентного поверенного,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>регистрации в реестрах</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>патентных поверенных и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>внесения в них изменений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -8761,129 +11754,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министерство юстиции</w:t>
-[...77 lines deleted...]
-              <w:t>индивидуальный идентификационный номер)</w:t>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -8904,271 +11819,552 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Адрес местожительства</w:t>
-[...25 lines deleted...]
-              <w:t>____________________________</w:t>
+              <w:t>Председателю Комитета</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по правам интеллектуальной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>собственности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерства юстиции</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от ____________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия имя отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданина, индивидуальный</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификационный номер)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адрес местожительства:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(почтовый индекс, область,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>город, район, населенный пункт,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>наименование улицы, номер дома/здания)</w:t>
+              <w:t>наименование улицы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>номер дома/здания)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z211" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявление</w:t>
+        <w:t xml:space="preserve"> Заявление о выдаче свидетельства патентного поверенного Республики Казахстан по специализации в области изобретений, полезных моделей, промышленных образцов, селекционных достижений</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 6-1 в соответствии с приказом Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу выдать мне свидетельство патентного поверенного Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по специализации в области изобретений, полезных моделей, промышленных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образцов, селекционных достижений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>За предоставление достоверных сведений несу персональную ответственность,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а также согласен(а), на использование сведений, составляющих охраняемую Законом</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тайну, содержащихся в информационных системах, при оказании данной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прилагается ___ листов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданин __________________________________________ дата: _______</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Согласен (-а) на использование сведений, составляющих охраняемую законом тайну,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Прошу выдать мне свидетельство патентного поверенного.</w:t>
-[...102 lines deleted...]
-    <w:bookmarkEnd w:id="135"/>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9267,203 +12463,126 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>патентного поверенного,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>регистрации в реестре</w:t>
-[...90 lines deleted...]
-              <w:t>Форма</w:t>
+              <w:t>регистрации в реестрах</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>патентных поверенных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и внесения в них изменений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z314" w:id="136"/>
+    <w:bookmarkStart w:name="z314" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
-[...14 lines deleted...]
-    <w:bookmarkEnd w:id="136"/>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Выдача свидетельства патентного поверенного"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 7 - в редакции приказа Министра юстиции РК от 31.08.2022 </w:t>
+      Сноска. Приложение 7 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 727</w:t>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -9488,51 +12607,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9560,205 +12679,205 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Министерство юстиции Республики Казахстан</w:t>
+Комитет по правам интеллектуальной собственности Министерства юстиции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Способы предоставления государственной услуги (каналы доступа) </w:t>
+              <w:t>
+Способы предоставления государственной услуги (каналы доступа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Веб-портал "Электронного правительства" www.egov.kz (далее – портал)</w:t>
+Веб-портал "электронного правительства" www.egov.kz (далее – портал)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9786,92 +12905,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В течение 3 рабочих дней</w:t>
+В течение 3 рабочих дней с момента регистрации заявления</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9899,92 +13018,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (полностью автоматизированная)/ оказываемая по принципу "одного заявления"</w:t>
+Электронная (частично автоматизированная)/ оказываемая по принципу "одного заявления"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10012,279 +13131,205 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Выдача свидетельства патентного поверенного по форме согласно приложению 6 к настоящим Правилам направляется в "личный кабинет" услугополучателя в форме электронного документа, подписанного электронной цифровой подписи (далее – ЭЦП) уполномоченного лица услугодателя. Форма предоставления результата оказания государственной услуги: электронная (полностью автоматизированная)/оказываемая по принципу "одного заявления".</w:t>
+Выдача свидетельства патентного поверенного по форме согласно приложениям 8, 8-1 к настоящим Правилам направляется в "личный кабинет" услугополучателя в форме электронного документа, подписанного электронной цифровой подписи (далее – ЭЦП) уполномоченного лица услугодателя. Форма предоставления результата оказания государственной услуги: электронная /оказываемая по принципу "одного заявления".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Размер платы, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-              </w:rPr>
               <w:t>
-за регистрацию в качестве патентного поверенного – 1 (один) месячный расчетный показатель.</w:t>
-[...35 lines deleted...]
-Банковские реквизиты, необходимые для оплаты государственной пошлины, указаны в приложении 3 настоящих Правил.</w:t>
+Бесплатно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10311,52 +13356,92 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Услугодатель − с понедельника по пятницу в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней согласно Трудовому кодексу Республики Казахстан с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+              <w:t xml:space="preserve">
+Услугодателя – с понедельника по пятницу, с 8.00 до 17.30 часов с перерывом на обед с 12.00 до 13.30 часов, кроме выходных и праздничных дней согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодексу Республики Казахстан (далее – Кодекс) и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Закону</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан "О праздниках в Республике Казахстан" (далее – Закон).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Портал − круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем согласно трудовому законодательству Республики Казахстан).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10371,51 +13456,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10443,464 +13528,488 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) заявление для получения свидетельства патентного поверенного в форме электронного документа, удостоверенного ЭЦП кандидата на государственном или русском языках по форме согласно приложению 7 настоящих Правил;</w:t>
+Заявление о выдаче свидетельства патентного поверенного в форме электронного документа, удостоверенного ЭЦП кандидата на государственном или русском языках по форме согласно приложениям 6, 6-1 настоящих Правил.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) документ, подтверждающий оплату государственной пошлины за регистрацию в качестве патентного поверенного.</w:t>
-[...17 lines deleted...]
-Сведения о документе, удостоверяющем личность услугополучателя, информации об оплате государственной пошлины через ПШЭП услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+Сведения о документе, удостоверяющем личность физического лица, а также о государственной регистрации (перерегистрации) юридического лица услугополучатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Основания для отказа в оказании государственной услуги, установленными законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Если представление услугополучателем неполного пакета документов согласно пункту 8 настоящего Приложения и (или) документов с истекшим сроком действия, услугодатель направляет услугополучателю уведомление с указанием каким требованиям не соответствует пакет документов.</w:t>
+1) если представленное услугополучателем заявление не соответствует пункту 8 настоящего Приложения, услугодатель направляет услугополучателю уведомление с указанием каким требованиям не соответствует заявление.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок приведения в соответствие указанных в уведомлении документов составляет один рабочий день.</w:t>
+Срок приведения в соответствие заявления составляет один рабочий день.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Если в течение одного рабочего дня со дня получения уведомления услугополучатель не привел его в соответствие с требованиями, то услугодатель направляет отказ в дальнейшем рассмотрении заявления.</w:t>
+Если в течение одного рабочего дня со дня получения уведомления услугополучатель не привел его в соответствие с требованиями, то услугодатель направляет отказ в дальнейшем рассмотрении заявления;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) при отсутствии согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+Иные требования с учетом особенностей оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-При оказании государственной услуги по принципу "одного заявления" срок оказания государственной услуги исчисляется со дня предоставления документа, подтверждающего уплату государственной пошлины за регистрацию в качестве патентного поверенного.</w:t>
+По принципу "одного заявления" услугополучатель получает государственную услугу</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Адреса мест оказания государственной услуги размещены на интернет-ресурсах уполномоченного органа www.adilet.gov.kz и услугодателя www.kazpatent.kz. </w:t>
+              <w:t>
+"Выдача свидетельства патентного поверенного".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Для получения государственной услуги через портал необходимо наличие ЭЦП.</w:t>
+Адреса мест оказания государственной услуги размещены на интернет-ресурсах уполномоченного органа www.gov.kz/memleket/entities/adilet-kis, а также www.gov.kz/memleket/entities/adilet.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт-центра.</w:t>
+Для получения государственной услуги через портал необходимо наличие ЭЦП.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Контактные телефоны справочных служб по вопросам оказания государственной услуги: 8 (7172) 74-09-69, 8 (7172) 55-88-21. </w:t>
+              <w:t>
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт-центра.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Контактные телефоны справочных служб по вопросам оказания государственной услуги: 8 (7172) 74-09-93, 74-76-85.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Единый контакт-центр - 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
@@ -10962,90 +14071,116 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 8</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам проведения аттестации</w:t>
-[...38 lines deleted...]
-              <w:t>поверенных и внесение в него изменений</w:t>
+              <w:t>к Правилам проведения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аттестации кандидатов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в патентные поверенные,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>регистрации в реестрах</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>патентных поверенных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и внесение в них изменений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11076,489 +14211,975 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ ӘДIЛЕТ МИНИСТРЛIГI</w:t>
+ҚАЗАҚСТАН РЕСПУБЛИКАСЫ ӘДІЛЕТ МИНИСТРЛІГІНІҢ ЗИЯТКЕРЛІК МЕНШІК ҚҰҚЫҒЫ КОМИТЕТІ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МИНИСТЕРСТВО ЮСТИЦИИ РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+КОМИТЕТ ПО ПРАВАМ ИНТЕЛЛЕКТУАЛЬНОЙ СОБСТВЕННОСТИ МИНИСТЕРСТВА ЮСТИЦИИ РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> СВИДЕТЕЛЬСТВО ПАТЕНТНОГО ПОВЕРЕННОГО РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 8 - в редакции приказа Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выдано [Фамилия] [Имя] [Отчество], зарегистрированному (ой) в качестве</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>патентного поверенного Республики Казахстан по специализации в области</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>товарных знаков, географических указаний, наименований места происхождения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>товара.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Запись о регистрации внесена в Реестр патентных поверенных Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в области товарных знаков, географических указаний, наименований места</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>происхождения товара "___" ______ года за № ___</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>[Должность подписывающего] [фамилия, имя и отчество (при наличии) подписывающего]</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 8-1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам проведения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аттестации кандидатов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в патентные поверенные,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>регистрации в реестрах</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>патентных поверенных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и внесение в них изменений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-[Реквизиты УО</w:t>
-[...53 lines deleted...]
-Берiлген күнi: [Дата выдачи]</w:t>
+ҚАЗАҚСТАН РЕСПУБЛИКАСЫ ӘДІЛЕТ МИНИСТРЛІГІНІҢ ЗИЯТКЕРЛІК МЕНШІК ҚҰҚЫҒЫ КОМИТЕТІ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-[Реквизиты УО</w:t>
-[...17 lines deleted...]
-на русском языке]</w:t>
+КОМИТЕТ ПО ПРАВАМ ИНТЕЛЛЕКТУАЛЬНОЙ СОБСТВЕННОСТИ МИНИСТЕРСТВА ЮСТИЦИИ РЕСПУБЛИКИ КАЗАХСТАН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z288" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> СВИДЕТЕЛЬСТВО ПАТЕНТНОГО ПОВЕРЕННОГО</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z289" w:id="138"/>
+        <w:t xml:space="preserve"> СВИДЕТЕЛЬСТВО ПАТЕНТНОГО ПОВЕРЕННОГО РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 8-1 в соответствии с приказом Министра юстиции РК от 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Выдано [Фамилия] [Имя] [Отчество], зарегистрированному (ой) в качестве патентного поверенного.</w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+      Выдано [Фамилия] [Имя] [Отчество], зарегистрированному (ой) в качестве патентного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поверенного Республики Казахстан по специализации в области изобретений,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>полезных моделей, промышленных образцов, селекционных достижений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Запись о регистрации внесена в Реестр патентных поверенных Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в области изобретений, полезных моделей, промышленных образцов, селекционных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>достижений "___" ______ года за № ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>[Должность подписывающего] [фамилия, имя и отчество (при наличии) подписывающего]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Запись о регистрации внесена в Реестр патентных поверенных "__"______ ____ года за №____</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      [Должность подписывающего] [фамилия, имя и отчество (при наличии) подписывающего]</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="140"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>