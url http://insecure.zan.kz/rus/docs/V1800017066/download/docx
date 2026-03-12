--- v0 (2025-11-13)
+++ v1 (2026-03-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6d29ff6" w14:textId="6d29ff6">
+    <w:p w14:paraId="399b38a" w14:textId="399b38a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -101,608 +101,617 @@
         </w:rPr>
         <w:t>Об утверждении Правил создания, размещения и эксплуатации морских объектов, используемых при проведении разведки и (или) добычи углеводородов на море</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра энергетики Республики Казахстан от 28 апреля 2018 года № 151. Зарегистрирован в Министерстве юстиции Республики Казахстан 14 июня 2018 года № 17066.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...116 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок - в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 157 Кодекса Республики Казахстан "О недрах и недропользовании" и подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра энергетики РК от 06.10.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 314</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> создания, размещения и эксплуатации морских объектов, используемых при проведении разведки и (или) добычи углеводородов на море.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить прилагаемые </w:t>
-[...28 lines deleted...]
-      </w:pPr>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Признать утратившими силу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 23 февраля 2015 года № 131 "Об утверждении Правил создания, эксплуатации и использования искусственных островов, дамб, сооружений и установок, а также иных объектов, связанных с нефтяными операциями" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10900, опубликован в газете "Казахстанская правда" от 7 апреля 2016 года № 65 (28191);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра энергетики Республики Казахстан от 18 июля 2016 года № 325 "О внесении изменений в приказ Министра энергетики Республики Казахстан от 23 февраля 2015 года № 131 "Об утверждении Правил создания, эксплуатации и использования искусственных островов, дамб, сооружений и установок, а также иных объектов, связанных с нефтяными операциями" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 14258, опубликован в информационно-правовой системе "Әділет" 14 октября 2016 года).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Департаменту государственной инспекции в нефтегазовом комплексе Министерства энергетики Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации Министерства юстиции Республики Казахстан" для официального опубликования и включения в Эталонной контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодические печатные издания;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) размещение настоящего приказа на интернет-ресурсе Министерства энергетики Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства энергетики Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 2), 3) и 4) настоящего пункта.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра энергетики Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Настоящий приказ вводится в действие с 29 июня 2018 года и подлежит официальному опубликованию.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z166" w:id="2"/>
-[...278 lines deleted...]
-    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -730,71 +739,53 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр энергетики</w:t>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -828,105 +819,130 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>К. Бозумбаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z18" w:id="13"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="13"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"СОГЛАСОВАН"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Заместитель Премьер-Министра</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1002,111 +1018,139 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>29 мая 2018 года</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z19" w:id="14"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"СОГЛАСОВАН"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Председатель Комитета</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1165,89 +1209,100 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>25 мая 2018 года</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z20" w:id="15"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="15"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"СОГЛАСОВАН"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр информации</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1306,111 +1361,139 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>30 мая 2018 года</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z21" w:id="16"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="16"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"СОГЛАСОВАН"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр национальной экономики</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1452,89 +1535,100 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11 мая 2018 года</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z22" w:id="17"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"СОГЛАСОВАН"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр по инвестициям и развитию</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1672,111 +1766,139 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>23 мая 2018 года</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z24" w:id="18"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"СОГЛАСОВАН"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр внутренних дел</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1818,50 +1940,57 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18 мая 2018 года</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -1944,985 +2073,1076 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 28 апреля 2018 года № 151</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила создания, размещения и эксплуатации морских объектов, используемых при проведении разведки и (или) добычи углеводородов на море</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-[...38 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок - в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-[...59 lines deleted...]
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок создания, размещения и эксплуатации морских объектов, используемых при проведении разведки и (или) добычи углеводородов на море</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Настоящие Правила создания, размещения и эксплуатации морских объектов, используемых при проведении разведки и (или) добычи углеводородов на море (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 157 Кодекса Республики Казахстан "О недрах и недропользовании" (далее – Кодекс), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" (далее – Закон) и определяют порядок создания, размещения и эксплуатации морских объектов, используемых при проведении разведки и (или) добычи углеводородов на море.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Основные понятия, используемые в Правилах:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) плавучая буровая установка - судно (плавучее сооружение), предназначенное для выполнения буровых работ по разведке и (или) добыче подземных ресурсов морского дна;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) заказчик плавучего оборудования (плавучей буровой установки) – физическое, юридическое лицо или консорциум, заключивший </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>договор подряда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на выполнение работ по созданию плавучего оборудования (плавучей буровой установки), инвестор, собственник строящегося судна;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) подрядчик – физическое или юридическое лицо, привлеченное недропользователем (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оператором</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по контракту на недропользование, доверительным управляющим, управляющей компанией, осуществляющей оперативное управление совместными инфраструктурными объектами) и/или заказчиком плавучего оборудования (плавучей буровой установки) в соответствии с договором подряда на выполнение работ по созданию и техническому сопровождению морских объектов в процессе их использования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) заявитель - лицо, обращающееся в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченный орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в области углеводородов для получения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>разрешения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на создание и размещение морских объектов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) морские объекты - искусственные острова, дамбы, сооружения, установки, трубопроводы и иные объекты, используемые при проведении разведки и (или) добычи углеводородов на море;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) эксплуатация морских объектов - комплекс технических мер для использования морских объектов по назначению.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Иные понятия и определения, использованные в настоящих Правилах, применяются в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан о недрах и недропользовании. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-[...38 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 1. Получение разрешений на создание и размещение морских объектов</w:t>
+        <w:t xml:space="preserve"> Глава 2. Порядок создания, размещения и эксплуатации морских объектов, используемых при проведении разведки и (или) добычи углеводородов на море</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-[...95 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок главы 2 - в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z126" w:id="33"/>
-[...146 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Получение разрешений на создание и размещение морских объектов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="34"/>
-[...36 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Параграф 1 - в редакции приказа Министра энергетики РК от 17.03.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Перечень основных требований к оказанию государственной услуги "Выдача разрешения на создание и размещение морских объектов" (далее – Перечень основных требований к оказанию государственной услуги) приведен в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общий срок рассмотрения документов и выдачи разрешения уполномоченным органом в области углеводородов составляет тринадцать рабочих дней.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра энергетики РК от 06.06.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра энергетики РК от 06.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра энергетики РК от 03.06.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Заявитель для получения разрешения на создание и размещение морских объектов направляет в уполномоченный орган в области углеводородов посредством веб-портала "электронного правительства" (далее – портал) документы, необходимые для оказания государственной услуги, указанные в пункте 8 Перечня основных требований к оказанию государственной услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В день поступления заявления сотрудник канцелярии уполномоченного органа в области углеводородов осуществляет прием и регистрацию документов, и передает зарегистрированные документы руководителю ответственного структурного подразделения, который определяет ответственного исполнителя структурного подразделения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подаче заявителем документов, указанных в пункте 8 Перечня основных требований к оказанию государственной услуги, подтверждением принятия заявления через портал является статус о принятии запроса, который отображается в "личном кабинете" заявителя.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сотрудник ответственного структурного подразделения уполномоченного органа в области углеводородов в течение двух рабочих дней с момента регистрации документов, указанных в пункте 8 Перечня основных требований к оказанию государственной услуги, проверяет полноту представленных документов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах удостоверяющие личность, государственной регистрации (перерегистрации) юридического лица, уполномоченный орган получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При представлении заявителем неполного пакета документов сотрудник ответственного структурного подразделения уполномоченного органа в области углеводородов в сроки, указанные в части первой настоящего пункта, готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мотивированный отказ в дальнейшем рассмотрении заявления, подписанный электронной цифровой подписью руководителя ответственного структурного подразделения уполномоченного органа в области углеводородов, направляется заявителю в форме электронного документа.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра энергетики РК от 06.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Сотрудник ответственного структурного подразделения уполномоченного органа в области углеводородов после получения ответов уполномоченных органов, указанных в пункте 5 настоящих Правил, в течение четырех рабочих дней рассматривает заявление на соответствие требованиям </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. В случае предоставления заявителем полного пакета документов, указанных в пункте 4 настоящих Правил, сотрудник ответственного структурного подразделения уполномоченного органа в области углеводородов в сроки, указанные в части четвертой пункта 4 настоящих Правил, готовит и направляет запрос посредством портала и системы электронного документооборота в уполномоченные органы в области охраны, воспроизводства и использования животного мира, Пограничную службу Комитета национальной безопасности Республики Казахстан, центральному исполнительному органу, осуществляющему государственную политику в сфере обороны, бассейновым водным инспекциям по охране и регулированию использования водных ресурсов, которые в течение семи рабочих дней согласовывают на предмет целесообразности или нецелесообразности создания и размещения в районе указанных географических координат морского объекта.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае непредставления ответов в установленный срок согласующими уполномоченными органами запрос считается согласованным без замечаний.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра энергетики РК от 06.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра энергетики РК от 03.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Сотрудник ответственного структурного подразделения уполномоченного органа в области углеводородов после получения ответов уполномоченных органов, указанных в пункте 5 настоящих Правил, в течение четырех рабочих дней рассматривает заявление на соответствие требованиям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодекса</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и настоящих Правил, при положительном заключении оформляет и направляет разрешение по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2940,58 +3160,53 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам в "личный кабинет" заявителя на портале, либо подготавливает и направляет заявителю мотивированный отказ в выдаче разрешения по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам по основаниям указанных в пункте 9 Перечня основных требований к оказанию государственной услуги.</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае принятия предварительного решения об отказе в оказании государственной услуги уполномоченный орган в области углеводородов не позднее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2999,95 +3214,87 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК) направляет заявителю уведомление о предварительном решении об отказе в оказании государственной услуги, а также времени и месте проведения заслушивания для возможности выразить заявителю позицию по предварительному решению по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Процедура заслушивания проводится в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> АППК РК.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По результатам заслушивания уполномоченный орган в области углеводородов принимает решение выдать разрешение по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3095,2767 +3302,3062 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, либо отказать в выдаче разрешения путем предоставления мотивированного отказа в выдаче разрешения на создание и размещение морских объектов по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа Министра энергетики РК от 06.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Уполномоченный орган в области углеводородов обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При оказании государственной услуги посредством государственной информационной системы разрешений и уведомлений данные о стадии оказания государственной услуги поступают в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-1. Уполномоченным органом в области углеводородов в течение трех рабочих дней с даты утверждения нормативного правового акта о внесении изменений и (или) дополнений в настоящие Правила направляется информация о внесенных изменениях и (или) дополнениях оператору информационно-коммуникационной инфраструктуры "электронного правительства" и в Единый контакт-центр.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 7-1 в соответствии с приказом Министра энергетики РК от 06.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Для обжалования решений, действий (бездействий) уполномоченного органа в области углеводородов и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается не позднее 3 (трех) месяцев со дня, когда заявителю стало известно о принятии административного акта или совершении действий (бездействий) уполномоченного органа в области углеводородов:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в орган, рассматривающий жалобу (вышестоящий административный орган и (или) должностное лицо);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на имя руководства уполномоченного органа в области углеводородов, непосредственно оказывающего государственную услугу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жалоба заявителя в соответствии с пунктом 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона подлежит рассмотрению:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченным органом в области углеводородов, непосредственно оказывающим государственную услугу, в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Срок рассмотрения жалобы уполномоченным органом в области углеводородов, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с пунктом 4 статьи 25 Закона продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получения дополнительной информации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в электронной форме (при подаче жалобы в электронном виде) заявителю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае поступления жалобы в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 91 АППК РК уполномоченным органом в области углеводородов направляется в орган, рассматривающий жалобу в течение 3 (трех) рабочих дней со дня ее поступления. Жалоба уполномоченным органом в области углеводородов не направляется в орган, рассматривающий жалобу в случае принятия благоприятного акта, совершения административного действия, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок рассмотрения жалобы органом, рассматривающим жалобу, составляет 20 (двадцать) рабочих дней со дня поступления жалобы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра энергетики РК от 06.10.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 314</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-1. В случае несогласия с решением органа, рассматривающего жалобу, заявитель обращается в другой орган, рассматривающий жалобу или в суд в соответствии с пунктом 6 статьи 100 АППК РК.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 8-1, в соответствии с приказом Министра энергетики РК от 06.10.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 314</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z56" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Проектирование морских объектов, связанных с проведением разведки и (или) добычи углеводородов на море</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z139" w:id="36"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок параграфа 2 - в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Проектирование морских объектов по инициативе и за счет недропользователей (операторов по контракту на недропользование, доверительных управляющих, управляющих компаний, осуществляющих оперативное управление совместными инфраструктурными объектами) (далее – недропользователь) осуществляется в соответствии с проектным документом для проведения операций по недропользованию, утвержденным в установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порядке Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Проектирование плавучего оборудования (плавучих буровых установок), предназначенных для использования неопределенным кругом лиц, в том числе недропользователей, осуществляется на основании гражданско-правовых сделок.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. Выбор места расположения морского объекта, подлежащего созданию и эксплуатации, осуществляется после проведения полного геотехнического изучения участка морского дна с целью обеспечения безопасного создания и эксплуатации морского объекта.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. При изучении участка для создания морского объекта недропользователем (подрядчиком) осуществляется:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) исследование наличия или отсутствия трубопроводов, кабеля и других объектов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) инженерно-геологические данные о состоянии морского дна, необходимые для проектирования морского объекта в соответствии с планируемой степенью безопасности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) обеспечение выбора места расположения морского объекта осуществляется вне установленных навигационных путей, особенно при подходах к порту, а также вне мест промысла, использования и охраны водных биологических ресурсов, участков для воспроизводства, нагула и миграции рыб и других водных животных, имеющих ценное значение для рыбного хозяйства.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 7-1 в соответствии с приказом Министра энергетики РК от 06.06.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 209</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 в редакции приказа Министра энергетики РК от 28.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 265</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Проекты работ создания морских объектов, за исключением плавучего оборудования и объектов, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, утверждаются и согласовываются в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан в области архитектурной, градостроительной и строительной деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. Перед проектированием морских объектов, за исключением плавучего оборудования и объектов, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, производятся инженерные изыскания (инженерно-гидрографические, геодезические, геологические, гидрометеорологические) в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан в области архитектурной, градостроительной и строительной деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. Результаты инженерных изысканий используются для обоснования принимаемых решений в проектных работах и для организации проектирования, безопасного и качественного ведения работ и направляются в Службу гидрографического обеспечения Военно-морских сил Вооруженных Сил Республики Казахстан для обработки и накопления сведений.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. В состав проектной документации входят:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) оценка предпроектного (базового) состояния окружающей природной среды;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) оценка воздействия на окружающую природную среду планируемого к созданию морского объекта, в том числе расчет размера компенсации вреда, наносимого и нанесенного рыбным ресурсам и другим водным животным, в том числе неизбежного, в результате хозяйственной деятельности, осуществляется последовательно с учетом стадий градостроительного и строительного проектирования, предусмотренных экологическим законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) анализ возможных критических (аварийных) ситуаций, мероприятия по их предупреждению и защите работающего персонала и населения, проживающего в зоне возможного воздействия аварийной (критической) ситуации на морских объектах, связанных с проведением разведки и (или) добычи углеводородов на море, согласно требованиям промышленной безопасности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) предложения по комплексу природоохранных мероприятий, включая меры по предотвращению неблагоприятных последствий (уничтожения, деградации, повреждения и истощения естественных экологических систем и природных ресурсов, включая биоресурсы), компенсации наносимого вреда биоресурсам водоемов, взятие скважины под контроль;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) вопросы промышленной безопасности, обеспечения пожарной безопасности, производственной санитарии и охраны труда работающего персонала, а также привлечения иных организаций, специализирующихся на устранении аварий на море и их последствий;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) результаты изучения участка для создания морского объекта в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 с изменением, внесенным приказом Министра энергетики РК от 03.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17. Недропользователь (подрядчик) или заказчик плавучего оборудования (плавучей буровой установки) до осуществления создания и эксплуатации морского объекта обеспечивает информирование населения и учет общественного мнения в соответствии с требованиями экологического законодательства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z141" w:id="39"/>
-[...278 lines deleted...]
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z75" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 3. Создание и размещение морских объектов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z149" w:id="42"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. Исключен приказом Министра энергетики РК от 06.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. По окончании создания морских объектов, за исключением плавучего оборудования и объектов, указанных в пункте 35 настоящих Правил, недропользователь (подрядчик) обеспечивает приемку в эксплуатацию морских объектов в установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан порядке в области архитектурной, градостроительной и строительной деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20. Первичная приемка в эксплуатацию плавучего оборудования (плавучей буровой установки) для проведения разведки и (или) добычи углеводородов на море по окончании создания на территории Республики Казахстан осуществляется заказчиком с учетом пункта 35 настоящих Правил.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ввод в эксплуатацию плавучего оборудования (плавучей буровой установки) по окончании монтажа в пределах определенного участка (контрактной территории) казахстанского сектора Каспийского моря осуществляются комиссией, созданной недропользователем, с участием собственника (арендатора) плавучего оборудования (судовладельца плавучей буровой установки) или уполномоченного им лица и представителя территориального подразделения уполномоченного органа в области промышленной безопасности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 8-1, в соответствии с приказом Министра энергетики РК от 06.10.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 314</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 - в редакции приказа Министра энергетики РК от 06.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра энергетики РК от 03.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21. Недропользователь (подрядчик) обеспечивает на морских объектах соответствующие средства по предупреждению об их местонахождении на море (средства навигационного оборудования), чтобы не создавать угрозы безопасности людям, помех судоходству, промыслу, использованию и охране водных биологических ресурсов и иной правомерной деятельности, обычно осуществляемой на конкретном участке моря.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22. Вокруг морских объектов устанавливаются зоны безопасности, которые простираются на расстояние пятьсот метров, отмеряемых от каждой точки внешнего края таких морских объектов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 в редакции приказа Министра энергетики РК от 28.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 265</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23. Исключен приказом Министра энергетики РК от 06.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:bookmarkStart w:name="z85" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 2. Проектирование морских объектов, связанных с проведением разведки и (или) добычи углеводородов на море</w:t>
+        <w:t xml:space="preserve"> Параграф 4. Эксплуатация морских объектов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-[...177 lines deleted...]
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24. Эксплуатация морских объектов и плавучего оборудования (плавучей буровой установки) осуществляется после приемки в эксплуатацию соответствующего объекта (объектов) в порядке, указанном в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктах 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25. После ввода морского объекта в эксплуатацию его использование осуществляется с применением техники и технологий, не представляющих угрозу здоровью населения и окружающей среде, а также водным биологическим ресурсам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 12 в редакции приказа Министра энергетики РК от 28.07.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 25 в редакции приказа Министра энергетики РК от 28.07.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 265</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...265 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 16 с изменением, внесенным приказом Министра энергетики РК от 03.06.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 228-н/қ</w:t>
+        <w:t xml:space="preserve">      Пункт 26 предусматривается в редакции приказа Министра энергетики Республики Казахстан от 27.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
+        <w:t>№ 39-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26. Строительные, дноуглубительные, взрывные и иные работы на водоохранных зонах и полосах осуществляются с соблюдением требований статьей 125 и 126 Водного кодекса Республики Казахстан от 9 июля 2003 года, а также режима использования этих зон и полос, установленного местными исполнительными органами, в соответствии с водным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27. Перед началом эксплуатации морских объектов недропользователь (подрядчик) разрабатывает и утверждает внутренний порядок проведения аварийно-восстановительных и ремонтных работ, а также план ликвидации аварий, в котором с учетом специфических условий предусматриваются оперативные действия персонала по предотвращению и ликвидации аварийных ситуаций, тушению пожара, а также план эвакуации работающего персонала и населения, проживающего в зоне действия морского объекта, в случае возникновения критических (аварийных) ситуаций на морских объектах в процессе их эксплуатации.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...44 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      18. Исключен приказом Министра энергетики РК от 06.06.2023 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">28. Исключен приказом Министра энергетики РК от 06.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
-    </w:p>
-[...64 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 20 - в редакции приказа Министра энергетики РК от 06.06.2023 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">29. Исключен приказом Министра энергетики РК от 06.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра энергетики РК от 03.06.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30. Исключен приказом Министра энергетики РК от 06.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31. 31. В процессе эксплуатации морских объектов недропользователь (подрядчик) или заказчик плавучего оборудования (плавучей буровой установки) принимает меры для недопущения ослабления структурной прочности сооружений, используемых для проведения разведки и (или) добычи углеводородов на море, при проведении таких работ, как:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Недропользователь (подрядчик) обеспечивает на морских объектах соответствующие средства по предупреждению об их местонахождении на море (средства навигационного оборудования), чтобы не создавать угрозы безопасности людям, помех судоходству, промыслу, использованию и охране водных биологических ресурсов и иной правомерной деятельности, обычно осуществляемой на конкретном участке моря.</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+      1) подъем и крепление;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разгрузка и первичный сплав;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сборка на плаву;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) буксировка;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) запуск и вертикальный подъем;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) погружение в воду;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) установка опор;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) структурную прочность и целостность всего сооружения в целом после заключительного монтажа. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 21 в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 31 в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 228-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">32. Исключен приказом Министра энергетики РК от 06.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>33. Посторонним судам, за исключением военных кораблей Республики Казахстан, ограничивается вход в пределы зоны безопасности морского объекта. Морские и воздушные суда поддержки проведения разведки и (или) добычи углеводородов на море уведомляют персонал морского объекта, отвечающего за безопасность с постоянным присутствием персонала на борту о своем намерении войти в зону безопасности и получить на это соответствующее разрешение от руководства организации, эксплуатирующего морской объект.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 22 в редакции приказа Министра энергетики РК от 28.07.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 265</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 33 в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34. Недропользователь (подрядчик) сообщает месторасположение морского объекта с указанием точных координат в Службу гидрографического обеспечения Военно-морских сил Вооруженных Сил Республики Казахстан и руководству ближайшего порта.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">23. Исключен приказом Министра энергетики РК от 06.06.2023 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...24 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 35 предусматривается в редакции приказа Министра энергетики Республики Казахстан от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 39-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      24. Эксплуатация морских объектов и плавучего оборудования (плавучей буровой установки) осуществляется после приемки в эксплуатацию соответствующего объекта (объектов) в порядке, указанном в </w:t>
-[...9 lines deleted...]
-        <w:t>пунктах 19</w:t>
+      35. Морские суда, в том числе плавучие буровые установки, предназначенные для разведки и добычи нефти и газа, строятся и эксплуатируются в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>требованиями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> безопасности мореплавания при </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>освидетельствовании</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...38 lines deleted...]
-      </w:pPr>
+        <w:t>техническом наблюдении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> одним из классификационных обществ, признанных Правительством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 25 в редакции приказа Министра энергетики РК от 28.07.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 265</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...45 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 36 предусматривается в редакции приказа Министра энергетики Республики Казахстан от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 39-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      36. Недропользователь (подрядчик) или заказчик плавучего оборудования (плавучей буровой установки) обеспечивает беспрепятственный доступ в установленном Предпринимательским </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 29 октября 2015 года и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порядке на морские объекты должностных лиц и представителей органов контроля и надзора для осмотра оборудования и технических средств, предназначенных для выполнения работ, а также средств, обеспечивающих экологическую безопасность и охрану окружающей среды от загрязнения, в целях установления их соответствия утвержденным проектным решениям, и сопровождать осмотр необходимыми пояснениями.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">37. Недропользователь (подрядчик) или заказчик плавучего оборудования (плавучей буровой установки) оказывают содействие Пограничной службе Комитета национальной безопасности Республики Казахстан в осуществлении функции по реагированию на террористические проявления в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 9 Закона Республики Казахстан "О противодействии терроризму".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 37 - в редакции приказа Министра энергетики РК от 06.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">28. Исключен приказом Министра энергетики РК от 06.06.2023 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">38. После завершения эксплуатации морских объектов при проведении разведки и (или) добычи углеводородов на море такие объекты, если они не могут быть в дальнейшем использованы в хозяйственных или иных целях, должны быть демонтированы таким образом, чтобы не создавать угрозу безопасности людей и окружающей среде и не являться помехой для судоходства или промысла, использованию и охране водных биологических ресурсов. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 38 - в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">29. Исключен приказом Министра энергетики РК от 06.06.2023 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">39. Консервация и (или) ликвидация морских объектов, за исключением плавучего оборудования и объектов, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, осуществляются в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан о недрах и недропользовании.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>40. Недропользователь (подрядчик) или заказчик плавучего оборудования (плавучей буровой установки) обеспечивает направление сведений об изменении состояния морских объектов в Службу гидрографического обеспечения Военно-морских сил Вооруженных Сил Республики Казахстан для издания извещения мореплавателям.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...52 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="73"/>
-[...710 lines deleted...]
-    <w:bookmarkEnd w:id="84"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5964,1360 +6466,1811 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>разведки и (или) добычи</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>углеводородов на море</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Верхний правый угол приложения 1 - в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      В приложение 1 предусматривается изменение приказом Министра энергетики Республики Казахстан от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 39-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Верхний правый угол приложения 1 - в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 228-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z155" w:id="85"/>
+    <w:bookmarkStart w:name="z155" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Выдача разрешения на создание и размещение морских объектов"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции приказа Министра энергетики РК от 06.06.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 1 - в редакции приказа Министра энергетики РК от 06.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 209</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра приказа Министра энергетики РК от 03.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра приказа Министра энергетики РК от 03.06.2025 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование государственной услуги "Выдача разрешения на создание и размещение морских объектов"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование услугодателя</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство энергетики Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Способы предоставления государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием заявлений и выдача результатов оказания государственной услуги осуществляется посредством веб-портала "электронного правительства" www.egov.kz, www.elicense.kz (далее – портал).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13 рабочих дней.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугодатель проверяет полноту представленных документов. В случае установления факта неполноты представленных документов, услугодатель в течение двух рабочих дней дает мотивированный отказ в дальнейшем рассмотрении заявления.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная (частично автоматизированная).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результат оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Разрешение на создание и размещение морских объектов либо мотивированный отказ в оказании государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Государственная услуга оказывается бесплатно физическим и юридическим лицам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График работы услугодателя и объектов информации</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1) услугодателя – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) услугодателя – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> кодексу Республики Казахстан (далее – Кодекс), с перерывом на обед с 13.00 часов до 14.30 часов;</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кодексу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>На портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) заявление для получения разрешения на создание и размещение морских объектов по форме согласно приложению 1 к Перечню основных требований к оказанию государственной услуги "Выдача разрешения на создание и размещение морских объектов" (далее – Перечень государственной услуги);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) форма сведений для получения разрешения на создание и размещение морских объектов по форме согласно приложению 2 к Перечню государственной услуги</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) установление недостоверности документов, представленных заявителем для получения разрешения, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2) несоответствие заявителя и (или) представленных материалов, объектов, данных и сведений, необходимых для выдачи разрешения, установленными </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7362,163 +8315,202 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) в отношении заявителя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения государственной услуги;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5) в отношении заявителя имеется вступившее в законную силу решение суда, на основании которого заявитель лишен специального права, связанного с получением государственной услуги.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 интернет-ресурсе Министерства энергетики Республики Казахстан: www.energo.gov.kz в разделе "Государственные услуги";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7583,50 +8575,57 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) при оказании государственной услуги посредством портала доступна версия для слабовидящих;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе www.gov.kz, раздел "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг 1414, 8 800 080 7777.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -7800,503 +8799,441 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z158" w:id="86"/>
+    <w:bookmarkStart w:name="z158" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление для получения разрешений на создание и размещение морских объектов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 1 - в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 228-н/қ</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      В ________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование уполномоченного органа)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>От _______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при наличии) физического лица, ИИН, полное</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование юридического лица, адрес местонахождения, БИН,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>контактные данные (телефон, факс, электронная почта)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование (марка) морского объекта)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(причина и обоснование необходимости осуществления разведки и (или)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>добычи углеводородов на море по созданию и размещению морского объекта)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(сроки и местоположение планируемого морского объекта либо проводимых</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работ по созданию и эксплуатацию такого морского объекта)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(прилагаемый перечень документов)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Согласен на использования сведений, составляющих охраняемую законом тайну,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>содержащихся в информационных системах</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель _____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (в случае наличия))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электронно-цифровая подпись</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" __________ 20___ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      В ________________________________________________________________</w:t>
-[...373 lines deleted...]
-        <w:t>"___" __________ 20___ года</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8468,815 +9405,656 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z161" w:id="87"/>
+    <w:bookmarkStart w:name="z161" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма сведений для получения разрешения на создание и размещение морских объектов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      1. Наименование (марка) морского объекта ___________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Номер и дата контракта на недропользование _______________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Название и дата утверждения проектного документа для проведения операций</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по недропользованию, утвержденным в установленном законодательством порядке</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Цели, назначения и основания создания морского объекта</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Обоснование географических координат создаваемого морского объекта в пределах</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>контрактной территории (широта, долгота, размеры и т.д.):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) _______________________________________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) _________________________________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Информация о судах и иных плавучих средствах, которые предполагается</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>использовать при выполнении работ по созданию морского объекта:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) количество судов и плавучих средств ______________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) наименование судов и плавучих средств ____________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Дата начала и окончания создания морского объекта __________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Информация о средствах связи (мощность радиопередатчика, частоты, иные</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сведения), которые будут использоваться при эксплуатации морского объекта</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Мероприятия, планируемые при создании и размещении морского объекта:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) по предупреждению или снижению возможного ущерба окружающей среде,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>включая создание замкнутых систем технического водоснабжения, плавучих или</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стационарных очистных сооружений и средств для приема нефтесодержащих вод</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и других вредных веществ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) по предотвращению и ликвидации аварийных ситуаций на морском объекте</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) по обеспечению безопасности мореплавания и полетов летательных аппаратов,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а также по сохранению среды обитания, условий размножения, путей миграции,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мест концентрации рыб и других водных животных</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Основные гидрологические и гидрогеологические характеристики</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предполагаемого месторасположения морского объекта, предполагаемый объем</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>забора и (или) использования поверхностных вод, сбрасываемых сточных вод,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>забираемых подземных вод</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      1. Наименование (марка) морского объекта ___________________________________.</w:t>
-[...730 lines deleted...]
-        <w:t>_________________________________________________________________________.</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9387,120 +10165,139 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>разведки и (или) добычи</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>углеводородов на море</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Верхний правый угол приложения 2 - в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Верхний правый угол приложения 2 - в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 228-н/қ</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
-[...17 lines deleted...]
-      Сноска. Приложение 2 - в редакции приказа Министра энергетики РК от 06.06.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 2 - в редакции приказа Министра энергетики РК от 06.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9587,132 +10384,131 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Наименование УО</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(на государственном языке)]</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>реквизиты УО на государственном языке</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...12 lines deleted...]
-          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1981200" cy="1854200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
@@ -9765,413 +10561,490 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Наименование УО</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(на русском языке)]</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>реквизиты УО на русском языке</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мотивированный отказ в дальнейшем рассмотрении заявления/в выдаче разрешения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Номер: [Номер]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Дата выдачи: [Дата выдачи]</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Наименование заявителя]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Наименование УО], рассмотрев Ваше заявление от [Дата заявки] года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ [Номер заявки], сообщает ____________________________________. [Причина отказа]</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Руководитель ответственного структурного подразделения уполномоченного органа в области углеводородов]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[фамилия, имя, отчество (при наличии)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...12 lines deleted...]
-          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="7264400" cy="1905000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5"/>
                           <a:stretch>
@@ -10341,120 +11214,139 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>разведки и (или) добычи</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>углеводородов на море</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Верхний правый угол приложения 3 - в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Верхний правый угол приложения 3 - в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 228-н/қ</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
-[...17 lines deleted...]
-      Сноска. Приложение 3 - в редакции приказа Министра энергетики РК от 06.06.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 3 - в редакции приказа Министра энергетики РК от 06.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10541,133 +11433,132 @@
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Наименование УО</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(на государственном языке)]</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>реквизиты УО на государственном языке</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...12 lines deleted...]
-          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1981200" cy="1854200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
@@ -10720,296 +11611,354 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Наименование УО</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(на русском языке)]</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>реквизиты УО на русском языке</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>РАЗРЕШЕНИЕ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на создание и размещение морских объектов</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Номер: [Номер]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Дата выдачи: [Дата выдачи]</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Место выдачи:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выдано: _________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(фамилия, имя, отчество (в случае наличия) физического лица, ИИН,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11136,171 +12085,217 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________________________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(условия размещения морских объектов)</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Согласование государственных уполномоченных органов:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Руководитель ответственного структурного подразделения уполномоченного органа в области углеводородов]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[фамилия, имя, отчество (при наличии)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11339,50 +12334,57 @@
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="7264400" cy="1905000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -11509,82 +12511,95 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>разведки и (или) добычи</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>углеводородов на море</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Верхний правый угол приложения 4 - в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Верхний правый угол приложения 4 - в редакции приказа Министра энергетики РК от 03.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 228-н/қ</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 10.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11626,431 +12641,372 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z165" w:id="88"/>
+    <w:bookmarkStart w:name="z165" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уведомление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Правила дополнены приложением 4 в соответствии с приказом Министра энергетики РК от 17.03.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены приложением 4 в соответствии с приказом Министра энергетики РК от 17.03.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 100</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); в редакции приказа Министра энергетики РК от 06.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); в редакции приказа Министра энергетики РК от 06.06.2023 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выдано_________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование заявителя)</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Настоящим ГО __________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование уполномоченного органа)</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>рассмотрев Ваше заявление от [Дата заявки] года № [Номер заявки] уполномоченный</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>орган в области углеводородов уведомляет о возможности выразить</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование заявителя)</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>позицию по предварительному решению по результатам оказания государственной</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>услуги "Выдача разрешения на создание и размещение морских объектов"</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в _______________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(дата, время и место проведения заслушивания)</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель уполномоченного органа</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии), должность руководителя</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>уполномоченного органа)</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата и время направления уведомления: ___"_______20__года "__"час "__"мин</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12174,102 +13130,115 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и (или) добычи углеводородов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на море и внутренних водоемах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Правила дополнены приложением 5 в соответствии с приказом Министра энергетики РК от 17.03.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены приложением 5 в соответствии с приказом Министра энергетики РК от 17.03.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 100</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); исключено приказом Министра энергетики РК от 06.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); исключено приказом Министра энергетики РК от 06.06.2023 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12389,124 +13358,137 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>углеводородов на море и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>внутренних водоемах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z152" w:id="89"/>
+    <w:bookmarkStart w:name="z152" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уведомление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Правила дополнены приложением 6 в соответствии с приказом Министра энергетики РК от 06.10.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены приложением 6 в соответствии с приказом Министра энергетики РК от 06.10.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 314</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 314</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); исключено приказом Министра энергетики РК от 06.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); исключено приказом Министра энергетики РК от 06.06.2023 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -12514,55 +13496,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>