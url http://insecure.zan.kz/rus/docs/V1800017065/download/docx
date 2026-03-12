--- v0 (2025-11-14)
+++ v1 (2026-03-12)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d12bcfd" w14:textId="d12bcfd">
+    <w:p w14:paraId="8fdd8b8" w14:textId="8fdd8b8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -307,54 +308,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> финансирования научно-исследовательских, научно-технических и (или) опытно-конструкторских работ в размере одного процента от расходов на добычу, понесенных недропользователем в предыдущем году. </w:t>
+        <w:t xml:space="preserve"> финансирования научно-исследовательских, научно-технических и (или) опытно-конструкторских работ в размере одного процента от расходов на добычу, понесенных недропользователем в предыдущем году.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции совместного приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 553</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Министра науки и высшего образования РК от 29.12.2025 № 598 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департаменту технологического и инновационного развития Министерства по инвестициям и развитию Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1132,1129 +1195,787 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила финансирования научно-исследовательских, научно-технических и (или) опытно-конструкторских работ в размере одного процента от расходов на добычу, понесенных недропользователем в предыдущем году</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила - в редакции </w:t>
+      Сноска. Правила – в редакции совместного приказа Министра промышленности и строительства РК от 29.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>совместного приказа</w:t>
+        <w:t>№ 553</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и.о. Министра промышленности и строительства РК от 19.07.2024 № 272 и Министра науки и высшего образования РК от 23.07.2024 № 365 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> и Министра науки и высшего образования РК от 29.12.2025 № 598 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z22" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила финансирования научно-исследовательских, научно-технических и (или) опытно-конструкторских работ в размере одного процента от расходов на добычу, понесенных недропользователем в предыдущем году (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 212 Кодекса Республики Казахстан "О недрах и недропользовании" (далее – Кодекс), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике" и определяют порядок финансирования научно-исследовательских, научно-технических и (или) опытно-конструкторских работ в размере одного процента от расходов на добычу, понесенных недропользователем в предыдущем году.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z23" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике" и определяют порядок финансирования научно-исследовательских, научно-технических и (или) опытно-конструкторских работ в размере одного процента от расходов на добычу, понесенных недропользователем в предыдущем году.</w:t>
+        <w:t>
+      2. В настоящих Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z24" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Настоящие Правила не применяется к порядку отнесения на вычеты расходов на научно-исследовательские, научно-технические и опытно-конструкторские работы в соответствии с налоговым законодательством Республики Казахстан.</w:t>
+      1) результат научной и (или) научно-технической деятельности – новые знания или решения, полученные надлежащими научными методами и средствами в ходе осуществления научной и (или) научно-технической деятельности и зафиксированные на любом информационном носителе, а также внедренные в производство научные разработки и технологии, модели, макеты, образцы новых изделий, материалов и веществ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z25" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. В настоящих Правилах используются следующие понятия:</w:t>
+      2) субъекты научной и (или) научно-технической деятельности – физические и юридические лица, осуществляющие научную и (или) научно-техническую деятельность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z26" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) результат научной и (или) научно-технической деятельности - новые знания или решения, полученные надлежащими научными методами и средствами в ходе выполнения научной и (или) научно-технической деятельности и зафиксированные на любом информационном носителе, внедрение научных разработок и технологий в производство, а также модели, макеты, образцы новых изделий, материалов и веществ;</w:t>
+      3) научно-исследовательская работа – работа, связанная с научным поиском, проведением исследований, экспериментов в целях расширения имеющихся и получения новых знаний, проверки научных гипотез, установления закономерностей развития природы и общества, научного обобщения, научного обоснования проектов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z27" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) субъекты научной и (или) научно-технической деятельности - физические и юридические лица, осуществляющие научную и (или) научно-техническую деятельность;</w:t>
+      4) научная деятельность – деятельность, направленная на изучение окружающей действительности с целью выявления свойств, особенностей и закономерностей, присущих изучаемым объектам, явлениям (процессам), и использование полученных знаний на практике;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z28" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) научно-исследовательская работа - работа, связанная с научным поиском, проведением исследований, экспериментов в целях расширения имеющихся и получения новых знаний, проверки научных гипотез, установления закономерностей развития природы и общества, научного обобщения, научного обоснования проектов;</w:t>
+      5) научно-техническая деятельность – деятельность, направленная на получение и применение новых знаний в областях науки, техники и производства для решения технологических, конструкторских, экономических, социально-политических и иных задач, обеспечение функционирования науки, технологии и производства как единой системы, включая коммерциализацию результатов и разработку нормативно-технической документации, необходимой для проведения этих исследований;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z29" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) научные исследования - прикладные, фундаментальные, стратегические научные исследования, осуществляемые субъектами научной и (или) научно-технической деятельности в рамках научно-исследовательских, опытно-конструкторских и технологических работ, надлежащими научными методами и средствами в целях достижения результатов научной и (или) научно-технической деятельности;</w:t>
+      6) уполномоченный орган в области науки – государственный орган, осуществляющий межотраслевую координацию и руководство в области науки и научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z30" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) научная деятельность - деятельность, направленная на изучение окружающей действительности с целью выявления свойств, особенностей и закономерностей, присущих изучаемым объектам, явлениям (процессам), и использование полученных знаний на практике;</w:t>
+      7) опытно-конструкторские работы - комплекс работ, выполняемых при создании или модернизации продукции, разработке конструкторской и технологической документации на опытные образцы, изготовлении и испытании опытных образцов и полезных моделей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z31" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) научно-техническая деятельность - деятельность, направленная на получение и применение новых знаний во всех областях науки, техники и производства для решения технологических, конструкторских, экономических и социально-политических и иных задач, обеспечение функционирования науки, технологии и производства как единой системы, включая разработку нормативно-технической документации, необходимой для проведения этих исследований;</w:t>
+      Иные понятия, применяемые в настоящих Правилах, соответствуют понятиям, используемым в законодательстве Республики Казахстан в области науки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z32" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) инновационный кластер "Парк инновационных технологий" – объединение участников инновационного кластера, призванных стимулировать индустриально-инновационную деятельность путем взаимодействия и совместного использования имеющихся возможностей, обмена знаниями и опытом, проведения исследований, эффективной передачи технологий, налаживания устойчивых партнерских связей и распространения информации;</w:t>
+      3. Недропользователь осуществляет ежегодные отчисления на научно-исследовательские, научно-технические и (или) опытно-конструкторские работы в течение всего периода добычи, начиная со второго года, в размере одного процента на добычу, понесенных недропользователем в предыдущем году.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z33" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) проект участника инновационного кластера "Парк инновационных технологий" – комплекс мероприятий, направленных на создание новых или усовершенствованных производств, технологий, товаров, работ и услуг, реализуемых в течение определенного срока времени;</w:t>
+      4. В случае если сумма произведенных отчислений от расходов на добычу недропользователя по итогам предыдущего года превышает один процент, превышающая часть засчитывается в счет исполнения обязательств недропользователя по осуществлению указанных отчислений в следующем году.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z34" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9) некоммерческая организация Фонда – некоммерческая организация, осуществляющая деятельность в сфере развития научной и (или) научно-технической деятельности, учредителем которой является Фонд;</w:t>
+        <w:t xml:space="preserve">
+      5. Определение затрат на добычу, понесенных недропользователем по итогам предыдущего года, с целью расчета обязательств по финансированию научных исследований, осуществляется на основании данных отчета об исполнении лицензионных обязательств в области твердых полезных ископаемых, предоставляемых недропользователями в уполномоченный орган в области твердых полезных ископаемых (далее – уполномоченный орган) в утверждаемом им порядке согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 215</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса и Правил представления недропользователями отчетов при проведении операций по разведке и добыче твердых полезных ископаемых, добыче общераспространенных полезных ископаемых, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 24 мая 2018 года № 374 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 17063).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z35" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      10) опытно-конструкторские работы - комплекс работ, выполняемых при создании или модернизации продукции, разработка конструкторской и технологической документации на опытные образцы, изготовление и испытание опытных образцов и полезных моделей;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок финансирования научно-исследовательских, научно-технических и (или) опытно-конструкторских работ в размере одного процента от расходов на добычу, понесенных недропользователем в предыдущем году</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z36" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "О фонде национального благосостояния";</w:t>
+        <w:t>
+      6. Отчисление денежных средств на финансирование научно-исследовательских, научно-технических и (или) опытно-конструкторских работ в размере одного процента от расходов на добычу, понесенных недропользователем в предыдущем году осуществляется не позднее 31 марта года, следующего за отчетным, в республиканский бюджет в размере 1% от расходов на добычу, понесенных недропользователем в период добычи твердых полезных ископаемых по итогам предыдущего года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z37" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      12) государственный учет реализуемых научных, научно-технических проектов и программ, и отчетов о научной и (или) научно-технической деятельности – учет, осуществляемый уполномоченным органом в области науки, в целях формирования национального ресурса научно-технической информации и мониторинга динамики научно-технического потенциала Республики Казахстан в соответствии с законодательством Республики Казахстан в области науки.</w:t>
+        <w:t xml:space="preserve">
+      7. Для целей настоящих Правил исполнением обязательств по финансированию научно-исследовательских, научно-технических и (или) опытно-конструкторских работ, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 212 Кодекса, признаются фактически осуществленные денежные отчисления недропользователем в республиканский бюджет согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бюджетному</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодексу Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z38" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4. Финансирование научных исследований осуществляется недропользователем ежегодно, начиная со второго года действия лицензии на добычу.</w:t>
+        <w:t xml:space="preserve">
+      8. Разработка плана горных работ, плана ликвидации, а также разработка изменений и дополнений в проектные документы для проведения операций по недропользованию, осуществляемых в соответствии с законодательством Республики Казахстан о недрах и недропользовании – не относятся к научным исследованиям в рамках обязательств, предусмотренных законодательством Республики Казахстан о недрах и недропользовании и контрактам на недропользование, заключенные до введения в действие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодекса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z39" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Недропользователю, обладающему правом недропользования, пятьдесят и более процентов голосующих акций (долей участия) которых прямо или косвенно принадлежат Фонду, в рамках финансирования научных исследований направляет деньги в Некоммерческую организацию при Фонде, осуществляющую деятельность в сфере развития научной и (или) научно-технической деятельности, учредителем которой является Фонд (далее - Некоммерческая организация при Фонде).</w:t>
+        <w:t xml:space="preserve">
+      9. Документом, подтверждающим исполнение обязательств по финансированию недропользователями научно-исследовательских, научно-технических и (или) опытно конструкторских работ является платежное поручение в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 59)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 1 Закона Республики Казахстан "О платежах и платежных системах".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z40" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5. Финансирование научных исследований осуществляется недропользователем в размере одного процента от расходов на добычу, понесенных недропользователем в предыдущем году.</w:t>
+        <w:t xml:space="preserve">
+      10. Научно-технический совет (далее – НТС) уполномоченного органа, создаваемый в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О науке и технологической политике" формирует перечень приоритетных и специализированных направлений программно-целевого финансирования, а также рассматривает и согласовывает проекты научно-технических заданий в рамках программно-целевого финансирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z41" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6. Объем финансирования научных исследований, превышающий один процент от затрат на добычу, понесенных недропользователем по итогам предыдущего года, учитывается в счет исполнения соответствующих обязательств недропользователя в следующем году.</w:t>
+        <w:t xml:space="preserve">
+      11. Уполномоченным органом указанные в пункте 10 настоящих Правил научно-технические задания направляются в уполномоченный орган в области науки в соответствии с пунктом 45 Правил базового и программно-целевого финансирования научной и (или) научно-технической деятельности, грантового финансирования научной и (или) научно-технической деятельности и коммерциализации результатов научной и (или) научно-технической деятельности, финансирования научных организаций, осуществляющих фундаментальные научные исследования, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра науки и высшего образования Республики Казахстан от 6 ноября 2023 года № 563 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33613) (далее – Правила программно-целевого финансирования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z42" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> представления недропользователями отчетов при проведении операций по разведке и добыче твердых полезных ископаемых, добыче общераспространенных полезных ископаемых, утвержденных приказом Министра по инвестициям и развитию Республики Казахстан от 24 мая 2018 года № 374 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 17063).</w:t>
+        <w:t>
+      12. Недропользователь ежегодно не позднее 25 (двадцать пятого) октября направляет на согласование НТС планируемую к финансированию программу научных исследований на следующий отчетный период по форме, согласно приложению к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z43" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Разработка плана горных работ, плана ликвидации а также разработка изменений и дополнений в проектные документы для проведения операций по недропользованию, осуществляемых в соответствии с законодательством Республики Казахстан о недрах и недропользовании – не относятся к научным исследованиям в рамках обязательств, предусмотренных законодательством Республики Казахстан о недрах и недропользовании и контрактом на недропользование, заключенные до введения в действие Кодекса.</w:t>
+      13. НТС в течение 20 (двадцати) рабочих дней со дня получения программы научных исследований от недропользователя согласовывает либо направляет на доработку планируемую к финансированию программу научных исследований. При направлении на доработку программы научных исследований, НТС прилагает протокол проведения заседания НТС с рекомендациями.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z44" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> пунктом 1 статьи 412 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)".</w:t>
+        <w:t>
+      14. Недропользователь в течение 15 (пятнадцати) рабочих дней с момента получения рекомендаций НТС дорабатывает программу научных исследований в соответствии с рекомендациями, приложенными к протоколу проведенного заседания НТС.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z45" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> статьи 1 Закона Республики Казахстан "О платежах и платежных системах".</w:t>
+        <w:t>
+      При несогласии с рекомендациями НТС, недропользователь прилагает к программе научных исследований аргументированное обоснование о непринятии рекомендаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z46" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Направление задолженности по итогам отчетного периода в рамках исполнения обязательств по финансированию научных исследований в размере одного процента от расходов на добычу, понесенных недропользователем в предыдущем году осуществляется недропользователем путем перечисления денежных средств государственный бюджет или в автономный кластерный фонд "Парк инновационных технологий" для реализации согласованных Научно-техническим Советом (далее – НТС) при уполномоченном органе в области твердых полезных ископаемых проектов и программ научных исследований и проектов цифровизации недропользователей.</w:t>
+      15. Поступившие от недропользователей денежные средства, подлежат использованию на финансирование субъектов научной и (или) научно-технической деятельности в рамках научно-технических заданий, согласованных НТС уполномоченного органа, в порядке, предусмотренном главой 4 Правил программно-целевого финансирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z47" w:id="35"/>
-[...396 lines deleted...]
-    <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2366,372 +2087,438 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в размере одного процента</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от расходов на добычу, понесенных</w:t>
+              <w:t>от расходов на добычу,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>недропользователем</w:t>
+              <w:t>понесенных недропользователем</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в предыдущем году</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z64" w:id="51"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z48" w:id="35"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: уполномоченный орган в области твердых полезных ископаемых</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-[...159 lines deleted...]
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Форма, предназначенная для сбора административных данных на безвозмездной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>основе размещена на интернет – ресурсе: www.gov.kz/memleket/entities/mps</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование административной формы: Программа научных исследований</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>недропользователя на ______год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Индекс формы, предназначенной для сбора административных данных на</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>безвозмездной основе (краткое буквенно-цифровое выражение наименования формы):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-НИОКР-ТПИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Периодичность: ежегодно</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Отчетный период: за 20___ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Круг лиц, представляющих форму, предназначенную для сбора административных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>данных на безвозмездной основе: недропользователи по твердым полезным</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ископаемым</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок представления формы, предназначенной для сбора административных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на безвозмездной основе: не позднее 25 (двадцать пятого) октября</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z73" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="60"/>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Название проекта научного исследования </w:t>
+              <w:t>
+Название проекта научного исследования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2929,80 +2716,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z82" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="61"/>
+1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3475,384 +3250,493 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...24 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z49" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ИИН/БИН </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="4267200" cy="419100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4267200" cy="419100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(не заполняется в случае представления данных физическими лицами, а также</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в агрегированном виде)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Метод сбора: в электронном виде</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес_____________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Телефон___________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес электронной почты____________________________________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Исполнитель _______________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...22 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии) подпись, телефон</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель или лицо, исполняющее его обязанности</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z101" w:id="63"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии) подпись</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных "Программа научных исследований недропользователя на ______год" (Индекс: 1-НИОКР-ТПИ, периодичность: ежегодно)</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z102" w:id="64"/>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Программа научных исследований недропользователя на ______год"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(Индекс: 1-НИОКР-ТПИ, периодичность: ежегодно)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z51" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. в графе 1 указывается порядковый номер работы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z103" w:id="65"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z52" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. в графе 2 указывается название проекта научного исследования, краткая суть проекта научного исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z104" w:id="66"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z53" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. в графе 3 указывается дата начала - дата окончания проекта научного исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z105" w:id="67"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z54" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. в графе 4 указывается цель проекта научного исследования. Излагается лаконично и конкретно, в соответствии с темой программы, достижимая и отражает характер решения, которое ожидается получить в результате реализации проекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z106" w:id="68"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z55" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. в графе 5 указывается общее видение проекта научного исследования, среднесрочные и долгосрочные результаты. Аннотация отвечает на вопросы: какие проблемы вы решаете, в чем новизна предлагаемого решения, кому будут полезны полученные результаты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z107" w:id="69"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z56" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. в графе 6 указывается актуальность проекта научного исследования, недостатки/преимущества проекта научного исследования, существующая проблема, на решение которой направлен проект научного исследования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z108" w:id="70"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z57" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. в графе 7 указывается основные прямые (какие работы будут проведены) и косвенные (к чему приведет реализация проекта научного исследования) результаты реализации проекта научного исследования. Какие показатели будут использованы для замера эффекта, каков масштаб влияния данного проекта научного исследования (прямой или косвенный) в краткосрочной, среднесрочной и долгосрочной перспективе, к чему приведет реализация проекта научного исследования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z109" w:id="71"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z58" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. в графе 8 указывается примерная стоимость каждого мероприятия, а также предлагаемый план финансирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -3890,55 +3774,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4260,35 +4144,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>