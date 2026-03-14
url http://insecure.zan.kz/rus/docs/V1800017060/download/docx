--- v0 (2025-11-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0d66615" w14:textId="0d66615">
+    <w:p w14:paraId="edeca9e" w14:textId="edeca9e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,366 +100,431 @@
         </w:rPr>
         <w:t>Об утверждении Правил мониторинга выполнения недропользователями обязательств по контракту (лицензии) на недропользование</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра по инвестициям и развитию Республики Казахстан от 18 мая 2018 года № 346. Зарегистрирован в Министерстве юстиции Республики Казахстан 13 июня 2018 года № 17060.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
-[...9 lines deleted...]
-      В соответствии с </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 66 Кодекса Республики Казахстан от 27 декабря 2017 года "О недрах и недропользовании" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мониторинга выполнения недропользователями обязательств по контракту (лицензии) на недропользование.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Признать утратившими силу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 28 апреля 2015 года № 500 "Об утверждении Правил осуществления мониторинга и контроля за соблюдением выполнения условий контрактов" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 11762, опубликованный 6 августа 2015 года в информационно-правовой системе "Әділет");</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 25 ноября 2016 года № 811 "О внесении изменения в приказ Министра по инвестициям и развитию Республики Казахстан от 28 апреля 2015 года № 500 "Об утверждении Правил осуществления мониторинга и контроля за соблюдением выполнения условий контрактов" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 14688, опубликованный 6 февраля 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Департаменту недропользования Министерства по инвестициям и развитию Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии на бумажном носителе и в электронной форме на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) размещение настоящего приказа на интернет-ресурсе Министерства по инвестициям и развитию Республики Казахстан; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства по инвестициям и развитию Республики Казахстан сведений об исполнении мероприятий, согласно подпунктам 1), 2) и 3) настоящего пункта.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра по инвестициям и развитию Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Настоящий приказ вводится в действие с 29 июня 2018 года и подлежит официальному опубликованию.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...279 lines deleted...]
-    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -487,71 +552,53 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр по инвестициям и развитию</w:t>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -585,203 +632,69 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ж. Қасымбек</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...65 lines deleted...]
-    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z17" w:id="12"/>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "СОГЛАСОВАН"</w:t>
-[...68 lines deleted...]
-        <w:t>"____"______________ 2018 года</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -811,132 +724,137 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z18" w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министр образования и науки</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________ Е. Сагадиев</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"____"______________ 2018 года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "СОГЛАСОВАН"</w:t>
-[...68 lines deleted...]
-        <w:t>"____"______________ 2018 года</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -966,149 +884,137 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z19" w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министр здравоохранения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________ Е. Биртанов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"____"______________ 2018 года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "СОГЛАСОВАН"</w:t>
-[...85 lines deleted...]
-        <w:t>"____"______________ 2018 года</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1138,269 +1044,425 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z20" w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министр труда и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>социальной защиты населения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________ М. Абылкасымова</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"____"______________ 2018 года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "СОГЛАСОВАН"</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...70 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министр финансов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________ Б. Султанов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"____"______________ 2018 года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министр энергетики</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________К. Бозумбаев</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"____"______________ 2018 года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...114 lines deleted...]
-        <w:t>"____"______________ 2018 года</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1494,1094 +1556,1255 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 18 мая 2018 года № 346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила мониторинга выполнения недропользователями обязательств по контракту и (или) лицензии на недропользование</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...38 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила - в редакции приказа Министра индустрии и инфраструктурного развития РК от 05.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 222</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-[...299 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z25" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок осуществления мониторинга по контракту и (или) лицензии на недропользование</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Настоящие Правила мониторинга выполнения недропользователями обязательств по контракту (лицензии) на недропользование (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 66 Кодекса Республики Казахстан "О недрах и недропользовании" (далее – Кодекс) и определяют порядок осуществления мониторинга выполнения недропользователями обязательств (далее – мониторинг) по контрактам и (или) лицензиям на недропользование.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Мониторинг в соответствии с настоящими Правилами осуществляется по следующим видам контрактам и лицензиям на недропользование:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) лицензиям на разведку твердых полезных ископаемых;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) лицензиям на добычу твердых полезных ископаемых;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) лицензиям на добычу общераспространенных полезных ископаемых;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) лицензиям на старательство;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) контрактам на разведку и (или) добычу твердых полезных ископаемых, заключенным до введения в действие Кодекса, кроме контрактов по добыче урана;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) контрактам на разведку и (или) добычу общераспространенных полезных ископаемых, заключенным до введения в действие Кодекса;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7) лицензиям на геологическое изучение недр;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) лицензиям на использование пространства недр.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными приказом Министра промышленности и строительства РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Мониторинг осуществляется государственным органом, выдающим соответствующий вид лицензии на недропользование и (или) являющимся стороной контракта на недропользование в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, функциями и полномочиями, предусмотренными законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Мониторинг является составной частью и способом осуществления контроля за выполнением недропользователями обязательств по лицензиям и контрактам на недропользование надлежащим образом в соответствии с их условиями и требованиями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодекса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Мониторинг осуществляется на основе анализа отчетности, представляемой недропользователями в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, данных космического мониторинга, содержащих признаки нарушений законодательства Республики Казахстан, и сведений, полученных государственным органом из иных источников, в том числе из иной документации, подлежащей представлению недропользователями.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра промышленности и строительства РК от 10.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Выявленные по результатам мониторинга нарушения влекут принятие государственным органом мер контроля за соблюдением условий контрактов и лицензий на недропользование в соответствии с их положениями и (или) Правилами осуществления контроля за соблюдением условий контрактов и (или) лицензий на недропользование, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 24 мая 2018 года № 375. (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 17075).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z38" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок осуществления мониторинга по контракту и (или) лицензии на недропользование</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="35"/>
-[...168 lines deleted...]
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Мониторинг осуществляется на основе отчетности, представляемой недропользователями на ежегодной основе, отчетности, представляемой при прекращении действия лицензии или контракта на недропользование, а также устранении нарушений.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Мониторинг на основе данных космического мониторинга, содержащих признаки нарушений законодательства Республики Казахстан, иных документов и сведений, ставших известными государственному органу в соответствии с законодательством Республики Казахстан, осуществляется по мере их поступления.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Министра промышленности и строительства РК от 10.07.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра промышленности и строительства РК от 10.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 254</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Анализ представленной недропользователем отчетности, данных космического мониторинга, содержащих признаки нарушений законодательства Республики Казахстан, иных документов и сведений производится в том числе путем сопоставления:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) содержания, размера и условий обязательств по лицензиям и контрактам со сведениями об их выполнении в представленной отчетности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) сведений из представленной отчетности со сведениями о содержании, наличии или отсутствии проектных документов, обеспечений исполнения обязательств по ликвидации последствий операций по недропользованию, требуемых в соответствии с Кодексом, в отсутствие которых проведение операций по недропользованию запрещается;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) сведений о расходах, указанных в отчетности, с отчетами аудиторов, подтверждающих указанные сведения о расходах, в случаях, когда такое подтверждение является обязательным согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) сведений об уплате платы за пользование земельными участками (арендных платежей) и подписного бонуса, платы по возмещению исторических затрат по условиям лицензий и контрактов на недропользование со сведениями, представленными налоговыми (по запросу) и иными государственными органами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) сведений уполномоченного органа в области твердых полезных ископаемых по отчетности о приобретенных товарах, работах и услугах и доле внутристрановой ценности в них, представленной посредством государственной информационной системы "Реестр товаров, работ и услуг, используемых при проведении операций по недропользованию, и их производителей" с обязательствами по условиям контрактов и лицензий на недропользование;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) сведений, полученных по результатам контроля за соблюдением условий контрактов и лицензий на недропользование, государственного контроля и надзора государственных органов, полученных из иных государственных органов и источников со сведениями по представленной отчетности и условиями контрактов и лицензий на недропользование.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...36 lines deleted...]
-      11. Если отчет об исполнении лицензионных обязательств, включает расходы на операции по недропользованию, проведение которых запрещено в соответствии с </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Министра промышленности и строительства РК от 10.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. При анализе сведений об обязательных и минимальных расходах на операции по недропользованию, предусмотренных лицензий на недропользование, представленных в отчетности о выполнении обязательств лицензионных и контрактных условий, учитывается размер обязательств по таким расходам, приходящийся по условиям и сроку действия лицензий на отчетный календарный год, пропорционально за каждый полный календарный месяц отчҰтного календарного года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Если отчет об исполнении лицензионных обязательств, включает расходы на операции по недропользованию, проведение которых запрещено в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, или расходы, не подтвержденные отчетом аудитора, когда такое подтверждение является обязательным, такие расходы подлежат исключению и не учитываются в качестве расходов, понесенных по соответствующей лицензии на недропользование для целей мониторинга обязательств по минимальным ежегодным расходам.</w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-      В случае устранения недропользователем нарушений, явившихся основанием для исключения соответствующих расходов по лицензии, в срок предусмотренный частью второй пункта 3 </w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае устранения недропользователем нарушений, явившихся основанием для исключения соответствующих расходов по лицензии, в срок предусмотренный частью второй пункта 3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 200</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и частью второй пункта 5 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 221</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса, представленный отчет по итогам устранения допущенных нарушений подлежит повторному мониторингу вместе с документами, подтверждающими устранение.</w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-      12. В случае непредставления недропользователем ежегодной отчетности по выполнению лицензионных или контрактных обязательств в соответствии с Кодексом и Правилами представления недропользователями отчетов при проведении операций по разведке и добыче твердых полезных ископаемых, добыче общераспространенных полезных ископаемых, утвержденными </w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. В случае непредставления недропользователем ежегодной отчетности по выполнению лицензионных или контрактных обязательств в соответствии с Кодексом и Правилами представления недропользователями отчетов при проведении операций по разведке и добыче твердых полезных ископаемых, добыче общераспространенных полезных ископаемых, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 24 мая 2018 года № 374 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 17063), по результатам мониторинга такие обязательства за период отчетности считаются неисполненными.</w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-      При представлении недропользователем указанной отчетности по результатам контроля государственного органа за соблюдением условий контрактов и лицензий на недропользование в предусмотренный </w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При представлении недропользователем указанной отчетности по результатам контроля государственного органа за соблюдением условий контрактов и лицензий на недропользование в предусмотренный </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> срок, представленный отчет вместе с документами, подтверждающими невозможность его представления до тридцатого апреля после окончания отчетного периода, подлежит повторному мониторингу.</w:t>
       </w:r>
-    </w:p>
-[...16 lines deleted...]
-</w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -2603,55 +2826,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>