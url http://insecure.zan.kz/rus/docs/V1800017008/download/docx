--- v0 (2025-11-13)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="15c7d7e" w14:textId="15c7d7e">
+    <w:p w14:paraId="c88a097" w14:textId="c88a097">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -150,180 +150,150 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с пунктом 3 </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственной статистике" Правление Национального Банка Республики Казахстан </w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 49 Закона Республики Казахстан "О рынке ценных бумаг" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 9-3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О государственном регулировании, контроле и надзоре финансового рынка и финансовых организаций" Правление Национального Банка Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПОСТАНОВЛЯЕТ</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 20.09.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 89</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1422,1134 +1392,1180 @@
         <w:t xml:space="preserve">
       2. Управляющий инвестиционным портфелем производит расчет значений пруденциальных нормативов по Таблице расчета значений пруденциальных нормативов управляющего инвестиционным портфелем согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам каждый рабочий день по состоянию на конец предшествующего рабочего дня, а также на конец каждого из выходных дней, непосредственно предшествовавших текущему рабочему дню.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z185" w:id="20"/>
+    <w:bookmarkStart w:name="z202" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Для целей Правил под международными финансовыми организациями понимаются следующие организации:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z186" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Азиатский банк развития (the Asian Development Bank);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z187" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Межамериканский банк развития (the Inter-American Development Bank);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z188" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Африканский банк развития (the African Development Bank);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z189" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Евразийский банк развития (Eurasian Development Bank);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z190" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Европейский банк реконструкции и развития (the European Bank for Reconstruction and Development);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z191" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Европейский инвестиционный банк (the European Investment Bank);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z192" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк Развития Европейского Совета (the Council of Europe Development Bank);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z193" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исламская корпорация по развитию частного сектора (the Islamic Corporation for the Development of the Private Sector);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z194" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исламский банк развития (the Islamic Development Bank);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z195" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Многостороннее агентство гарантии инвестиций (the Multilateral Investment Guarantee Agency);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z196" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Скандинавский инвестиционный банк (the Nordic Investment Bank);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z197" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Международный валютный фонд (the International Monetary Fund);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z198" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Международная ассоциация развития (the International Development Association);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z199" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк международных расчетов (the Bank for International Settlements);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z200" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Международный центр по урегулированию инвестиционных споров (the International Centre for Settlement of Investment Disputes);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z201" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Международный банк реконструкции и развития (the International Bank for Reconstruction and Development);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z202" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Международная финансовая корпорация (the International Finance Corporation).</w:t>
+      Международная финансовая корпорация (the International Finance Corporation);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z203" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 24 декабря 2012 года № 385 "Об установлении минимального рейтинга для юридических лиц и стран, необходимость наличия которого требуется в соответствии с законодательством Республики Казахстан, регулирующим деятельность финансовых организаций, филиалов банков-нерезидентов Республики Казахстан, филиалов страховых (перестраховочных) организаций-нерезидентов Республики Казахстан, перечня рейтинговых агентств, присваивающих данный рейтинг", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 8318, и рейтинговых агентств, соответствующих критериям, установленным пунктом 4-2 Правил при соблюдении условия, установленного пунктом 4-1 Правил (далее - другие рейтинговые агентства).</w:t>
+        <w:t>
+      Черноморский банк торговли и развития (the Black Sea Trade and Development Bank).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 31.07.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 67</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z294" w:id="39"/>
+    <w:bookmarkStart w:name="z203" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4-1. При расчете значений пруденциальных нормативов долгосрочные кредитные рейтинги, присвоенные рейтинговыми агентствами, соответствующими критериям, установленным пунктом 4-2 Правил, по международной рейтинговой шкале используются только в отношении иностранных объектов рейтинга.</w:t>
+        <w:t xml:space="preserve">
+      4. Помимо рейтинговых оценок агентства Standard &amp; Poor's (Стандард энд Пурс) уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций (далее - уполномоченный орган) также признаются рейтинговые оценки агентств Moody's Investors Service (Мудис Инвесторс Сервис), Fitch (Фич), установленные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 24 декабря 2012 года № 385 "Об установлении минимального рейтинга для юридических лиц и стран, необходимость наличия которого требуется в соответствии с законодательством Республики Казахстан, регулирующим деятельность финансовых организаций, филиалов банков-нерезидентов Республики Казахстан, филиалов страховых (перестраховочных) организаций-нерезидентов Республики Казахстан, перечня рейтинговых агентств, присваивающих данный рейтинг", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 8318, и рейтинговых агентств, соответствующих критериям, установленным пунктом 4-2 Правил при соблюдении условия, установленного пунктом 4-1 Правил (далее - другие рейтинговые агентства).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 4-1 в соответствии с постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 31.07.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 31.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z295" w:id="40"/>
+    <w:bookmarkStart w:name="z294" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4-2. Для целей Правил уполномоченным органом признаются рейтинговые оценки рейтинговых агентств, соответствующих следующим критериям:</w:t>
+      4-1. При расчете значений пруденциальных нормативов долгосрочные кредитные рейтинги, присвоенные рейтинговыми агентствами, соответствующими критериям, установленным пунктом 4-2 Правил, по международной рейтинговой шкале используются только в отношении иностранных объектов рейтинга.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z359" w:id="41"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 4-1 в соответствии с постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 31.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z295" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) рейтинговое агентство подлежит регулированию в стране происхождения и оценки рейтингового агентства признаются в рамках пруденциального регулирования;</w:t>
+      4-2. Для целей Правил уполномоченным органом признаются рейтинговые оценки рейтинговых агентств, соответствующих следующим критериям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z360" w:id="42"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z359" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) минимальный размер собственного капитала рейтингового агентства составляет сумму, эквивалентную не менее 600 000 000 (шестистам миллионам) тенге;</w:t>
+      1) рейтинговое агентство подлежит регулированию в стране происхождения и оценки рейтингового агентства признаются в рамках пруденциального регулирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z361" w:id="43"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z360" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) объективность, независимость и ответственность:</w:t>
+      2) минимальный размер собственного капитала рейтингового агентства составляет сумму, эквивалентную не менее 600 000 000 (шестистам миллионам) тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z362" w:id="44"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z361" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      методология, применяемая рейтинговым агентством, является надежной и подлежит проверке на основе исторических и (или) ожидаемых данных о дефолтах, а также содержит подробное описание всех ключевых количественных и качественных факторов, определяющих способность рейтингуемого лица исполнять принятые на себя финансовые обязательства, а также описание их влияния на кредитные рейтинги и прогнозы по кредитным рейтингам;</w:t>
+      3) объективность, независимость и ответственность:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z363" w:id="45"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z362" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      рейтинговое агентство не контролируется государственными органами или должностными лицами в государственных органах, субъектами квазигосударственного сектора или политическими партиями, которые не вмешиваются в деятельность рейтингового агентства и не имеют влияния на процессы присвоения рейтингов;</w:t>
+      методология, применяемая рейтинговым агентством, является надежной и подлежит проверке на основе исторических и (или) ожидаемых данных о дефолтах, а также содержит подробное описание всех ключевых количественных и качественных факторов, определяющих способность рейтингуемого лица исполнять принятые на себя финансовые обязательства, а также описание их влияния на кредитные рейтинги и прогнозы по кредитным рейтингам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z364" w:id="46"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z363" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      юридические лица, которым рейтинговое агентство присваивает, подтверждает или пересматривает рейтинг, не являются аффилированными лицами рейтингового агентства, за исключением лиц, которые прямо владеют менее 10 (десятью) процентами акций рейтингового агентства и не имеют влияния на рейтинговую деятельность рейтингового агентства;</w:t>
+      рейтинговое агентство не контролируется государственными органами или должностными лицами в государственных органах, субъектами квазигосударственного сектора или политическими партиями, которые не вмешиваются в деятельность рейтингового агентства и не имеют влияния на процессы присвоения рейтингов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z365" w:id="47"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z364" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      рейтинговые аналитики рейтингового агентства, участвующие в рейтинговых действиях в отношении рейтингуемого лица, не состоят и не состояли в трудовых или деловых отношениях с рейтингуемым лицом в течение последних 3 (трех) лет до даты осуществления рейтингового действия, а также не владеют прямо или косвенно, в том числе через близких родственников, ценными бумагами, иными финансовыми инструментами или иным имуществом рейтингуемого лица или лиц, осуществляющих контроль над рейтингуемым лицом или оказывающих значительное влияние на такое лицо;</w:t>
+      юридические лица, которым рейтинговое агентство присваивает, подтверждает или пересматривает рейтинг, не являются аффилированными лицами рейтингового агентства, за исключением лиц, которые прямо владеют менее 10 (десятью) процентами акций рейтингового агентства и не имеют влияния на рейтинговую деятельность рейтингового агентства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z366" w:id="48"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z365" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      рейтинговое агентство имеет службу внутреннего аудита или внутреннего контроля, в том числе осуществляющего функции внутреннего аудита, подотчетную совету директоров рейтингового агентства;</w:t>
+      рейтинговые аналитики рейтингового агентства, участвующие в рейтинговых действиях в отношении рейтингуемого лица, не состоят и не состояли в трудовых или деловых отношениях с рейтингуемым лицом в течение последних 3 (трех) лет до даты осуществления рейтингового действия, а также не владеют прямо или косвенно, в том числе через близких родственников, ценными бумагами, иными финансовыми инструментами или иным имуществом рейтингуемого лица или лиц, осуществляющих контроль над рейтингуемым лицом или оказывающих значительное влияние на такое лицо;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z367" w:id="49"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z366" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в рейтинговом агентстве как минимум одна треть, но не менее двух членов совета директоров являются независимыми членами, не осуществляющими рейтинговых действий, рекламы услуг рейтингового агентства и иные действия по привлечению клиентов;</w:t>
+      рейтинговое агентство имеет службу внутреннего аудита или внутреннего контроля, в том числе осуществляющего функции внутреннего аудита, подотчетную совету директоров рейтингового агентства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z368" w:id="50"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z367" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      доля прямого или косвенного владения акциями каждого акционера рейтингового агентства не превышает 50 (пятидесяти) процентов от общего количества голосующих акций данного рейтингового агентства, в случае, когда акционером является финансовая организация, доля прямого владения не превышает 10 (десяти) процентов;</w:t>
+      в рейтинговом агентстве как минимум одна треть, но не менее двух членов совета директоров являются независимыми членами, не осуществляющими рейтинговых действий, рекламы услуг рейтингового агентства и иные действия по привлечению клиентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z369" w:id="51"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z368" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      внутренние процедуры рейтингового агентства предусматривают меры для предотвращения неправомерного использования и раскрытия информации и обеспечивают защиту и конфиденциальность информации;</w:t>
+      доля прямого или косвенного владения акциями каждого акционера рейтингового агентства не превышает 50 (пятидесяти) процентов от общего количества голосующих акций данного рейтингового агентства, в случае, когда акционером является финансовая организация, доля прямого владения не превышает 10 (десяти) процентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z370" w:id="52"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z369" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) прозрачность и раскрытие информации:</w:t>
+      внутренние процедуры рейтингового агентства предусматривают меры для предотвращения неправомерного использования и раскрытия информации и обеспечивают защиту и конфиденциальность информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z371" w:id="53"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z370" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      рейтинговое агентство обеспечивает раскрытие на интернет-ресурсе рейтингового агентства следующей информации:</w:t>
+      4) прозрачность и раскрытие информации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z372" w:id="54"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z371" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      методологии, применяемой рейтинговым агентством при определении рейтинга;</w:t>
+      рейтинговое агентство обеспечивает раскрытие на интернет-ресурсе рейтингового агентства следующей информации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z373" w:id="55"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z372" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      списка кредитных рейтингов, присвоенных за последний год, а также рейтингуемых лиц и иных лиц, доля денежных поступлений от которых составила пять и более процентов в годовом объеме выручки рейтингового агентства по состоянию на конец последнего истекшего календарного года;</w:t>
+      методологии, применяемой рейтинговым агентством при определении рейтинга;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z374" w:id="56"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z373" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) надежность рейтингов:</w:t>
+      списка кредитных рейтингов, присвоенных за последний год, а также рейтингуемых лиц и иных лиц, доля денежных поступлений от которых составила пять и более процентов в годовом объеме выручки рейтингового агентства по состоянию на конец последнего истекшего календарного года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z375" w:id="57"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z374" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      рейтинговое агентство осуществляет рейтинговую деятельность на регулярной основе не менее 5 (пяти) последних лет;</w:t>
+      5) надежность рейтингов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z376" w:id="58"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z375" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      количество организаций, которым рейтинговое агентство присваивало и пересматривало кредитный рейтинг составляет не менее тридцати, в том числе за последние 3 (три) года не менее двадцати, из них не менее пяти являлись финансовыми организациями;</w:t>
+      рейтинговое агентство осуществляет рейтинговую деятельность на регулярной основе не менее 5 (пяти) последних лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z377" w:id="59"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z376" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      персонал рейтингового агентства, непосредственно занимающийся присвоением рейтингов, имеет соответствующее образование, навыки и опыт;</w:t>
+      количество организаций, которым рейтинговое агентство присваивало и пересматривало кредитный рейтинг составляет не менее тридцати, в том числе за последние 3 (три) года не менее двадцати, из них не менее пяти являлись финансовыми организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z378" w:id="60"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z377" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      как минимум один работник, участвующий в процессе принятия рейтинговых решений, являющийся участником органа, принимающего рейтинговое решение (далее - рейтинговый комитет), обладает не менее двухлетним опытом работы в рейтинговом агентстве, либо в аналитическом агентстве, либо в исследовательском центре, либо в финансовой организации, либо в аудиторской организации;</w:t>
+      персонал рейтингового агентства, непосредственно занимающийся присвоением рейтингов, имеет соответствующее образование, навыки и опыт;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z379" w:id="61"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z378" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в составе рейтингового комитета имеется не менее пяти рейтинговых аналитиков, включая ведущего рейтингового аналитика для рейтингуемого лица и (или) его финансовых обязательств или финансовых инструментов (далее - объект рейтинга), председателя рейтингового комитета и одного рейтингового аналитика, специализирующегося на виде объектов рейтинга, к которому не относится рассматриваемый объект рейтинга (в случае, если рейтинговое агентство осуществляет деятельность по присвоению рейтингов в отношении различных видов объектов рейтинга);</w:t>
+      как минимум один работник, участвующий в процессе принятия рейтинговых решений, являющийся участником органа, принимающего рейтинговое решение (далее - рейтинговый комитет), обладает не менее двухлетним опытом работы в рейтинговом агентстве, либо в аналитическом агентстве, либо в исследовательском центре, либо в финансовой организации, либо в аудиторской организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z380" w:id="62"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z379" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      рейтинговое агентство на постоянной основе осуществляет мониторинг присвоенных рейтингов, а также обеспечивает своевременное реагирование на изменяющиеся факторы, связанные с изменениями в финансовом положении, корпоративном управлении или иных аспектах деятельности рейтингуемого лица, изменениями макроэкономических условий или условий финансового рынка, что подтверждается фактическими обновлениями рейтингов не позднее 1 (одного) календарного года с даты присвоения или последнего пересмотра рейтинга или даты последнего пересмотра методологии, применяемой рейтинговым агентством.</w:t>
+      в составе рейтингового комитета имеется не менее пяти рейтинговых аналитиков, включая ведущего рейтингового аналитика для рейтингуемого лица и (или) его финансовых обязательств или финансовых инструментов (далее - объект рейтинга), председателя рейтингового комитета и одного рейтингового аналитика, специализирующегося на виде объектов рейтинга, к которому не относится рассматриваемый объект рейтинга (в случае, если рейтинговое агентство осуществляет деятельность по присвоению рейтингов в отношении различных видов объектов рейтинга);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z381" w:id="63"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z380" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При соответствии критериям, установленным подпунктами 1), 2), 3), 4) и 5) настоящего пункта, рейтинговое агентство направляет в уполномоченный орган запрос о принятии рейтинговых оценок рейтингового агентства для целей пруденциального регулирования с приложением документов, подтверждающих соответствие рейтингового агентства критериям, установленным подпунктами 1), 2), 3), 4) и 5) настоящего пункта.</w:t>
+      рейтинговое агентство на постоянной основе осуществляет мониторинг присвоенных рейтингов, а также обеспечивает своевременное реагирование на изменяющиеся факторы, связанные с изменениями в финансовом положении, корпоративном управлении или иных аспектах деятельности рейтингуемого лица, изменениями макроэкономических условий или условий финансового рынка, что подтверждается фактическими обновлениями рейтингов не позднее 1 (одного) календарного года с даты присвоения или последнего пересмотра рейтинга или даты последнего пересмотра методологии, применяемой рейтинговым агентством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z382" w:id="64"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z381" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      При соответствии рейтингового агентства критериям, установленным подпунктами 1), 2), 3), 4) и 5) настоящего пункта, уполномоченный орган на официальном интернет-ресурсе в срок не позднее 30 (тридцати) рабочих дней со дня получения запроса рейтингового агентства о принятии его рейтинговых оценок публикует сведения о рейтинговом агентстве и сопоставимости международных рейтинговых шкал рейтинговых агентств. </w:t>
+        <w:t>
+      При соответствии критериям, установленным подпунктами 1), 2), 3), 4) и 5) настоящего пункта, рейтинговое агентство направляет в уполномоченный орган запрос о принятии рейтинговых оценок рейтингового агентства для целей пруденциального регулирования с приложением документов, подтверждающих соответствие рейтингового агентства критериям, установленным подпунктами 1), 2), 3), 4) и 5) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z383" w:id="65"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z382" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Методологии, применяемые рейтинговым агентством, валидируются уполномоченным органом при первичном обращении рейтингового агентства в уполномоченный орган и не реже 1 (одного) раза в год.</w:t>
+        <w:t xml:space="preserve">
+      При соответствии рейтингового агентства критериям, установленным подпунктами 1), 2), 3), 4) и 5) настоящего пункта, уполномоченный орган на официальном интернет-ресурсе в срок не позднее 30 (тридцати) рабочих дней со дня получения запроса рейтингового агентства о принятии его рейтинговых оценок публикует сведения о рейтинговом агентстве и сопоставимости международных рейтинговых шкал рейтинговых агентств. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z384" w:id="66"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z383" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      Методологии, применяемые рейтинговым агентством, валидируются уполномоченным органом при первичном обращении рейтингового агентства в уполномоченный орган и не реже 1 (одного) раза в год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z384" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       При внесении изменений в методологии, применяемые рейтинговым агентством, рейтинговое агентство в срок не позднее 10 (десяти) рабочих дней направляет информацию в уполномоченный орган с указанием причин и последствий таких изменений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2588,450 +2604,450 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z204" w:id="67"/>
+    <w:bookmarkStart w:name="z204" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Для целей Правил под основными фондовыми индексами понимаются следующие расчетные показатели (индексы):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z205" w:id="68"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z205" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       САС 40 (Compagnie des Agents de Change 40 Index) (Компани дэ Эжон дэ Шанж 40 Индекс); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z206" w:id="69"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z206" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       DAX (Deutscher Aktienindex) (Дойтче Акциениндекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z207" w:id="70"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z207" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       DJIA (Dow Jones Industrial Average) (Доу Джонс Индастриал Эвередж);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z208" w:id="71"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z208" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       EURO STOXX 50 (EURO STOXX 50 Price Index) (Юроп Эс Ти Оу Экс Экс 50 Прайс Индекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z209" w:id="72"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z209" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       FTSE 100 (Financial Times Stock Exchange 100 Index) (Файнэншл Таймс Сток Эксчейндж 100 Индекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z210" w:id="73"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z210" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       HSI (Hang Seng Index) (Ханг Сенг Индекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z211" w:id="74"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z211" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       KASE (Kazakhstan Stock Exchange Index) (Казакстан Сток Эксчейндж Индекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z212" w:id="75"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z212" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       MSCI World Index (Morgan Stanley Capital International World Index) (Морган Стэнли Кэпитал Интернешнл Ворлд Индекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z213" w:id="76"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z213" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       MOEX Russia (Moscow Exchange Russia Index) (Москоу Эксчейндж Раша Индекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z214" w:id="77"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z214" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       NIKKEI 225 (Nikkei-225 Stock Average Index) (Никкэй-225 Сток Эвередж Индекс); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z215" w:id="78"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z215" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       RTSI (Russian Trade System Index) (Рашен Трейд Систем Индекс); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z216" w:id="79"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z216" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       S&amp;P 500 (Standard and Poor's 500 Index) (Стандард энд Пурс 500 Индекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z217" w:id="80"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z217" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       TOPIX 100 (Tokyo Stock Price 100 Index) (Токио Сток Прайс 100 Индекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z218" w:id="81"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z218" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       NASDAQ-100 (Nasdaq-100 Index) (Насдак-100 Индекс).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z219" w:id="82"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z219" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Правила не распространяются на управляющих инвестиционным портфелем с правом привлечения добровольных пенсионных взносов и страховые организации, осуществляющие деятельность в отрасли "страхование жизни", имеющие лицензию на осуществление деятельности по управлению инвестиционным портфелем на рынке ценных бумаг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z220" w:id="83"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z220" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Золотовалютные активы Национального Банка Республики Казахстан и активы Национального фонда Республики Казахстан, переданные в доверительное управление, не учитываются при расчете значений пруденциальных нормативов, обязательных к соблюдению управляющим инвестиционным портфелем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z221" w:id="84"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z221" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Нормы, предусмотренные Правилами в части аффилированных лиц управляющего инвестиционным портфелем, не применяются к юридическим лицам и их аффилированным лицам, являющимся аффилированными с управляющим инвестиционным портфелем в результате прямого (по банкам - косвенного) владения двадцатью пятью и более процентами голосующих акций указанных организаций акционерным обществом "Фонд национального благосостояния "Самрук-Қазына".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z222" w:id="85"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z222" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В случае совмещения управляющим инвестиционным портфелем профессиональной деятельности на рынке ценных бумаг, расчет значений пруденциальных нормативов осуществляется с учетом порядка расчета значений пруденциальных нормативов для организаций, осуществляющих брокерскую и (или) дилерскую деятельность на рынке ценных бумаг, утвержденного нормативным правовым актом уполномоченного органа в соответствии с пунктом 3 статьи 49 Закона о рынке ценных бумаг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z223" w:id="86"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z223" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В случае нарушения коэффициента достаточности собственного капитала и (или) коэффициента ликвидности управляющий инвестиционным портфелем в течение 3 (трех) рабочих дней с даты нарушения сообщает уполномоченному органу о фактах и причинах нарушения соответствующего пруденциального норматива с приложением плана мероприятий по его устранению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3149,68 +3165,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деятельность по управлению</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>инвестиционным портфелем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z321" w:id="87"/>
+    <w:bookmarkStart w:name="z321" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таблица расчета значений пруденциальных нормативов управляющего инвестиционным портфелем</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 16.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15899,125 +15915,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 апреля 2018 года № 79</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z227" w:id="88"/>
+    <w:bookmarkStart w:name="z227" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Методика расчета значений пруденциальных нормативов, обязательных к соблюдению организациями, осуществляющими деятельность по управлению инвестиционным портфелем</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Методика - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 27.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z323" w:id="89"/>
+    <w:bookmarkStart w:name="z323" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z324" w:id="90"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z324" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящая Методика расчета пруденциальных нормативов, обязательных к соблюдению организациями, осуществляющими деятельность по управлению инвестиционным портфелем (далее – Методика), разработана в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16032,911 +16048,885 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О рынке ценных бумаг", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном регулировании, контроле и надзоре финансового рынка и финансовых организаций" и устанавливает методику расчета значений пруденциальных нормативов, обязательных к соблюдению организациями, осуществляющими деятельность по управлению инвестиционным портфелем (далее - управляющий инвестиционным портфелем).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z325" w:id="91"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z325" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Методика расчета значений пруденциальных нормативов, обязательных к соблюдению организациями, осуществляющими деятельность по управлению инвестиционным портфелем</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z326" w:id="92"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z326" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Для целей расчета минимального размера собственного капитала используется размер месячного расчетного показателя (далее - МРП), установленный законом о республиканском бюджете на соответствующий финансовый год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z327" w:id="93"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z327" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Управляющий инвестиционным портфелем, осуществляющий в соответствии с договором, заключенным с единым накопительным пенсионным фондом, доверительное управление пенсионными активами, рассчитывает коэффициент достаточности собственного капитала по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z328" w:id="94"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z328" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К = (ВЛА+ЛА - О) / (МРСК+Ор_УИП_ПА), где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z329" w:id="95"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z329" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ВЛА - высоколиквидные активы управляющего инвестиционным портфелем, имеющиеся на дату расчета, которые признаются высоколиквидными в соответствии с пунктом 6 Методики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z330" w:id="96"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z330" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЛА - ликвидные активы управляющего инвестиционным портфелем, имеющиеся на дату расчета, которые признаются ликвидными в соответствии с пунктом 6 Методики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z331" w:id="97"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z331" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        О - совокупные обязательства по балансу, имеющиеся на дату расчета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z332" w:id="98"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z332" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        МРСК - минимальный размер собственного капитала управляющего инвестиционным портфелем, принимаемый в расчет достаточности собственного капитала, составляющий 440 000 (четыреста сорок тысяч) МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z333" w:id="99"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z333" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ор_УИП_ПА - операционный риск, связанный с доверительным управлением пенсионных активов, рассчитанный как размер активов в инвестиционном управлении на дату расчета, умноженный на коэффициент операционного риска УИП ПА – 4%.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z334" w:id="100"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z334" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управляющий инвестиционным портфелем рассчитывает коэффициент достаточности собственного капитала по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z335" w:id="101"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z335" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К = (ВЛА+ЛА - О) / (МРСК+Ор_УИП), где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z336" w:id="102"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z336" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ВЛА - высоколиквидные активы управляющего инвестиционным портфелем, имеющиеся на дату расчета, которые признаются высоколиквидными в соответствии с пунктом 6 Методики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z337" w:id="103"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z337" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЛА - ликвидные активы управляющего инвестиционным портфелем, имеющиеся на дату расчета, которые признаются ликвидными в соответствии с пунктом 6 Методики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z338" w:id="104"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z338" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       О - совокупные обязательства по балансу, имеющиеся на дату расчета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z339" w:id="105"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z339" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МРСК - минимальный размер собственного капитала управляющего инвестиционным портфелем, принимаемый в расчет достаточности собственного капитала, составляющий 50 000 (пятьдесят тысяч) МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z340" w:id="106"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z340" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ор_УИП - операционный риск, связанный с доверительным управлением активов, рассчитанный как размер активов в инвестиционном управлении на дату расчета, умноженный на коэффициент операционного риска УИП – 0,1%.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z341" w:id="107"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z341" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Минимальное значение коэффициентов срочной ликвидности управляющего инвестиционным портфелем устанавливается в размере:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z342" w:id="108"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z342" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К2-1 – не менее 1;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z343" w:id="109"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z343" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К2-2 – не менее 0,9;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z344" w:id="110"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z344" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К2-3 – не менее 0,8;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z345" w:id="111"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z345" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К2-4 – не менее 0,5.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z346" w:id="112"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z346" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коэффициент срочной ликвидности К2-1 рассчитывается как отношение размера высоколиквидных активов к размеру срочных обязательств с оставшимся сроком до погашения от 0 (нуля) до 7 (семи) дней включительно. Если размер срочных обязательств с оставшимся сроком до погашения от 0 (нуля) до 7 (семи) дней составляет менее 10 % от высоколиквидных активов, то коэффициент срочной ликвидности К2-1 не рассчитывается и считается исполненным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z347" w:id="113"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z347" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Коэффициент срочной ликвидности К2-2 рассчитывается как отношение размера совокупных ликвидных активов к размеру срочных обязательств с оставшимся сроком до погашения от 0 (нуля) до 30 (тридцати) дней включительно. Если размер срочных обязательств с оставшимся сроком до погашения от 0 (нуля) до 30 (тридцати) дней составляет менее 10 % от совокупных ликвидных активов, то коэффициент срочной ликвидности К2-2 не рассчитывается и считается исполненным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z348" w:id="114"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z348" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коэффициент срочной ликвидности К2-3 рассчитывается как отношение размера совокупных ликвидных активов к размеру срочных обязательств с оставшимся сроком до погашения от 0 (нуля) до 90 (девяносто) дней включительно. Если размер срочных обязательств с оставшимся сроком до погашения от 0 (нуля) до 90 (девяносто) дней составляет менее 10 % от совокупных ликвидных активов, то коэффициент срочной ликвидности К2-3 не рассчитывается и считается исполненным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z349" w:id="115"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z349" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Коэффициент срочной ликвидности К2-4 рассчитывается как отношение размера совокупных ликвидных активов к размеру совокупных обязательств. Если размер совокупных обязательств составляет менее 10 % от совокупных ликвидных активов, то коэффициент срочной ликвидности К2-4 не рассчитывается и считается исполненным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z350" w:id="116"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z350" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Высоколиквидные и ликвидные активы управляющего инвестиционным портфелем, имеющиеся на дату расчета, признаются таковыми в соответствии с пунктом 6 Методики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z351" w:id="117"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z387" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к Правилам расчета значений пруденциальных нормативов, обязательных к соблюдению организациями, осуществляющими деятельность по управлению инвестиционным портфелем, утвержденным настоящим постановлением (далее - Правила), в соответствующих объемах: 1.1, 1.2, 1.4, 1.5, 1.6, 1.7, 1.8, 1.9, 1.10, 1.12, 1.13, 2.1, 2.2, 2.3, 2.4, 2.8, 2.10, 2.11, 2.14, 3.1, 3.2, 3.5, 4.4, 5.1, 5.2, 5.3, 5.4 (за исключением ценных бумаг, являющимися предметом операций репо).</w:t>
+        <w:t>
+      6. В расчет высоколиквидных активов управляющего инвестиционным портфелем включаются активы, указанные в следующих строках Таблицы расчета значений пруденциальных нормативов управляющего инвестиционным портфелем согласно приложению к Правилам расчета значений пруденциальных нормативов, обязательных к соблюдению организациями, осуществляющими деятельность по управлению инвестиционным портфелем, утвержденным настоящим постановлением (далее - Правила), в соответствующих объемах: 1.1, 1.2, 1.4, 1.5, 1.6, 1.7, 1.8, 1.9, 1.10, 1.12, 1.13, 2.1, 2.2, 2.3, 2.4, 2.8, 2.10, 2.11, 2.14, 3.1, 3.2, 3.5, 4.4, 5.1, 5.2, 5.3, 5.4 (за исключением ценных бумаг, являющимися предметом операций репо).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z385" w:id="118"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В качестве ликвидных активов управляющего инвестиционным портфелем признаются активы, указанные в следующих строках Таблицы расчета значений пруденциальных нормативов управляющего инвестиционным портфелем согласно приложению к Правилам, в соответствующих объемах: 1.3, 1.11, 2.5, 2.6, 2.7, 2.9, 2.12, 2.13, 2.15, 2.16, 3.3, 3.4, 3.6, 3.7, 4.1, 4.2, 4.3, 4.5 (за исключением ценных бумаг, являющимися предметом операций репо).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z386" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Управляющий инвестиционным портфелем соблюдает норматив диверсификации, при котором объем инвестиций в одного эмитента и его аффилированных лиц составляет не более 20 % от совокупных ликвидных активов управляющего инвестиционным портфелем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z387" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Норма, установленная частью третьей настоящего пункта Методики, не распространяется в отношении государственных ценных бумаг Республики Казахстан, а также на ценные бумаги являющихся предметом операции "обратного репо", заключенной с участием центрального контрагента.</w:t>
+      Норма, установленная частью третьей настоящего пункта Методики, не распространяется в отношении государственных ценных бумаг Республики Казахстан и финансовых инструментов, выпущенных (предоставленных) аффилированными по отношении друг к другу лицами, более 50 (пятидесяти) процентов голосующих акций которых принадлежат государству или национальному управляющему холдингу или Национальному Банку Республики Казахстан, а также на ценные бумаги, являющиеся предметом операции "обратного репо", заключенной с участием центрального контрагента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 16.05.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 14</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z353" w:id="121"/>
+    <w:bookmarkStart w:name="z353" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В расчет высоколиквидных и ликвидных активов, предусмотренных пунктом 6 Методики, не включаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z389" w:id="122"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z389" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) активы, являющиеся обеспечением по обязательствам управляющего инвестиционным портфелем и (или) на которые право собственности управляющего инвестиционным портфелем ограничено (за исключением операций репо).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z390" w:id="123"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z390" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ценные бумаги, являющиеся предметом операции "обратного репо", включаются в расчет ликвидных активов управляющего инвестиционным портфелем в объемах, указанных в Таблице расчета значений пруденциальных нормативов управляющего инвестиционным портфелем согласно приложению к Правилам (за исключением ценных бумаг, являющихся предметом операции "обратного репо", заключенной с участием центрального контрагента).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z391" w:id="124"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z391" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ценные бумаги, являющиеся предметом операции "обратного репо", заключенной с участием центрального контрагента, включаются в расчет ликвидных активов управляющего инвестиционным портфелем в полном объеме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z392" w:id="125"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z392" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ценные бумаги, являющиеся предметом операций репо включаются в расчет ликвидных активов управляющего инвестиционным портфелем, в размере 70 % от совокупного объема ценных бумаг являющихся предметом операций репо;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z393" w:id="126"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z393" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственные ценные бумаги со сроком до погашения более 1 (одного) года на расчетную дату, являющиеся предметом операций репо включаются в расчет ликвидных активов управляющего инвестиционным портфелем в размере 85 % от совокупного объема государственных ценных бумаг со сроком до погашения более 1 (одного) года на расчетную дату являющихся предметом операций репо;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z394" w:id="127"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z394" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственные ценные бумаги со сроком до погашения до 1 (одного) года на расчетную дату, являющиеся предметом операций репо включаются в расчет ликвидных активов управляющего инвестиционным портфелем в размере 95 % от совокупного объема государственных ценных бумаг со сроком до погашения до 1 (одного) года на расчетную дату являющихся предметом операций репо.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z395" w:id="128"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z395" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ценные бумаги, являющиеся предметом операций репо отражаются в строках 6.3, 6.4, 6.5 Таблицы расчета значений пруденциальных нормативов управляющего инвестиционным портфелем согласно приложению к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z396" w:id="129"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z396" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ценные бумаги, выпущенные юридическими лицами, являющимися аффилированными лицами по отношению к управляющему инвестиционным портфелем, за исключением акций, входящих в официальный список фондовой биржи, параметры которого используются в целях расчета индекса рынка акций фондовой биржи (представительский список фондовой биржи).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17090,308 +17080,308 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 апреля 2018 года № 79</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z152" w:id="130"/>
+    <w:bookmarkStart w:name="z152" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень нормативных правовых актов Республики Казахстан, а также структурных элементов некоторых нормативных правовых актов Республики Казахстан, признаваемых утратившими силу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z153" w:id="131"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z153" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 3 февраля 2014 года № 7 "Об установлении пруденциального норматива для организаций, осуществляющих управление инвестиционным портфелем, утверждении Правил расчета значений пруденциального норматива для организаций, осуществляющих управление инвестиционным портфелем и внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам рынка ценных бумаг", за исключением подпункта 2) пункта 2 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 9410, опубликовано 29 мая 2014 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z154" w:id="132"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z154" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан по вопросам пруденциального регулирования деятельности финансовых организаций, в которые вносятся изменения и дополнения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 16 июля 2014 года № 152 "О внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам пруденциального регулирования деятельности финансовых организаций" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 9732, опубликовано 18 сентября 2014 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z155" w:id="133"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z155" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан по вопросам официального списка ценных бумаг фондовой биржи, в которые вносятся изменения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 24 декабря 2014 года № 244 "О внесении изменений в некоторые нормативные правовые акты Республики Казахстан по вопросам официального списка ценных бумаг фондовой биржи" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 10339, опубликовано 18 марта 2015 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z156" w:id="134"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z156" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан по вопросам рынка ценных бумаг, в которые вносятся изменения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 19 декабря 2015 года № 250 "О внесении изменений в некоторые нормативные правовые акты Республики Казахстан по вопросам рынка ценных бумаг" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 13001, опубликовано 12 февраля 2016 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z157" w:id="135"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z157" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан по вопросам регулирования рынка ценных бумаг, в которые вносятся изменения, согласно приложению 2 к постановлению Правления Национального Банка Республики Казахстан от 27 марта 2017 года № 54 "Об утверждении Требований к эмитентам и их ценным бумагам, допускаемым (допущенным) к обращению на фондовой бирже, а также к отдельным категориям списка фондовой биржи и внесении изменений в некоторые нормативные правовые акты Республики Казахстан по вопросам регулирования рынка ценных бумаг" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 15175, опубликовано 14 июня 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z158" w:id="136"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z158" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан, в которые вносятся изменения и дополнения по вопросам представления отчетности профессиональными участниками рынка ценных бумаг, утвержденного постановлением Правления Национального Банка Республики Казахстан от 29 января 2018 года № 5 "О внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам представления отчетности профессиональными участниками рынка ценных бумаг" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 16498, опубликовано 19 марта 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -17771,31 +17761,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>