--- v0 (2025-10-13)
+++ v1 (2026-03-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fa978bd" w14:textId="fa978bd">
+    <w:p w14:paraId="6610ed3" w14:textId="6610ed3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -101,481 +101,498 @@
         </w:rPr>
         <w:t>Об утверждении Правил выдачи разрешений на сжигание сырого газа в факелах</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра энергетики Республики Казахстан от 25 апреля 2018 года № 140. Зарегистрирован в Министерстве юстиции Республики Казахстан 17 мая 2018 года № 16902.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Вводится в действие с 29.06.2018.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 146 Кодекса Республики Казахстан "О недрах и недропользовании" и подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра энергетики РК от 06.10.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 314</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание РЦПИ!</w:t>
-[...24 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
-[...67 lines deleted...]
-      </w:pPr>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдачи разрешений на сжигание сырого газа в факелах.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Признать утратившими силу некоторые приказы Министра энергетики Республики Казахстан согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Департаменту государственной инспекции в нефтегазовом комплексе Министерства энергетики Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации Министерства юстиции Республики Казахстан" для официального опубликования и включения в Эталонной контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодические печатные издания;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) размещение настоящего приказа на интернет-ресурсе Министерства энергетики Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства энергетики Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 2), 3) и 4) настоящего пункта.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра энергетики Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Настоящий приказ вводится в действие с 29 июня 2018 года и подлежит официальному опубликованию.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
-[...238 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -603,71 +620,53 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр энергетики</w:t>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -705,237 +704,230 @@
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>К. Бозумбаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z16" w:id="10"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министр информации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и коммуникаций</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Д. Абаев</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26 апреля 2018 года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министр национальной экономики</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Т. Сулейменов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3 мая 2018 года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "СОГЛАСОВАН"</w:t>
-[...173 lines deleted...]
-        <w:t>3 мая 2018 года</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1016,1636 +1008,1921 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 апреля 2018 года №140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="12"/>
+    <w:bookmarkStart w:name="z28" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила выдачи разрешений на сжигание сырого газа в факелах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-[...38 lines deleted...]
-    <w:bookmarkStart w:name="z86" w:id="13"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила - в редакции приказа и.о. Министра энергетики РК от 13.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 221</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...300 lines deleted...]
-    <w:bookmarkStart w:name="z99" w:id="26"/>
+    <w:bookmarkStart w:name="z86" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок выдачи разрешений на сжигание сырого газа в факелах</w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z100" w:id="27"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Параграф 1. Выдача разрешений на сжигание сырого газа в факелах при испытании объектов скважин</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Настоящие Правила выдачи разрешений на сжигание сырого газа в факелах (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 146 Кодекса Республики Казахстан "О недрах и недропользовании" (далее – Кодекс), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" (далее – Закон) и определяют порядок выдачи разрешений на сжигание сырого газа в факелах.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. В настоящих Правилах используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Единый контакт-центр – юридическое лицо, определенное уполномоченным органом в сфере оказания государственных услуг, выполняющее функции информационно-справочной службы по предоставлению услугополучателям информации по вопросам оказания государственных и иных услуг, а также государственным органам – информации по вопросам оказания информационно-коммуникационных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) государственная услуга – одна из форм реализации отдельных государственных функций или их совокупности, осуществляемых по обращению или без обращения услугополучателей и направленных на реализацию их прав, свобод и законных интересов, предоставление им соответствующих материальных или нематериальных благ;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) государственная информационная система разрешений и уведомлений – информационная система, являющаяся компонентом "электронного правительства", предназначенная для осуществления в электронном виде лицензирования, разрешительных процедур в части получения разрешения с присвоением идентификационного номера, направления уведомления заявителем и обеспечения этих процессов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) веб-портал "электронного правительства" (далее – портал) – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Выдача разрешений на сжигание сырого газа в факелах осуществляется:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) при испытании объектов скважин;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) при пробной эксплуатации месторождения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) при технологически неизбежном сжигании сырого газа.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Перечень основных требований к оказанию государственной услуги "Выдача разрешения на сжигание сырого газа в факелах" (далее – Перечень основных требований к оказанию государственной услуги) приведен в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-[...160 lines deleted...]
-    <w:bookmarkStart w:name="z107" w:id="34"/>
+    <w:bookmarkStart w:name="z99" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 2. Выдача разрешений на сжигание сырого газа в факелах при пробной эксплуатации месторождения, технологически неизбежном сжигании сырого газа</w:t>
+        <w:t xml:space="preserve"> Глава 2. Порядок выдачи разрешений на сжигание сырого газа в факелах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-[...120 lines deleted...]
-    <w:bookmarkStart w:name="z112" w:id="39"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z100" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 3. Рассмотрение заявлений уполномоченным органом на выдачу разрешений на сжигание сырого газа в факелах</w:t>
+        <w:t xml:space="preserve"> Параграф 1. Выдача разрешений на сжигание сырого газа в факелах при испытании объектов скважин</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z113" w:id="40"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Сжигание сырого газа при испытании объектов скважины допускается в соответствии с утвержденным недропользователем (оператором по контракту на недропользование, доверительным управляющим) (далее – заявитель) и получившим положительные заключения предусмотренных Кодексом экспертиз базовым проектным документом для проведения операций по недропользованию или анализом разработки на срок, предусмотренный утвержденным заявителем планом испытания объектов скважин, не превышающий девяносто дней для каждого объекта скважины.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сжигание сырого газа при испытании объектов скважины также допускается в соответствии с утвержденным проектным документом, действовавшим до введения в действие Кодекса на срок, предусмотренный утвержденным заявителем планом испытания объектов скважин, не превышающий девяносто дней для каждого объекта скважины.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Заявитель для получения разрешения при проведении испытании объектов скважины направляет в уполномоченный орган в области углеводородов посредством портала документы, необходимые для оказания государственной услуги, указанные в пункте 8 Перечня основных требований к оказанию государственной услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. План испытания объектов скважины, в том числе по фактическим или проектным к бурению скважинам, заявителем составляется:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в период разведки на срок, не превышающий срок периода разведки, а также срок действия проектного документа, указанного в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в период добычи на срок, не превышающий срок периода добычи, а также срок действия проектного документа, указанного в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      11. В день поступления заявления сотрудник канцелярии уполномоченного органа в области углеводородов осуществляет прием и регистрацию документов, и передает зарегистрированные документы руководителю ответственного структурного подразделения, который определяет ответственного исполнителя структурного подразделения.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z114" w:id="41"/>
+    <w:bookmarkStart w:name="z107" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      При подаче заявителем документов, указанных в пункте 8 Перечня основных требований к оказанию государственной услуги, подтверждением принятия заявления через портал является статус о принятии запроса, который отображается в "личном кабинете" заявителя.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Выдача разрешений на сжигание сырого газа в факелах при пробной эксплуатации месторождения, технологически неизбежном сжигании сырого газа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z115" w:id="42"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. При пробной эксплуатации месторождения, технологически неизбежном сжигании сырого газа для получения разрешения представляются документы, необходимые для оказания государственной услуги, указанные в пункте 8 Перечня основных требований к оказанию государственной услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Заявителем разрешение при пробной эксплуатации месторождения запрашивается на срок, не превышающий срок периода разведки, а также срок действия проекта пробной эксплуатации и программы развития переработки сырого газа.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявителем разрешение при технологически неизбежном сжигании сырого газа запрашивается на срок, не превышающий срок периода добычи, а также срок действия базового проектного документа, анализа разработки или проектного документа, утвержденного до введения в действие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодекса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, и программы развития переработки сырого газа.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. В случае подачи заявления для получения разрешения при пробной эксплуатации месторождения, технологически неизбежном сжигании сырого газа, заявляемым периодом сжигания, указывается период в соответствии с утвержденной уполномоченным органом в области углеводородов программой развития переработки сырого газа согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 147 Кодекса, за вычетом истекших дней такого периода с даты подачи заявления и вычетом срока выдачи разрешения уполномоченным органом в области углеводородов с соответствующим перерасчетом объема сжигаемого сырого газа.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Сотрудник ответственного структурного подразделения уполномоченного органа в области углеводородов в течение двух рабочих дней с момента регистрации документов, указанных в пункте 8 Перечня основных требований к оказанию государственной услуги, проверяет полноту представленных документов.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z116" w:id="43"/>
+    <w:bookmarkStart w:name="z112" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Сведения о документах удостоверяющие личность, государственной регистрации (перерегистрации) юридического лица, уполномоченный орган получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 3. Рассмотрение заявлений уполномоченным органом на выдачу разрешений на сжигание сырого газа в факелах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z117" w:id="44"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. В день поступления заявления сотрудник канцелярии уполномоченного органа в области углеводородов осуществляет прием и регистрацию документов, и передает зарегистрированные документы руководителю ответственного структурного подразделения, который определяет ответственного исполнителя структурного подразделения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      При предоставлении заявителем неполного пакета документов сотрудник ответственного структурного подразделения уполномоченного органа в области углеводородов в сроки, указанные в части третьей настоящего пункта, готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме, согласно </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При подаче заявителем документов, указанных в пункте 8 Перечня основных требований к оказанию государственной услуги, подтверждением принятия заявления через портал является статус о принятии запроса, который отображается в "личном кабинете" заявителя.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сотрудник ответственного структурного подразделения уполномоченного органа в области углеводородов в течение двух рабочих дней с момента регистрации документов, указанных в пункте 8 Перечня основных требований к оказанию государственной услуги, проверяет полноту представленных документов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сведения о документах удостоверяющие личность, государственной регистрации (перерегистрации) юридического лица, уполномоченный орган получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При предоставлении заявителем неполного пакета документов сотрудник ответственного структурного подразделения уполномоченного органа в области углеводородов в сроки, указанные в части третьей настоящего пункта, готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мотивированный отказ в дальнейшем рассмотрении заявления, подписанный ЭЦП руководителя ответственного структурного подразделения уполномоченного органа в области углеводородов, направляется заявителю в форме электронного документа.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. При предоставлении заявителем для получения разрешения на сжигание сырого газа в факелах при испытании объектов скважины полного пакета документов, предусмотренных в пункте 8 Перечня основных требований к оказанию государственной услуги, сотрудник ответственного структурного подразделения уполномоченного органа в области углеводородов в течение шести рабочих дней рассматривает их на соответствие требованиям, установленным настоящими Правилами.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При предоставлении заявителем для получения разрешения на сжигание сырого газа в факелах при пробной эксплуатации месторождения, технологически неизбежном сжигании сырого газа полного пакета документов, предусмотренных в пункте 8 Перечня основных требований к оказанию государственной услуги, сотрудник ответственного структурного подразделения уполномоченного органа в области углеводородов в сроки, указанные в части третьей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, рассматривает их на соответствие требованиям, установленным настоящими Правилами.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При достоверности представленных документов и сведений, и их соответствия требованиям, установленным настоящими Правилами, сотрудник ответственного структурного подразделения уполномоченного органа в области углеводородов в сроки, указанные в части третьей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, готовит разрешение на сжигание сырого газа в факелех (далее – разрешение) по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам либо по основаниям, указанным в пункте 9 Перечня основных требований к оказанию государственной услуги, мотивированный отказ в выдаче разрешения по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, и направляет заявителю.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. В случае принятия предварительного решения об отказе в оказании государственной услуги на сжигание сырого газа в факелах при испытании объектов скважины по основаниям, указанным в пункте 9 Перечня основных требований к оказанию государственной услуги, уполномоченный орган в области углеводородов не позднее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК) направляет заявителю уведомление о предварительном решении об отказе в оказании государственной услуги, а также времени и месте проведения заслушивания для возможности выразить заявителю позицию по предварительному решению по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Процедура заслушивания проводится в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АППК РК.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По результатам заслушивания уполномоченный орган в области углеводородов принимает решение выдать разрешение по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, либо отказать в выдаче разрешения на сжигание сырого газа путем предоставления мотивированного отказа в выдаче разрешения по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14. Уполномоченный орган в области углеводородов обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При оказании государственной услуги посредством государственной информационной системы разрешений и уведомлений данные о стадии оказания государственной услуги поступают в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. Уполномоченным органом в области углеводородов в течение трех рабочих дней с даты утверждения нормативного правового акта о внесении изменений и (или) дополнений в настоящие Правила направляется информация о внесенных изменениях и (или) дополнениях оператору информационно-коммуникационной инфраструктуры "электронного правительства" и в Единый контакт-центр.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. Для обжалования решений, действий (бездействий) уполномоченного органа в области углеводородов и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается не позднее 3 (трех) месяцев со дня, когда заявителю стало известно о принятии административного акта или совершении действий (бездействий) уполномоченного органа:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в орган, рассматривающий жалобу (вышестоящий административный орган и (или) должностное лицо);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на имя руководства уполномоченного органа в области углеводородов, непосредственно оказывающего государственную услугу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба заявителя в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона подлежит рассмотрению:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уполномоченным органом в области углеводородов, непосредственно оказывающим государственную услугу, в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Срок рассмотрения жалобы уполномоченным органом в области углеводородов, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) получения дополнительной информации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в электронной форме (при подаче жалобы в электронном виде) заявителю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае поступления жалобы в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 91 АППК РК уполномоченным органом в области углеводородов направляется в орган, рассматривающий жалобу в течение 3 (трех) рабочих дней со дня ее поступления. Жалоба уполномоченным органом в области углеводородов не направляется в орган, рассматривающий жалобу в случае принятия благоприятного акта, совершения административного действия, полностью удовлетворяющие требования, указанные в жалобе, в течение трех рабочих дней со дня поступления жалобы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок рассмотрения жалобы органом, рассматривающим жалобу, составляет 20 (двадцать) рабочих дней со дня поступления жалобы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. В случае несогласия с решением органа, рассматривающего жалобу, заявитель обращается в другой орган, рассматривающий жалобу или в суд в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 100 АППК РК.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-[...739 lines deleted...]
-    <w:bookmarkEnd w:id="68"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2724,139 +3001,220 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на сжигание сырого</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>газа в факелах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z143" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В приложение 1 предусматривается изменение приказом Министра энергетики Республики Казахстан от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 39-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z143" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Выдача разрешения на сжигание сырого газа в факелах"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование государственной услуги "Выдача разрешения на сжигание сырого газа в факелах".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование подвидов государственной услуги:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -2881,1008 +3239,1320 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2. При пробной эксплуатации месторождения;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3. При технологически неизбежном сжигании сырого газа.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование услугодателя </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство энергетики Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Способы предоставления государственной услуги </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием заявлений и выдача результатов оказания государственной услуги осуществляется посредством веб-портала "электронного правительства" www.egov.kz, www.elicense.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) при выдаче разрешения на сжигание сырого газа в факелах при испытании объектов скважин – 8 (восемь) рабочих дней.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) при выдаче разрешения на сжигание сырого газа в факелах при пробной эксплуатации месторождения, технологически неизбежном сжигании сырого газа – 2 (два) рабочих дня.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная (частично автоматизированная).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результат оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Разрешение на сжигание сырого газа в факелах либо мотивированный отказ в оказании государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Государственная услуга оказывается бесплатно физическим и юридическим лицам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График работы услугодателя и объектов информации</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1) услугодателя – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) услугодателя – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> кодексу Республики Казахстан (далее – Кодекс), с перерывом на обед с 13.00 часов до 14.30 часов;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>На портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 при испытании объектов скважин:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3969,163 +4639,202 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 при пробной эксплуатации месторождения, технологически неизбежном сжигании сырого газа представляется заявление по форме согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приложению</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к Перечню основных требований к оказанию государственной услуги "Выдача разрешения на сжигание сырого газа в факелах".</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) установление недостоверности документов, представленных услугополучателем для получения разрешения, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для выдачи разрешения, установленными </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -4176,163 +4885,202 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения государственной услуги;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 интернет-ресурсе Министерства энергетики Республики Казахстан: www.gov.kz в разделе "Государственные услуги";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4397,50 +5145,57 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) при оказании государственной услуги посредством портала доступна версия для слабовидящих;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе www.gov.kz, раздел "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг 1414, 8 800 080 7777.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4614,1164 +5369,1342 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z146" w:id="70"/>
+    <w:bookmarkStart w:name="z146" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление для получения разрешений на сжигание сырого газа в факелах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z147" w:id="71"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В ________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование уполномоченного органа в области углеводородов)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от ________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (в случае наличия) физического лица, индивидуальный</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идентификационный номер, полное наименование юридического лица, адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>местонахождения, бизнес-идентификационный номер, контактные данные</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(номер телефона, адрес электронной почты)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(месторождение (структура); номер скважины*)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(объем сжигания сырого газа на заявляемый год с указанием периода сжигания</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(млн. м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) __________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(название, номер, дата и срок действия проектного документа для проведения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>операций по недропользованию)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(расчет нормативов и объемов сжигания сырого газа согласно методике,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утверждаемой уполномоченным органом в области углеводородов)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Данные о скважине: *</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В ________________________________________________________________</w:t>
-[...309 lines deleted...]
-        <w:t>Данные о скважине: *</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование и номер объекта</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Объем, млн. м</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Объем, млн. м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Интервал</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Количество дней сжигания сырого газа в факелах по объектам</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z148" w:id="72"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>* для получения разрешения на сжигание сырого газа при испытании объектов скважин;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень прилагаемых документов:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. ________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. ________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящим подтверждается, что заявитель согласен на использование персональных</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>данных ограниченного доступа, составляющих охраняемую законом тайну,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>содержащихся в информационных системах, при выдаче разрешения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель _____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (в случае наличия))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Электронно-цифровая подпись "___" __________ 20___ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      * для получения разрешения на сжигание сырого газа при испытании объектов скважин;</w:t>
-[...153 lines deleted...]
-        <w:t xml:space="preserve"> Электронно-цифровая подпись "___" __________ 20___ года</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5962,99 +6895,112 @@
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Наименование УО</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(на государственном языке)]</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>реквизиты УО на государственном языке</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6103,468 +7049,552 @@
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Наименование УО</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(на русском языке)]</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>реквизиты УО на русском языке</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мотивированный отказ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в дальнейшем рассмотрении заявления/в выдаче разрешения</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Номер: [Номер] Дата выдачи:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>[Дата выдачи]</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Наименование недропользователя (оператора по контракту на недропользование, доверительного управляющего)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Наименование УО], рассмотрев Ваше обращение от [Дата заявки] года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ [Номер заявки], сообщает ____________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>[Причина отказа].</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Руководитель ответственного структурного подразделения уполномоченного органа в области углеводородов]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[фамилия, имя, отчество (при наличии)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...12 lines deleted...]
-          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="7264400" cy="1905000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5"/>
                           <a:stretch>
@@ -6870,99 +7900,112 @@
               <w:gridCol w:w="3075"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3075" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
-                    <w:spacing w:after="20"/>
-                    <w:ind w:left="20"/>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
-                    <w:t>
-[Наименование УО</w:t>
+                    <w:t>[Наименование УО</w:t>
                   </w:r>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>(на государственном языке)]</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>реквизиты УО на государственном языке</w:t>
                   </w:r>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
@@ -7011,316 +8054,381 @@
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
                               </pic:spPr>
                             </pic:pic>
                           </a:graphicData>
                         </a:graphic>
                       </wp:inline>
                     </w:drawing>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                 </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3075" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
-                    <w:spacing w:after="20"/>
-                    <w:ind w:left="20"/>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
-                    <w:t>
-[Наименование УО</w:t>
+                    <w:t>[Наименование УО</w:t>
                   </w:r>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>(на русском языке)]</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>реквизиты УО на русском языке</w:t>
                   </w:r>
                 </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:gridSpan w:val="4"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
-                    <w:spacing w:after="20"/>
-                    <w:ind w:left="20"/>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
-                    <w:t>
-РАЗРЕШЕНИЕ</w:t>
+                    <w:t>РАЗРЕШЕНИЕ</w:t>
                   </w:r>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>на сжигание сырого газа в факелах</w:t>
                   </w:r>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
-                    <w:spacing w:after="20"/>
-                    <w:ind w:left="20"/>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
-                    <w:t>
-Номер: [Номер]</w:t>
+                    <w:t>Номер: [Номер]</w:t>
                   </w:r>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Дата выдачи: [Дата выдачи]</w:t>
                   </w:r>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
-                    <w:spacing w:after="20"/>
-                    <w:ind w:left="20"/>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
-                    <w:t>
-Место выдачи:</w:t>
+                    <w:t>Место выдачи:</w:t>
                   </w:r>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:gridSpan w:val="4"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
-                    <w:spacing w:after="20"/>
-                    <w:ind w:left="20"/>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
-                    <w:t>
-Выдано: ________________________________________________________________</w:t>
+                    <w:t>Выдано: ________________________________________________________________</w:t>
                   </w:r>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>(наименование недропользователя (оператора по контракту на недропользование,</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
@@ -7465,185 +8573,221 @@
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>(период действия разрешения с учетом подготовительных и заключительных работ)</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Примечание: _____________________________________________________</w:t>
                   </w:r>
                 </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:gridSpan w:val="4"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
-                    <w:spacing w:after="20"/>
-                    <w:ind w:left="20"/>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
-                    <w:t>
-[Руководитель ответственного структурного подразделения уполномоченного органа в области углеводородов]</w:t>
+                    <w:t>[Руководитель ответственного структурного подразделения уполномоченного органа в области углеводородов]</w:t>
                   </w:r>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
-                    <w:spacing w:after="20"/>
-                    <w:ind w:left="20"/>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
-                    <w:t>
-[фамилия, имя, отчество (при наличии)]</w:t>
+                    <w:t>[фамилия, имя, отчество (при наличии)]</w:t>
                   </w:r>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
-          <w:p>
-[...12 lines deleted...]
-          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="7264400" cy="1905000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:stretch>
@@ -7866,375 +9010,328 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z155" w:id="73"/>
+    <w:bookmarkStart w:name="z155" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уведомление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z156" w:id="74"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Выдано _________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование заявителя)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящим ГО ___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование уполномоченного органа)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рассмотрев Ваше заявление от [Дата заявки] года № [Номер заявки] уполномоченный</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орган в области углеводородов уведомляет о возможности выразить</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование заявителя) позицию по предварительному решению</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по результатам оказания государственной услуги "Выдача разрешения на сжигание</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сырого газа в факелах"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в ____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(дата, время и место проведения заслушивания)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель уполномоченного органа ___________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии), должность руководителя</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченного органа)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и время направления уведомления:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___"_______20__года "__"час "__"мин</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Выдано _________________________________________________________</w:t>
-[...289 lines deleted...]
-        <w:t>"___"_______20__года "__"час "__"мин</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8315,306 +9412,339 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 апреля 2018 года №140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z80" w:id="75"/>
+    <w:bookmarkStart w:name="z80" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>некоторых приказов Министра энергетики Республики Казахстан, подлежащих</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>признанию утратившими силу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z81" w:id="76"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 14 ноября 2014 года № 126 "Об утверждении Правил выдачи разрешений на сжигание в факелах попутного и (или) природного газа при испытании объектов скважин, пробной эксплуатации месторождения, технологически неизбежном сжигании газа при пусконаладке, эксплуатации, техническом обслуживании и ремонтных работах технологического оборудования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10023, опубликован 28 января 2015 года в информационно-правовой системе "Әділет");</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      1. </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 14 ноября 2014 года № 126 "Об утверждении Правил выдачи разрешений на сжигание в факелах попутного и (или) природного газа при испытании объектов скважин, пробной эксплуатации месторождения, технологически неизбежном сжигании газа при пусконаладке, эксплуатации, техническом обслуживании и ремонтных работах технологического оборудования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10023, опубликован 28 января 2015 года в информационно-правовой системе "Әділет");</w:t>
+        <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 23 февраля 2015 года № 128 "О внесении изменений в приказ Министра энергетики Республики Казахстан от 14 ноября 2014 года № 126 "Об утверждении Правил выдачи разрешений на сжигание в факелах попутного и (или) природного газа при испытании объектов скважин, пробной эксплуатации месторождения, технологически неизбежном сжигании газа при пусконаладке, эксплуатации, техническом обслуживании и ремонтных работах технологического оборудования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10784, опубликован 5 мая 2015 года в информационно-правовой системе "Әділет");</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пункт 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечня приказов Министра энергетики Республики Казахстан, в которые вносятся изменения, утвержденных приказом Министра энергетики Республики Казахстан от 10 ноября 2015 года № 639 "О внесении изменений в некоторые приказы Министра энергетики Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 13100, опубликован 5 марта 2016 года в информационно-правовой системе "Әділет");</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 14 мая 2016 года № 204 "О внесении изменений в приказ Министра энергетики Республики Казахстан от 14 ноября 2014 года № 126 "Об утверждении Правил выдачи разрешений на сжигание в факелах попутного и (или) природного газа при испытании объектов скважин, пробной эксплуатации месторождения, технологически неизбежном сжигании газа при пусконаладке, эксплуатации, техническом обслуживании и ремонтных работах технологического оборудования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 13862, опубликован 22 июля 2017 года в информационно-правовой системе "Әділет").</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-[...119 lines deleted...]
-    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>