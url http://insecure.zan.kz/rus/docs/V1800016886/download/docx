--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1827f8d" w14:textId="1827f8d">
+    <w:p w14:paraId="0fe4f8c" w14:textId="0fe4f8c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,286 +100,417 @@
         </w:rPr>
         <w:t>Об утверждении Правил обмена информацией, необходимой для обеспечения информационной безопасности, между оперативными центрами обеспечения информационной безопасности и Национальным координационным центром информационной безопасности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра оборонной и аэрокосмической промышленности Республики Казахстан от 19 марта 2018 года № 48/НҚ. Зарегистрирован в Министерстве юстиции Республики Казахстан 11 мая 2018 года № 16886.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 19)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 7-1 Закона Республики Казахстан "Об информатизации" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 292)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве искусственного интеллекта и цифрового развития Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 9 октября 2025 года № 846, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 14.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 7-1 Закона Республики Казахстан от 24 ноября 2015 года "Об информатизации" ПРИКАЗЫВАЮ:</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обмена информацией, необходимой для обеспечения информационной безопасности, между оперативными центрами обеспечения информационной безопасности и Национальным координационным центром информационной безопасности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Комитету по информационной безопасности Министерства оборонной и аэрокосмической промышленности Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) в течение десяти календарных дней со дня государственной регистрации в Министерстве юстиции Республики Казахстан настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодические печатные издания;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) размещение настоящего приказа на интернет-ресурсе Министерства оборонной и аэрокосмической промышленности Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства оборонной и аэрокосмической промышленности Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2), 3) и 4) настоящего пункта.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра оборонной и аэрокосмической промышленности Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...199 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -407,88 +538,66 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр оборонной и</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аэрокосмической промышленности</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -522,1760 +631,56 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Б. Атамкулов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...134 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...1566 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
@@ -2324,209 +729,2136 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>Утверждены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам обмена</w:t>
+              <w:t>приказом Министра оборонной и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>информацией, необходимой для</w:t>
+              <w:t>аэрокосмической промышленности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>обеспечения информационной</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>безопасности, между</w:t>
-[...64 lines deleted...]
-              <w:t>информационной безопасности</w:t>
+              <w:t>от 19 марта 2018 года № 48/НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z16" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила обмена информацией, необходимой для обеспечения информационной безопасности, между оперативными центрами обеспечения информационной безопасности и Национальным координационным центром информационной безопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z17" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Настоящие Правила обмена информацией, необходимой для обеспечения информационной безопасности между, оперативными центрами обеспечения информационной безопасности и Национальным координационным центром информационной безопасности (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 19)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 7-1 Закона Республики Казахстан "Об информатизации" (далее – Закон) и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 292)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве искусственного интеллекта и цифрового развития Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 9 октября 2025 года № 846 и определяют порядок взаимодействия Национального координационного центра информационной безопасности с оперативными центрами обеспечения информационной безопасности при обмене информацией, необходимой для обеспечения информационной безопасности и реагирования на инциденты информационной безопасности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 14.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 исключено приказом Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 12.05.2021 </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. В настоящих Правилах используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) уязвимость объекта информатизации – недостаток в программном или аппаратном обеспечении, обуславливающий возможность нарушения его работоспособности, либо выполнения каких-либо несанкционированных действий в обход разрешений, установленных в программном или аппаратном обеспечении;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) информационная безопасность в сфере информатизации (далее – информационная безопасность) – состояние защищенности электронных информационных ресурсов, информационных систем и информационно-коммуникационной инфраструктуры от внешних и внутренних угроз;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-1) критически важные объекты информационно-коммуникационной инфраструктуры (далее – КВОИКИ) – объекты информационно-коммуникационной инфраструктуры, нарушение или прекращение функционирования которых приводит к незаконному сбору и обработке персональных данных ограниченного доступа и иных сведений, содержащих охраняемую законом тайну, чрезвычайной ситуации социального и (или) техногенного характера или к значительным негативным последствиям для обороны, безопасности, международных отношений, экономики, отдельных сфер хозяйства или для жизнедеятельности населения, проживающего на соответствующей территории, в том числе инфраструктуры: теплоснабжения, электроснабжения, газоснабжения, водоснабжения, промышленности, здравоохранения, связи, банковской сферы, транспорта, гидротехнических сооружений, правоохранительной деятельности, "электронного правительства";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) событие информационной безопасности – состояние объектов информатизации, свидетельствующее о возможном нарушении существующей политики безопасности либо о прежде неизвестной ситуации, которая может иметь отношение к безопасности объектов информатизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) уполномоченный орган в сфере обеспечения информационной безопасности (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в сфере обеспечения информационной безопасности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) Национальный координационный центр информационной безопасности (далее – НКЦИБ) – структурное подразделение акционерного общества "Государственная техническая служба";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) платформа информационного взаимодействия Национального координационного центра информационной безопасности (далее – платформа НКЦИБ) –программное обеспечение, предназначенное для обмена данными и информацией об угрозах и инцидентах информационной безопасности с НКЦИБ;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) оперативный центр информационной безопасности (далее – ОЦИБ) – юридическое лицо или структурное подразделение юридического лица, осуществляющее деятельность по защите электронных информационных ресурсов, информационных систем, сетей телекоммуникаций и других объектов информатизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) угроза информационной безопасности – действия способные оказать негативное воздействие на конфиденциальность, целостность и доступность объекта информатизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) инцидент информационной безопасности – отдельно или серийно возникающий сбой в работе информационно-коммуникационной инфраструктуры или отдельных ее объектов, создающие угрозу их надлежащему функционированию и (или) условия для незаконного получения, копирования, распространения, модификации, уничтожения или блокирования электронных информационных ресурсов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) органы национальной безопасности Республики Казахстан (далее – органы национальной безопасности) – непосредственно подчиненные и подотчетные Президенту Республики Казахстан специальные государственные органы, являющиеся составной частью системы обеспечения безопасности Республики Казахстан и предназначенные в пределах предоставленных им полномочий, обеспечивать безопасность личности и общества, защиту конституционного строя, государственного суверенитета, территориальной целостности, экономического, научно-технического и оборонного потенциала страны;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) объекты информатизации "электронного правительства" (далее ОИ ЭП) – государственные электронные информационные ресурсы, программное обеспечение государственных органов, интернет-ресурс государственного органа, объекты информационно-коммуникационной инфраструктуры "электронного правительства", в том числе объекты информатизации иных лиц, предназначенные для формирования государственных электронных информационных ресурсов, осуществления государственных функций и оказания государственных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 12.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 164/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказом Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 14.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок обмена информацией, необходимой для обеспечения информационной безопасности, между оперативными центрами обеспечения информационной безопасности и Национальным координационным центром информационной безопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В заголовок главы 2 внесено изменение на казахском языке, текст на русском языке не изменяется приказом Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 12.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 164/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Участниками информационного обмена, необходимого для обеспечения информационной безопасности являются:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) органы национальной безопасности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) уполномоченный орган;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) НКЦИБ;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) ОЦИБ.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. ОЦИБ и НКЦИБ осуществляют обмен информацией, необходимой для выполнения возложенных на них задач и функций в сфере информационной безопасности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. ОЦИБ обеспечивают доведение полученной от НКЦИБ информации до обслуживаемых ими организаций и в свои структурные подразделения, обеспечивающие сопровождение инфраструктуры, в части их касающейся информации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Исключен приказом и.о. Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 31.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 120/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. ОЦИБ и НКЦИБ необходимо осуществлять взаимодействие в интересах решения задач, направленных на:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) совершенствование механизмов предотвращения нарушений информационной безопасности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) улучшение деятельности ОЦИБ;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) повышение оперативности и согласованности действий между ОЦИБ и НКЦИБ;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) выработку совместных решений по повышению уровня информационной безопасности объектов информатизации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Информация, необходимая для обеспечения информационной безопасности, относится к категории конфиденциальных электронных информационных данных, получение, обработка и использование которых ограничивается целями, для которых она собирается. Представление сведений от НКЦИБ в ОЦИБ и от ОЦИБ в НКЦИБ осуществляется в рамках настоящих Правил.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 8 внесено изменение на казахском языке, текст на русском языке не изменяется приказом Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 12.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 164/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. При обнаружении инцидента информационной безопасности ОЦИБ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уведомляет НКЦИБ и собственника или владельца ОИ ЭП или КВОИКИ в течение 15 (пятнадцати) минут с момента подтверждения инцидента информационной безопасности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>направляет в НКЦИБ карточку инцидента информационной безопасности по форме, согласно Приложению 3 к настоящим Правилам в течение 72 (семидесяти двух) часов с момента подтверждения инцидента информационной безопасности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При поступлении уведомления от НКЦИБ об угрозе информационной безопасности, событии информационной безопасности или инциденте информационной безопасности, ОЦИБ в течение 72 (семидесяти двух) часов с момента уведомления направляет в НКЦИБ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>результаты анализа угрозы информационной безопасности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>результаты анализа события информационной безопасности при подтверждении события информационной безопасности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>карточку инцидента информационной безопасности по форме, согласно приложению 3 к настоящим Правилам при подтверждении инцидента информационной безопасности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 14.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Сбор данных осуществляется:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) при проведении анализа сведений по возникшим угрозам, уязвимостям и инцидентам информационной безопасности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) при наличии оснований полагать, что инцидент информационной безопасности способен повлиять на работоспособность электронных информационных ресурсов, информационных систем, сетей телекоммуникаций и других объектов информатизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) при распространении угрозы, уязвимости и инцидента информационной безопасности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) по запросу органа национальной безопасности, уполномоченного органа и НКЦИБ об угрозах, уязвимостях, событиях и инцидентах информационной безопасности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) при оказании помощи при устранении последствий инцидентов информационной безопасности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. ОЦИБ по запросу НКЦИБ обеспечивает доступ НКЦИБ к имеющимся системам мониторинга обеспечения информационной безопасности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. НКЦИБ оповещает заинтересованные стороны:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) ОЦИБ в случае выявления угроз информационной безопасности, событий информационной безопасности или инцидентов информационной безопасности, которые способны повлиять на целостность, доступность, конфиденциальность электронных информационных ресурсов, информационных систем, сетей телекоммуникаций и объектов информатизации, в части касающейся их информации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) органы национальной безопасности в случае инцидентов информационной безопасности, связанных с электронными информационными ресурсами, информационными системами, сетями телекоммуникаций и другими объектами информатизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) уполномоченный орган в случае нарушения законодательства в сфере информационной безопасности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) уполномоченный орган в сфере информатизации Республики Казахстан в случае нарушения законодательства в сфере информатизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) органы прокуратуры Республики Казахстан в пределах их компетенции в случае нарушения соответствующего законодательства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) органы внутренних дел Республики Казахстан в пределах их компетенции в случае нарушения соответствующего законодательства.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 с изменением, внесенным приказом Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 14.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. Информационный обмен осуществляется следующими способами:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) отправка данных в форматах XML (eXtensible Markup Language – расширенный язык разметки) или JSON (JavaScript Object Notation – текстовый формат обмена данными) с помощью электронного сообщения с использованием шифрования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) отправка данных в форматах XML или JSON с использованием программного обеспечения для обмена информацией;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) отправка зашифрованных данных с использованием протокола HTTPS (HyperText Transfer Protocol Secure);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) отправка данных с использованием протоколов, согласованных к использованию уполномоченным органом.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 - в редакции приказа Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 12.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 164/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 14.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. Исключен приказом и.о. Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 31.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 120/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. Полученная в процессе информационного обмена информация используется исключительно в целях координации реагирования на инциденты информационной безопасности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. Обмен сообщениями осуществляется между НКЦИБ и ОЦИБ с использованием платформы НКЦИБ и отечественного сертификата шифрования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 - в редакции приказа и.о. Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 31.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 120/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17. ОЦИБ предоставляет контактные данные (адрес электронной почты, телефон доступный в режиме 24/7/365), а также ежеквартально, не позднее 10 числа первого месяца квартала, подтверждает, обновляет и направляет контактные данные в НКЦИБ. В случае изменения контактных данных, незамедлительно информирует НКЦИБ.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18. ОЦИБ ежеквартально, в срок до 10 числа месяца, следующего за отчетным кварталом, предоставляет в НКЦИБ информацию об инцидентах информационной безопасности, зарегистрированных за отчетный квартал, и о мерах, принятых для устранения причин их возникновения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 18 в соответствии с приказом Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 12.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 164/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2562,51 +2894,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам обмена</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2689,82 +3021,3455 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>координационным центром</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>информационной безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 2 исключено приказом Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 12.05.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 1 исключено приказом Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 12.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 164/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам обмена</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>информацией, необходимой для</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обеспечения информационной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>безопасности, между</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оперативными центрами</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обеспечения информационной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>безопасности и Национальным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>координационным центром</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>информационной безопасности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Приложение 2 исключено приказом Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 12.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 164/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам обмена информацией,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>необходимой для обеспечения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>информационной безопасности,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>между оперативными центрами</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обеспечения информационной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>безопасности и Национальным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>координационным центром</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>информационной безопасности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z121" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Карточка инцидента информационной безопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены приложением 3 в соответствии с приказом Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 14.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата регистрации инцидента информационной безопасности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень критичности инцидента информационной безопасности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высокий (4);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Средний (3);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Низкий (2);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Не определено (1).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тип инцидента информационной безопасности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Отказ в облуживании (DoS, DDoS);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Несанкционированный доступ и модификация содержания;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ботнет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вирусная атака;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шифровальщик;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Эксплуатация уязвимости;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Компрометация средств аутентификации/авторизации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фишинг;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Спам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иные инциденты информационной безопасности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Масштабность</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Единичный;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Массовый.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Детали</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата и время возникновения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата и время подтверждения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Повторный/новый;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индикатор компрометации (IOC).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Признак</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действительный;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Попытка;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подозрение;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контур</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Локальная сеть внутреннего контура;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Локальная сеть внешнего контура.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Описание инцидента информационной безопасности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Последствие</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Без последствий;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нарушение работоспособности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нарушение целостности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нарушение режима конфиденциальности информации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Объект, которому нанесен ущерб</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действия, предпринятые для устранения инцидента информационной безопасности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Примечание</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уровни критичности инцидента информационной безопасности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень критичности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Признаки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Примеры инцидентов информационной безопасности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высокий (4)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>инциденты информационной безопасности, которые приводят к невозможности предоставления услуг/выполнения работ, и (или) потере/модификации критичных данных, и (или) нарушению конфиденциальности объекта информатизации, обрабатывающего критичные данные.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- Несанкционированный доступ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- Эксплуатация уязвимости</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- Шифровальщик</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- Вредоносное программное обеспечение</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- Отказ в обслуживании (DoS/DDoS-атака)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- Иные инциденты информационной безопасности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Средний (3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>инциденты информационной безопасности, которые приводят к существенному ограничению предоставления услуг/выполнения работ, и (или) потере/модификации данных, не являющихся критичными, и (или) нарушению конфиденциальности объекта информатизации, обрабатывающего данные, не являющихся критичными.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- Несанкционированный доступ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- Шифровальщик</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- Вредоносное программное обеспечение</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- Отказ в обслуживании (DoS/DDoS-атака)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- Эксплуатация уязвимости</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- Иные инциденты информационной безопасности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Низкий (2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>инциденты информационной безопасности, не влияющие на предоставление услуг/выполнение работ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- Вредоносное программное обеспечение</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- Отказ в обслуживании</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(DoS/DdoS-атака)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- Эксплуатация уязвимости</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- Спам</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- Фишинговая атака</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- Иные инциденты информационной безопасности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Не определено (1) *</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Влияние инцидента информационной безопасности на предоставление услуг не определено</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нехарактерная/подозрительная активность</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Уровень необходимо пересмотреть в течение 48 (сорока восьми) часов с момента </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждения инцидента информационной безопасности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -2772,55 +6477,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>