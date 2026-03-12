--- v0 (2025-11-09)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="30568eb" w14:textId="30568eb">
+    <w:p w14:paraId="5eac1c4" w14:textId="5eac1c4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -150,130 +150,150 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> пункта 2-1 статьи 17 Закона Республики Казахстан "Об информатизации" </w:t>
+      В соответствии с подпунктом 4) пункта 2-1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об информатизации" и подпунктом 62) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Положения о Министерстве искусственного интеллекта и цифрового развития Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 9 октября 2025 года № 846, утвержденного постановлением Правительства Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 27.10.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 399/НҚ</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа и.о. Министра искусственного интеллекта и цифрового развития РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 664/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1044,110 +1064,130 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z24" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила передачи резервных копий электронных информационных ресурсов на единую национальную резервную платформу хранения электронных информационных ресурсов (далее – Правила) разработаны на основании </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> пункта 2-1 статьи 17 Закона Республики Казахстан "Об информатизации" (далее – Закон) и определяют порядок и сроки передачи резервных копий электронных информационных ресурсов на единую национальную резервную платформу хранения электронных информационных ресурсов.</w:t>
+      1. Настоящие Правила передачи резервных копий электронных информационных ресурсов на единую национальную резервную платформу хранения электронных информационных ресурсов (далее – Правила) разработаны на основании подпункта 4) пункта 2-1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об информатизации" (далее – Закон), подпункта 62) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Положения о Министерстве искусственного интеллекта и цифрового развития Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 9 октября 2025 года № 846, и определяют порядок и сроки передачи резервных копий электронных информационных ресурсов на единую национальную резервную платформу хранения электронных информационных ресурсов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 27.10.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 399/НҚ</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа и.о. Министра искусственного интеллекта и цифрового развития РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 664/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1482,106 +1522,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 - в редакции приказа Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 27.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Владелец КВОИКИ осуществляет передачу резервных копий электронных информационных ресурсов (далее – ЭИР) на ЕНРП в порядке и сроки, установленные настоящими Правилами. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. АО "ГТС" направляет информацию владельцам КВОИКИ о необходимости передачи резервных копий ЭИР на ЕНРП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1600,130 +1624,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="25"/>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Владельцы КВОИКИ не позднее 15 (пятнадцати) рабочих дней с момента получения информации от АО "ГТС", направляют в АО "ГТС" по каждому ЭИР:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z39" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) копию документа, содержащего информацию о текущей периодичности резервного копирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z40" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) сведения о технических характеристиках ЭИР по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1742,334 +1766,334 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="28"/>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7. На основании Перечня КВОИКИ (далее – Перечень), утверждаемого согласно подпункту 4) </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
+      7. На основании Перечня КВОИКИ (далее - Перечень), утверждаемого согласно подпункту 385) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Положения о Министерстве искусственного интеллекта и цифрового развития Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 9 октября 2025 года № 846, и полученной от каждого владельца КВОИКИ информации, АО "ГТС" по согласованию с уполномоченным органом устанавливает периодичность резервного копирования ЭИР для передачи на ЕНРП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 27.10.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа и.о. Министра искусственного интеллекта и цифрового развития РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 664/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. АО "ГТС" в течение 20 (двадцати) рабочих дней официально, в письменном виде, направляет владельцам КВОИКИ для ознакомления и исполнения, следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наименование ЭИР;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) периодичность резервного копирования ЭИР для передачи на ЕНРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сведения для получения доступа к ЕНРП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 с изменением, внесенным приказом Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 27.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="29"/>
-[...141 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="33"/>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. НКЦИБ предоставляет владельцам КВОИКИ доступ к ЕНРП для передачи резервных копий ЭИР. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z47" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Владельцы КВОИКИ за счет собственных средств организуют самостоятельную передачу на ЕНРП (в АО "ГТС") резервных копий ЭИР (в том числе, копии документации к ЭИР, инструкции, конфигурационные файлы и так далее) в объеме достаточном для восстановления КВОИКИ из хранящихся на ЕНРП резервных копий, с учетом случаев потери (разрушении) всей инфраструктуры владельцев КВОИКИ. Передача резервных копий КВОИКИ осуществляется в течение 20 (двадцати) рабочих дней со дня получения информации от АО "ГТС", кроме случаев временной отсрочки приема резервных копий на ЕНРП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2088,70 +2112,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В случае передачи резервной копии в шифрованном виде, ключи шифрования, средства, которыми производилось шифрование и средства для расшифрования, подлежат передаче в АО "ГТС" на электронном носителе для возможности восстановления в случае потери всей инфраструктуры на стороне владельцев ЭИР.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2224,150 +2248,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="36"/>
+    <w:bookmarkStart w:name="z50" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. АО "ГТС" осуществляет временную отсрочку приема резервных копий ЭИР в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z51" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z51" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) недостаточности технических ресурсов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z52" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z52" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) несовместимости технических средств с требуемыми владельцем КВОИКИ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z53" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z53" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) отсутствия лицензий на серверное, сетевое оборудование, системы управления базами данных и програмного обеспечения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z54" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z54" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) возникновения техногенных и других непредвиденных обстоятельств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2386,70 +2410,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="41"/>
+    <w:bookmarkStart w:name="z55" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Основанием для временной отсрочки приема резервных копий ЭИР служит направленная АО "ГТС" информация в уполномоченный орган и владельцу КВОИКИ о необходимости приостановить процесс передачи резервных копий ЭИР с указанием причины. Срок отсрочки приема резервных копий ЭИР устанавливается до устранения обстоятельств, указанных в пункте 13 настоящих Правил, по согласованию с уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2468,246 +2492,246 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="42"/>
+    <w:bookmarkStart w:name="z56" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Сроки передачи резервных копий электронных информационных ресурсов на единую национальную резервную платформу хранения электронных информационных ресурсов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 3 - в редакции приказа Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 27.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="43"/>
+    <w:bookmarkStart w:name="z57" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Сроки передачи резервных копий ЭИР на ЕНРП:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z58" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z58" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) для ЭИР первого класса и баз данных – в режиме реального времени (либо приближенного к режиму реального времени с задержкой не более 1 часа) при горячем резервировании начать передачу резервной копии не позднее 24 часов с момента окончания резервного копирования при холодном резервировании до полного завершения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z59" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z59" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) для ЭИР второго класса – начать передачу резервной копии не позднее 48 часов с момента окончания резервного копирования при холодном резервировании до полного завершения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z60" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z60" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) для ЭИР третьего класса – начать передачу резервной копии не позднее 72 часов с момента окончания резервного копирования при холодном резервировании до полного завершения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z61" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z61" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Класс ЭИР определяется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> классификации объектов информатизации и классификатором объектов информатизации, утвержденными приказом исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 28 января 2016 года № 135 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 13349). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z62" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z62" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. В случае исключения ЭИР из Перечня, владелец КВОИКИ прекращает передачу резервных копий ЭИР на ЕНРП в течение 24 часов со дня получения информации от АО "ГТС".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2952,68 +2976,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z95" w:id="49"/>
+    <w:bookmarkStart w:name="z95" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения о технических характеристиках электронных информационных ресурсов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение - в редакции приказа Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 27.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3596,64 +3620,64 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия, имя, отчество ответственного лица ЭИР/номер телефона</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z96" w:id="50"/>
+      <w:bookmarkStart w:name="z96" w:id="51"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание по расшифровке аббревиатур:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>СУБД – система управления базами данных;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3795,55 +3819,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>