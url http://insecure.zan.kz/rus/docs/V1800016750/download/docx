--- v0 (2025-10-01)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="981f75b" w14:textId="981f75b">
+    <w:p w14:paraId="f817804" w14:textId="f817804">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -171,100 +171,120 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 7)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 7-6 Закона Республики Казахстан от 24 ноября 2015 года "Об информатизации" </w:t>
+        <w:t xml:space="preserve"> статьи 7-6 Закона Республики Казахстан "Об информатизации" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 306)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве искусственного интеллекта и цифрового развития Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 9 октября 2025 года № 846 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула в редакции приказа Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 14.09.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 334/НҚ</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа и.о. Министра искусственного интеллекта и цифрового развития РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1050,54 +1070,136 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила формирования и ведения реестра доверенного программного обеспечения и продукции электронной промышленности, а также критерии по включению программного обеспечения и продукции электронной промышленности в реестр доверенного программного обеспечения и продукции электронной промышленности (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 7)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 7-6 Закона Республики Казахстан "Об информатизации" (далее – Закон) и определяют порядок формирования, ведения реестра доверенного программного обеспечения и продукции электронной промышленности, а также критерии по включению программного обеспечения и продукции электронной промышленности в реестр доверенного программного обеспечения и продукции электронной промышленности.</w:t>
+        <w:t xml:space="preserve"> статьи 7-6 Закона Республики Казахстан "Об информатизации" (далее – Закон), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 306)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве искусственного интеллекта и цифрового развития Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 9 октября 2025 года № 846 и определяют порядок формирования, ведения реестра доверенного программного обеспечения и продукции электронной промышленности, а также критерии по включению программного обеспечения и продукции электронной промышленности в реестр доверенного программного обеспечения и продукции электронной промышленности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа и.о. Министра искусственного интеллекта и цифрового развития РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах применяются следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1412,1384 +1514,1902 @@
         <w:t>
       1) соответствие программного обеспечения установленным требованиям информационной безопасности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z36" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) исключительные имущественные права на программное обеспечение принадлежат услугополучателю, действуют на всей территории Республики Казахстан и на весь срок действия исключительного права;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 3) предусматривается исключить приказом и.о. Министра искусственного интеллекта и цифрового развития РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наличие индустриального сертификата с указанием доли локализации не менее 80 %;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 5 предусматривается дополнить подпунктом 3-1) в соответствии с приказом и.о. Министра искусственного интеллекта и цифрового развития РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обеспеченность программного обеспечения службой технической поддержки, размещенной на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) соответствие программного обеспечения заявленным функциональным и эксплуатационным характеристикам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) соответствие программного обеспечения заявленным кодам ЕНС ТРУ и категории согласно Правилам классификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) заявленное программное обеспечение является самостоятельным. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае, если заявляемое к включению в Реестр программное обеспечение не является самостоятельной программой, его включение в Реестр допускается в случае наличия в Реестре программного обеспечения, необходимого для функционирования заявляемого к включению в Реестр программного обеспечения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Включению в Реестр подлежит продукции электронной промышленности, в случае ее соответствия следующим критериям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соответствие программного обеспечения входящего в состав продукции электронной промышленности установленным требованиям информационной безопасности либо наличие решения от уполномоченного органа в сфере обеспечения информационной безопасности о невозможности проведения испытания программного обеспечения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наличие права на использование программного обеспечения входящего в состав продукции электронной промышленности на весь срок действия права;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z46" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспеченность продукции электронной промышленности сервисным центром, размещенным на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 4) предусматривается исключить приказом и.о. Министра искусственного интеллекта и цифрового развития РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) наличие индустриального сертификата с указанием доли локализации не менее 30 %;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 6 предусматривается дополнить подпунктом 4-1) в соответствии с приказом и.о. Министра искусственного интеллекта и цифрового развития РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) исключен приказом и.о. Министра искусственного интеллекта и цифрового развития РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) соответствие продукции электронной промышленности заявленным техническим и эксплуатационным характеристикам;</w:t>
+      6) соответствие продукции электронной промышленности заявленной категории Правил классификации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 с изменениями, внесенными приказом и.о. Министра искусственного интеллекта и цифрового развития РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6) соответствие продукции электронной промышленности заявленной категории Правил классификации и коду ЕНС ТРУ.</w:t>
+        <w:t xml:space="preserve">
+      7. Ведение реестра осуществляется по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+        <w:t>
+      8. Реестр, а также изменения и дополнения в Реестр направляются оператору информационной системы электронных закупок в течение 14 (четырнадцати) рабочих дней и подлежат опубликованию на официальном интернет-ресурсе услугодателя в течение 14 (четырнадцати) рабочих дней после принятия соответствующего решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      8. Реестр, а также изменения и дополнения в Реестр направляются оператору информационной системы электронных закупок в течение 14 (четырнадцати) рабочих дней и подлежат опубликованию на официальном интернет-ресурсе услугодателя в течение 14 (четырнадцати) рабочих дней после принятия соответствующего решения.</w:t>
+        <w:t xml:space="preserve">
+      9. Услугополучатель, не позднее 30 (тридцати) календарных дней до дня истечения сроков действия документов, предусмотренных пунктами 5 и 6, а также </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, направляет в уполномоченный орган заявление по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, с представлением актуализированных версий документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z312" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам, с представлением актуализированных версий документов.</w:t>
+        <w:t>
+      В целях проверки актуальности сведений, содержащихся в Реестре уполномоченный орган проводит мониторинг сведений, действительности документов, содержащихся в Реестре.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа и.о. Министра искусственного интеллекта и цифрового развития РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В целях проверки актуальности сведений, содержащихся в Реестре уполномоченный орган проводит мониторинг сведений, действительности документов, содержащихся в Реестре.</w:t>
+      10. При выявлении уполномоченным органом в рамках мониторинга Реестра фактов предоставления недостоверных сведений, недостоверных документов, документов, имеющих истекший срок действия, и (или) утраты соответствия критериям по включению программного обеспечения и продукции электронной промышленности в Реестр, установленным настоящими Правилами, уполномоченный орган осуществляет исключение программного обеспечения или продукции электронной промышленности из Реестра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. При выявлении уполномоченным органом в рамках мониторинга Реестра фактов предоставления недостоверных сведений, недостоверных документов, документов, имеющих истекший срок действия, и (или) утраты соответствия критериям по включению программного обеспечения и продукции электронной промышленности в Реестр, установленным настоящими Правилами, уполномоченный орган осуществляет исключение программного обеспечения или продукции электронной промышленности из Реестра.</w:t>
+      11. Принятие решения о включении (исключении) программного обеспечения и продукции электронной промышленности в (из) реестр(а) доверенного программного обеспечения и продукции электронной промышленности, а также внесении изменений (дополнений) в сведения о них, осуществляется уполномоченным органом с учетом рекомендаций комиссии о соответствии критериям пункта 5 и пункта 6 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Принятие решения о включении (исключении) программного обеспечения и продукции электронной промышленности в (из) реестр(а) доверенного программного обеспечения и продукции электронной промышленности, а также внесении изменений (дополнений) в сведения о них, осуществляется уполномоченным органом с учетом рекомендаций комиссии о соответствии критериям пункта 5 и пункта 6 настоящих Правил.</w:t>
+      Порядок формирования и функционирования комиссии определяется положением, утверждаемым уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Порядок формирования и функционирования комиссии определяется положением, утверждаемым уполномоченным органом.</w:t>
+      12. Государственная услуга "Включение (исключение) программного обеспечения и продукции электронной промышленности в (из) реестр(а) доверенного программного обеспечения и продукции электронной промышленности, а также внесение изменений (дополнений) в сведения о них" (далее – государственная услуга) оказывается услугодателем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Услугодателем является уполномоченный орган.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги (далее - Перечень), приведен в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Для получения государственной услуги услугополучатель направляет через веб-порталы "электронного правительства" www.egov.kz или www.elicense.kz (далее – портал) заявление для получения государственной услуги по формам, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил (далее – заявление), с приложением документов, определенных Перечнем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. При подаче документов через портал в "личный кабинет" направляется статус уведомления о принятии заявления для получения государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. Структурное подразделение услугодателя, ответственное за прием документов, в течение 3 (трех) дней после поступления заявления и документов осуществляет их прием, регистрацию (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Трудовому</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодексу Республики Казахстан от 23 ноября 2015 года, прием и регистрация заявлений осуществляется следующим рабочим днем) и передает на исполнение ответственному структурному подразделению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Услугодатель в течение 5 (пяти) рабочих дней с момента получения документов услугополучателя проверяет полноту представленных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. В случае представления услугополучателем неполного пакета документов, согласно перечню, предусмотренному </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, определяющих порядок оказания государственной услуги, и (или) документов с истекшим сроком действия, услугодатель отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z66" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. При представлении услугополучателем полного пакета документов, услугодатель направляет его на рассмотрение комиссии для дачи рекомендаций о включении (исключении) программного обеспечения и продукции электронной промышленности в (из) реестр(а), либо о внесении изменений (дополнений) в сведения, содержащиеся в реестре.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z67" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Соответствие критериям по включению программного обеспечения и продукции электронной промышленности в реестр, а также внесению изменений (дополнений) в сведения, содержащиеся в реестре, устанавливается услугодателем посредством изучения представленных услугополучателем документов, с учетом рекомендаций комиссии по критериям, указанным в пунктах 5 и 6 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявления, не соответствующие критериями, установленным в настоящих Правилах, подлежат отклонению услугодателем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z69" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. В случае необходимости уточнения положений, представленных услугополучателем документов услугодатель может инициировать заслушивание услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z70" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о заслушивании направляется не менее чем за 2 рабочих дня до завершения срока оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z71" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. Результат оказания государственной услуги направляется услугополучателю на портал в "личный кабинет" в виде электронного документа, удостоверенного электронной цифровой подписью руководителя услугодателя либо его заместителя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениями 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z72" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Общий срок рассмотрения документов и выдачи результатов оказания государственной услуги со дня приема и регистрации пакета документов услугодателем составляет 14 рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Информация о программном обеспечении или продукции электронной промышленности вносится в реестр по результатам оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26. Услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра транспорта и коммуникаций Республики Казахстан от 14 июня 2013 года № 452 "Об утверждении Правил внесения данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 8555).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. При внесении изменений и (или) дополнений в Правила услугодатель направляет оператору информационно-коммуникационной инфраструктуры "электронного правительства", в Единый контакт-центр информацию о таких изменениях и (или) дополнениях в течение 3 (три) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z76" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Порядок оказания государственной услуги</w:t>
+        <w:t xml:space="preserve"> Глава 4. Порядок обжалования решений, действий (бездействия) услугодателей и (или) должностных лиц по вопросам оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Государственная услуга "Включение (исключение) программного обеспечения и продукции электронной промышленности в (из) реестр(а) доверенного программного обеспечения и продукции электронной промышленности, а также внесение изменений (дополнений) в сведения о них" (далее – государственная услуга) оказывается услугодателем.</w:t>
+      28. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z78" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Услугодателем является уполномоченный орган.</w:t>
+      29. Жалоба подается услугодателю, должностному лицу, чьи административный акт, административное действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+        <w:t>
+      30. Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (три) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z80" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> настоящих Правил (далее – заявление), с приложением документов, определенных Перечнем.</w:t>
+        <w:t>
+      31. При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (три) рабочих дней примет благоприятное решение, совершит административное действие, полностью удовлетворяющее требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z62" w:id="53"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z81" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      16. При подаче документов через портал в "личный кабинет" направляется статус уведомления о принятии заявления для получения государственной услуги.</w:t>
+        <w:t xml:space="preserve">
+      32. Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона о государственных услугах подлежит рассмотрению в течение 5 (пять) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z82" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> кодексу Республики Казахстан от 23 ноября 2015 года, прием и регистрация заявлений осуществляется следующим рабочим днем) и передает на исполнение ответственному структурному подразделению.</w:t>
+        <w:t>
+      33. Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцать) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z83" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      18. Услугодатель в течение 5 (пяти) рабочих дней с момента получения документов услугополучателя проверяет полноту представленных документов.</w:t>
+        <w:t xml:space="preserve">
+      34. Если иное не предусмотрено </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о государственных услугах, обращение в суд допускается после обжалования в досудебном порядке. В случае, если законом предусмотрена возможность обращения в суд без необходимости обжалования в вышестоящем органе, административный орган, должностное лицо, административный акт, административное действие (бездействие) которых оспариваются, наряду с отзывом представляют в суд мотивированную позицию руководителя вышестоящего административного органа, должностного лица в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z65" w:id="56"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z84" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Переходные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z85" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> настоящих Правил, определяющих порядок оказания государственной услуги, и (или) документов с истекшим сроком действия, услугодатель отказывает в приеме заявления.</w:t>
+        <w:t>
+      35. По программному обеспечению и продукции электронной промышленности, включенным в Реестр до введения в действие настоящих Правил, услугополучатели обеспечивают актуализацию сведений и пакета документов, подтверждающих соответствие программного обеспечения и продукции электронной промышленности критериям, установленным настоящими Правилами путем инициации внесения изменений и (или) дополнений в Реестр доверенного программного обеспечения и продукции электронной промышленности в течение 45 календарных дней со дня введения в действие настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z66" w:id="57"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z86" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. При представлении услугополучателем полного пакета документов, услугодатель направляет его на рассмотрение комиссии для дачи рекомендаций о включении (исключении) программного обеспечения и продукции электронной промышленности в (из) реестр(а), либо о внесении изменений (дополнений) в сведения, содержащиеся в реестре.</w:t>
-[...497 lines deleted...]
-        <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
+      36. В случае, если услугополучатель в течении срока, указанного в пункте 35 настоящих Правил, не осуществит актуализацию сведений и документов, подтверждающих соответствие программного обеспечения и продукции электронной промышленности критериям, установленным настоящими Правилами, то программное обеспечение и продукция электронной промышленности признаются утратившими соответствие критериям по включению программного обеспечения и продукции электронной промышленности в Реестр.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z84" w:id="75"/>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="77"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2985,147 +3605,147 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>обеспечения и продукции</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>электронной промышленности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z88" w:id="78"/>
+    <w:bookmarkStart w:name="z88" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма ведения Реестра доверенного программного обеспечения и продукции электронной промышленности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z89" w:id="79"/>
+          <w:bookmarkStart w:name="z89" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Порядковый номер реестровой записи</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="79"/>
+          <w:bookmarkEnd w:id="76"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3554,80 +4174,80 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z108" w:id="80"/>
+          <w:bookmarkStart w:name="z108" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="80"/>
+          <w:bookmarkEnd w:id="77"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4075,139 +4695,177 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>обеспечения и продукции</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>электронной промышленности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z118" w:id="81"/>
+    <w:bookmarkStart w:name="z118" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 с изменениями, внесенными приказом и.о. Министра искусственного интеллекта и цифрового развития РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z119" w:id="82"/>
+          <w:bookmarkStart w:name="z119" w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="82"/>
+          <w:bookmarkEnd w:id="79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4259,80 +4917,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z123" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="83"/>
+2.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4358,106 +5004,106 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Министерство цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан.</w:t>
+Министерство искусственного интеллекта и цифрового развития Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z127" w:id="84"/>
+          <w:bookmarkStart w:name="z127" w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="84"/>
+          <w:bookmarkEnd w:id="80"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4509,80 +5155,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z131" w:id="85"/>
+          <w:bookmarkStart w:name="z131" w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="85"/>
+          <w:bookmarkEnd w:id="81"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4668,80 +5314,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z135" w:id="86"/>
+          <w:bookmarkStart w:name="z135" w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="86"/>
+          <w:bookmarkEnd w:id="82"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4793,80 +5439,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z139" w:id="87"/>
+          <w:bookmarkStart w:name="z139" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="87"/>
+          <w:bookmarkEnd w:id="83"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4969,80 +5615,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z143" w:id="88"/>
+          <w:bookmarkStart w:name="z143" w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="88"/>
+          <w:bookmarkEnd w:id="84"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5094,80 +5740,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z147" w:id="89"/>
+          <w:bookmarkStart w:name="z147" w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="89"/>
+          <w:bookmarkEnd w:id="85"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5219,80 +5865,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z151" w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="90"/>
+9.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5318,159 +5952,162 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) Для включения программного обеспечения/продукции электронной промышленности в реестр доверенного программного обеспечения и продукции электронной промышленности подается заявление по форме согласно </w:t>
+1) для включения программного обеспечения и продукции электронной промышленности в реестр доверенного программного обеспечения и продукции электронной промышленности, подается заявление по форме согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приложению 4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> настоящих Правил с приложением следующих документов, подтверждающих соответствие программного обеспечения/ продукции электронной промышленности критериям, установленным пунктом 5 или 6 Правил:</w:t>
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> Министра цифрового развития, оборонной и аэрокосмической промышленности Республики Казахстан от 3 июня 2019 года № 111/НҚ "Об утверждении методики и правил проведения испытаний объектов информатизации "электронного правительства" и критически важных объектов информационно-коммуникационной инфраструктуры на соответствие требованиям информационной безопасности" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 18795) (далее – протокола испытаний);</w:t>
+              <w:t xml:space="preserve"> настоящих Правил с приложением следующих документов, подтверждающих соответствие программного обеспечения и продукции электронной промышленности критериям, установленным пунктом 5 или 6 Правил:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Для программного обеспечения: копия сертификата соответствия требованиям информационной безопасности в соответствии с СТ РК ISO/IEC 15408-3-2017 "Информационные технологии. Методы и средства обеспечения безопасности. Критерии оценки безопасности информационных технологий. Часть 3. Требования к обеспечению защиты" (далее – СТ РК ISO/IEC 15408-3-2017) не ниже 4 уровня доверия для программного обеспечения или наличие протоколов испытаний с положительными результатами испытаний на соответствие требованиям информационной безопасности, выданного в порядке, установленном </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра цифрового развития, оборонной и аэрокосмической промышленности Республики Казахстан от 3 июня 2019 года № 111/НҚ "Об утверждении методики и правил проведения испытаний объектов информатизации "электронного правительства" и критически важных объектов информационно-коммуникационной инфраструктуры на соответствие требованиям информационной безопасности" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 18795) (далее – протокола испытаний);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>документ(ы), подтверждающий(е), что исключительные имущественные права на программное обеспечение принадлежат услугополучателю, действуют на всей территории Республики Казахстан и на весь срок действия исключительных прав;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>индустриальный сертификат, подтверждающий долю локализации не менее 80 %;</w:t>
+              <w:t xml:space="preserve">документы, подтверждающие расчет доли локализации программного обеспечения не менее 80 % в соответствии с порядком подтверждения казахстанского производителя программного обеспечения для включения в Реестр казахстанских товаропроизводителей либо индустриальный сертификат. При этом предоставление индустриального сертификата в качестве документа, подтверждающего расчҰт доли локализации программного обеспечения, допускается до 1 января 2026 года согласно части четвертой </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 68</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О промышленной политике";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">сведения о обеспеченности программного обеспечения службой технической поддержки на территории Республики Казахстан по форме согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -5480,68 +6117,52 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> настоящих Правил.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Для продукции электронной промышленности:</w:t>
-[...16 lines deleted...]
-              <w:t>СТ РК ISO/IEC 15408-3 не ниже 4 уровня доверия для программного обеспечения или наличие протоколов испытаний, либо наличие подтверждения от уполномоченного органа в сфере информационной безопасности о невозможности проведения испытания программного обеспечения;</w:t>
+              <w:t>
+Для продукции электронной промышленности: СТ РК ISO/IEC 15408-3-2017 не ниже 4 уровня доверия для программного обеспечения или наличие протоколов испытаний, либо наличие подтверждения от уполномоченного органа в сфере информационной безопасности о невозможности проведения испытания программного обеспечения;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>документы подтверждающие основания возникновения у производителя продукции электронной промышленности права на использование программного обеспечения в составе продукции электронной промышленности на весь срок действия права;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5568,217 +6189,238 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> настоящих Правил;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>индустриальный сертификат, подтверждающий долю локализации не менее 30 %;</w:t>
+              <w:t xml:space="preserve">
+выписка из реестра казахстанских товаропроизводителей согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ведения реестра казахстанских товаропроизводителей, утвержденных приказом Министра промышленности и строительства Республики Казахстан от 27 августа 2025 года № 327 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 36717) либо индустриальный сертификат. При этом предоставление индустриального сертификата в качестве документа, подтверждающего расчҰт доли локализации не менее 30 % продукции электронной промышленности, допускается до 1 января 2026 года согласно части четвертой </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 68</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О промышленной политике";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">документ, содержащий описание технических и эксплуатационных характеристик продукции электронной промышленности по форме согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приложению 11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> настоящих Правил.</w:t>
-[...53 lines deleted...]
-              <w:t xml:space="preserve">3) Для внесения изменений и дополнений в реестр доверенного программного обеспечения и продукции электронной промышленности, подается заявление по форме согласно </w:t>
+              <w:t xml:space="preserve"> настоящих Правил;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) для исключения программного обеспечения или продукции электронной промышленности из реестра доверенного программного обеспечения и продукции электронной промышленности по инициативе услугополучателя подается заявление по форме согласно приложению 5 настоящих Правил;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) для внесения изменений и (или) дополнений в сведения, содержащиеся в реестре доверенного программного обеспечения и продукции электронной промышленности, подается заявление по форме согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приложению 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> настоящих Правил.</w:t>
+              <w:t xml:space="preserve"> настоящих Правил. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z155" w:id="91"/>
+          <w:bookmarkStart w:name="z155" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="91"/>
+          <w:bookmarkEnd w:id="86"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5901,80 +6543,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z159" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="92"/>
+11.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6000,102 +6630,102 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра.</w:t>
-[...50 lines deleted...]
-              <w:t>4) контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на единой платформе интернет-ресурсов государственных органов Республики Казахстан www.gov.kz в разделе "Министерство цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан". Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
+1) услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт-центра 1414, 8 800 080 7777;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) услугополучатель имеет возможность получения государственной услуги в электронной форме посредством портала при условии наличия электронно-цифровой подписи;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе Министерства искусственного интеллекта и цифрового развития Республики Казахстан moap@mdai.gov.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на единой платформе интернет-ресурсов государственных органов Республики Казахстан www.gov.kz в разделе "Министерство искусственного интеллекта и цифрового развития Республики Казахстан". Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6296,100 +6926,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>обеспечения и продукции</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>электронной промышленности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z164" w:id="93"/>
+    <w:bookmarkStart w:name="z164" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявление о внесении изменений и (или) дополнений в реестр</w:t>
-[...11 lines deleted...]
-        <w:t>доверенного программного обеспечения и продукции электронной промышленности</w:t>
+        <w:t xml:space="preserve"> Заявление о внесении изменений и (или) дополнений в сведения, содержащиеся в реестре доверенного программного обеспечения и продукции электронной промышленности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z165" w:id="94"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок приложения 3 - в редакции приказа и.о. Министра искусственного интеллекта и цифрового развития РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z165" w:id="88"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (наименование и содержание реестровой записи, в которые вносятся</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7015,584 +7671,598 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Номер заявления: (Номер)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Дата заявления: (Дата)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z169" w:id="95"/>
+    <w:bookmarkStart w:name="z169" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ЗАЯВЛЕНИЕ</w:t>
-[...23 lines deleted...]
-        <w:t>в реестр доверенного программного обеспечения или продукции электронной промышленности</w:t>
+        <w:t xml:space="preserve"> Заявление о включении программного обеспечения и продукции электронной промышленности в реестр доверенного программного обеспечения и продукции электронной промышленности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок приложения 4 - в редакции приказа и.о. Министра искусственного интеллекта и цифрового развития РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z170" w:id="90"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование компании)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z171" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. контактный номер телефона: ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z172" w:id="92"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии) руководителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z173" w:id="93"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. бизнес-идентификационный номер / индивидуальный идентификационный</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z174" w:id="94"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. электронная почта: ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сведения о программном обеспечении/продукции электронной промышленности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z175" w:id="95"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z170" w:id="96"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование программного обеспечения/продукции электронной промышленности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z176" w:id="96"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. ________________________________________________________________</w:t>
+      8. _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(наименование компании)</w:t>
+        <w:t>код (коды) категории для программного обеспечения/ продукции электронной</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z171" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>промышленности согласно Правилам классификации объектов информатизации,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра по инвестициям</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и развитию Республики Казахстан от 28 января 2016 года № 135 (зарегистрирован</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в Реестре государственной регистрации нормативных правовых актов за № 13349)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(далее – Правила классификации).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z177" w:id="97"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      2. контактный номер телефона: ______________________________________</w:t>
+      9. _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z172" w:id="98"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>код (коды) ЕНС ТРУ программного обеспечения (с указанием вариантов поставки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>программного обеспечения: в виде товара и/или в виде информационно-</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>коммуникационной услуги)/ продукции электронной промышленности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z178" w:id="98"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. _______________________________________________________________</w:t>
+      10. ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>фамилия, имя, отчество (при его наличии) руководителя</w:t>
+        <w:t>описание платформы, на которой был разработан программный продукт</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z173" w:id="99"/>
-[...27 lines deleted...]
-        <w:t>номер ___________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(если программное обеспечение не является самостоятельным).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z174" w:id="100"/>
-[...340 lines deleted...]
-      <w:bookmarkStart w:name="z179" w:id="105"/>
+      <w:bookmarkStart w:name="z179" w:id="99"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11._______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(электронная подпись) фамилия, имя, отчество (при его наличии) (для юридических</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7856,112 +8526,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>обеспечения и продукции</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>электронной промышленности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z181" w:id="106"/>
+    <w:bookmarkStart w:name="z181" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявление</w:t>
-[...23 lines deleted...]
-        <w:t>из реестра доверенного программного обеспечения и продукции электронной промышленности</w:t>
+        <w:t xml:space="preserve"> Заявление об исключении программного обеспечения или продукции электронной промышленности из реестра доверенного программного обеспечения и продукции электронной промышленности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z182" w:id="107"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок приложения 5 - в редакции приказа и.о. Министра искусственного интеллекта и цифрового развития РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z182" w:id="101"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование и содержание реестровой записи, которое исключается из реестра)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8320,80 +9004,80 @@
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z184" w:id="108"/>
+          <w:bookmarkStart w:name="z184" w:id="102"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="108"/>
+          <w:bookmarkEnd w:id="102"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>[Наименование</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -8898,80 +9582,80 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z196" w:id="109"/>
+          <w:bookmarkStart w:name="z196" w:id="103"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Номер: [Номер документа]</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="109"/>
+          <w:bookmarkEnd w:id="103"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>[Дата выдачи]</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -9041,80 +9725,80 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z200" w:id="110"/>
+          <w:bookmarkStart w:name="z200" w:id="104"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бланк услугодателя</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="110"/>
+          <w:bookmarkEnd w:id="104"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мотивированный отказ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -9162,80 +9846,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z202" w:id="111"/>
+          <w:bookmarkStart w:name="z202" w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>[Должность</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="111"/>
+          <w:bookmarkEnd w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подписывающего]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9599,80 +10283,80 @@
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z207" w:id="112"/>
+          <w:bookmarkStart w:name="z207" w:id="106"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="112"/>
+          <w:bookmarkEnd w:id="106"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>[Наименование</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -10057,80 +10741,80 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z215" w:id="113"/>
+          <w:bookmarkStart w:name="z215" w:id="107"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Номер: [Номер документа]</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="113"/>
+          <w:bookmarkEnd w:id="107"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>[Дата выдачи]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10193,80 +10877,80 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z219" w:id="114"/>
+          <w:bookmarkStart w:name="z219" w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бланк услугодателя</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="114"/>
+          <w:bookmarkEnd w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Уведомление</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -10474,80 +11158,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z221" w:id="115"/>
+          <w:bookmarkStart w:name="z221" w:id="109"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>[Должность</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="115"/>
+          <w:bookmarkEnd w:id="109"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подписывающего]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10617,64 +11301,64 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(при его наличии) подписывающего]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z225" w:id="116"/>
+      <w:bookmarkStart w:name="z225" w:id="110"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11013,80 +11697,80 @@
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z228" w:id="117"/>
+          <w:bookmarkStart w:name="z228" w:id="111"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>[Наименование</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="117"/>
+          <w:bookmarkEnd w:id="111"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>уполномоченного органа</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -11540,80 +12224,80 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z240" w:id="118"/>
+          <w:bookmarkStart w:name="z240" w:id="112"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Номер: [Номер документа]</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="118"/>
+          <w:bookmarkEnd w:id="112"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>[Дата выдачи]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11676,80 +12360,80 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z244" w:id="119"/>
+          <w:bookmarkStart w:name="z244" w:id="113"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Уведомление</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="119"/>
+          <w:bookmarkEnd w:id="113"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Об исключении программного обеспечения (продукции электронной промышленности)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -11950,80 +12634,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z246" w:id="120"/>
+          <w:bookmarkStart w:name="z246" w:id="114"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>[Должность</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="120"/>
+          <w:bookmarkEnd w:id="114"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подписывающего]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12435,80 +13119,80 @@
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z252" w:id="121"/>
+          <w:bookmarkStart w:name="z252" w:id="115"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>[Наименование</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="121"/>
+          <w:bookmarkEnd w:id="115"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>уполномоченного органа</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -12996,80 +13680,80 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z264" w:id="122"/>
+          <w:bookmarkStart w:name="z264" w:id="116"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Номер: [Номер документа]</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="122"/>
+          <w:bookmarkEnd w:id="116"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>[Дата выдачи]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13132,80 +13816,80 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z268" w:id="123"/>
+          <w:bookmarkStart w:name="z268" w:id="117"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Уведомление</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="123"/>
+          <w:bookmarkEnd w:id="117"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>о внесении изменений и (или) дополнений в реестр доверенного программного обеспечения</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -13355,80 +14039,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z270" w:id="124"/>
+          <w:bookmarkStart w:name="z270" w:id="118"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>[Должность подписывающего]</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="124"/>
+          <w:bookmarkEnd w:id="118"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13779,139 +14463,139 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z276" w:id="125"/>
+    <w:bookmarkStart w:name="z276" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения о наличии службы технической поддержки - для программного обеспечения/сервисного центра – для продукции электронной промышленности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z277" w:id="126"/>
+          <w:bookmarkStart w:name="z277" w:id="120"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="126"/>
+          <w:bookmarkEnd w:id="120"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14567,138 +15251,138 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z295" w:id="127"/>
+    <w:bookmarkStart w:name="z295" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Описание технических и эксплуатационных характеристик продукции электронной промышленности (информация прикладывается в виде файлов формата .pdf)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z296" w:id="128"/>
+          <w:bookmarkStart w:name="z296" w:id="122"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование продукции электронной промышленности</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="128"/>
+          <w:bookmarkEnd w:id="122"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14710,80 +15394,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z299" w:id="129"/>
+          <w:bookmarkStart w:name="z299" w:id="123"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Марка и модель</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="129"/>
+          <w:bookmarkEnd w:id="123"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14795,80 +15479,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z302" w:id="130"/>
+          <w:bookmarkStart w:name="z302" w:id="124"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Краткое описание</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="130"/>
+          <w:bookmarkEnd w:id="124"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14880,80 +15564,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z305" w:id="131"/>
+          <w:bookmarkStart w:name="z305" w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Технические характеристики</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="131"/>
+          <w:bookmarkEnd w:id="125"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14965,189 +15649,189 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z308" w:id="132"/>
+          <w:bookmarkStart w:name="z308" w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Эксплуатационные характеристики</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="132"/>
+          <w:bookmarkEnd w:id="126"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z311" w:id="133"/>
+    <w:bookmarkStart w:name="z311" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: при наличии моделей продукции электронной промышленности, необходимо заполнять таблицу для каждой модели отдельно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>