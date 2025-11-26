--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="79bf050" w14:textId="79bf050">
+    <w:p w14:paraId="cc268f8" w14:textId="cc268f8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,150 +77,220 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил присвоения, повышения, подтверждения, сохранения, снижения и снятия классной квалификации сотрудников и военнослужащих органов внутренних дел</w:t>
+        <w:t>Об утверждении Правил присвоения, повышения, подтверждения, снижения и снятия классной квалификации сотрудников и военнослужащих органов внутренних дел</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра внутренних дел Республики Казахстан от 16 марта 2018 года № 208. Зарегистрирован в Министерстве юстиции Республики Казахстан 9 апреля 2018 года № 16731.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с подпунктом 25) </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> Правил прохождения воинской службы в Вооруженных Силах, других войсках и воинских формированиях Республики Казахстан, утвержденных Указом Президента Республики Казахстан от 25 мая 2006 года № 124, ПРИКАЗЫВАЮ:</w:t>
+      Сноска. Заголовок - в редакции приказа Министра внутренних дел РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 868</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 96)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве внутренних дел Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 22 июня 2005 года № 607, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра внутренних дел РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 868</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые Правила присвоения, повышения, подтверждения, сохранения, снижения и снятия классной квалификации сотрудников и военнослужащих органов внутренних дел согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -663,6282 +733,3153 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>Приложение к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к приказу Министра</w:t>
-[...12 lines deleted...]
-              <w:t>внутренних дел</w:t>
+              <w:t>Министра внутренних дел</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 16 марта 2018 года № 208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила присвоения, повышения, подтверждения, сохранения снижения и снятия классной квалификации сотрудников и военнослужащих органов внутренних дел</w:t>
+        <w:t xml:space="preserve"> Правила присвоения, повышения, подтверждения, снижения и снятия классной квалификации сотрудников и военнослужащих органов внутренних дел</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила - в редакции приказа Министра внутренних дел РК от 22.08.2022 </w:t>
+      Сноска. Правила - в редакции приказа Министра внутренних дел РК от 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 693</w:t>
+        <w:t>№ 868</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z341" w:id="12"/>
+    <w:bookmarkStart w:name="z340" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z342" w:id="13"/>
-[...15 lines deleted...]
-      1. Настоящие Правила присвоения, повышения, подтверждения, сохранения, снижения и снятия классной квалификации сотрудников и военнослужащих органов внутренних дел (далее – Правила) определяют порядок присвоения, повышения, подтверждения, снижения и снятия классной квалификации сотрудников и военнослужащих полиции, уголовно-исполнительной системы, военно-следственных органов, а также присвоения, повышения, подтверждения, снижения и сохранения классной квалификации военнослужащих Национальной гвардии Республики Казахстан (далее – НГ).</w:t>
+    <w:bookmarkStart w:name="z341" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила присвоения, повышения, подтверждения, снижения и снятия классной квалификации сотрудников и военнослужащих органов внутренних дел (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 96)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве внутренних дел Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 22 июня 2005 года № 607, и определяют порядок присвоения, повышения, подтверждения, снижения и снятия классной квалификации сотрудников и военнослужащих органов внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z342" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...52 lines deleted...]
-    <w:bookmarkStart w:name="z343" w:id="14"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Классная квалификация сотрудников полиции, уголовно-исполнительной системы и военнослужащих военно-следственных подразделений органов внутренних дел</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z343" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Классная квалификация сотрудников полиции, уголовно-исполнительной системы и военнослужащих военно-следственных органов внутренних дел</w:t>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> Параграф 1. Порядок присвоения, повышения, подтверждения, снижения и снятия классной квалификации сотрудникам полиции, уголовно-исполнительной системы и военнослужащим военно-следственных подразделений органов внутренних дел</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z344" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Присвоение, повышение, снижение и снятие классной квалификации сотрудникам полиции, уголовно-исполнительной системы и военнослужащим военно-следственных подразделений органов внутренних дел Республики Казахстан (далее – сотрудники и военнослужащие ОВД) осуществляется ежегодно по итогам учебного периода.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z345" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Учебный период утверждается в соответствии с требованиями, установленными в приказе Министра внутренних дел Республики Казахстан от 6 июня 2017 года № 95 дсп "Об утверждении Содержания и Правил организации профессиональной служебной и физической подготовки сотрудников органов внутренних дел Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 15310) (далее – Правила организации профессиональной подготовки сотрудников ОВД).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z346" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В зависимости от стажа службы в правоохранительных органах, органах гражданской защиты, специальных государственных органах, воинской службе, государственной фельдъегерской службе, в том числе стажа работы на административных государственных должностях (далее - стажа службы (работы) и при соблюдении требования пункта 20 настоящих Правил, сотрудникам и военнослужащим ОВД последовательно присваиваются следующие классные квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z347" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 2 класса" – сотрудникам и военнослужащим ОВД, имеющим стаж службы (работы) не менее четырех лет (для сотрудников строевых подразделений и младшего начальствующего состава ОВД – не менее трех лет);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z348" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 1 класса" – сотрудникам и военнослужащим ОВД, имеющим классную квалификацию "Специалист 2 класса", стаж службы (работы) не менее семи лет (для сотрудников строевых подразделений и младшего начальствующего состава ОВД – не менее пяти лет);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z349" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 1 класса – наставник (мастер)" – сотрудникам и военнослужащим ОВД, имеющим классную квалификацию "Специалист 1 класса", стаж службы (работы) не менее десяти лет (для сотрудников строевых подразделений и младшего начальствующего состава ОВД – не менее семи лет).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z350" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стаж службы (работы) в ОВД исчисляется в порядке, установленном законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z351" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Присвоение, повышение классной квалификации осуществляется при общем стаже службы (работы) в правоохранительных органах, органах гражданской защиты, специальных государственных органах, воинской службе и государственной фельдъегерской службе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z352" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Выпускникам ведомственных организаций образования правоохранительных органов, органов гражданской защиты, специальных государственных органов, Вооруженных сил, других войск и воинских формирований период обучения засчитывается в общий стаж службы для присвоения классной квалификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z353" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Имеющаяся классная квалификация подтверждается приказом руководителей органов (подразделений) внутренних дел при назначении на должность с установлением соответствующей надбавки:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z354" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сотрудникам и военнослужащим ОВД, находившимся в распоряжении свыше двух месяцев, в отпуске по уходу за ребенком, обучавшимся по очной форме в ведомственных организациях образования Министерства внутренних дел Республики Казахстан (далее - МВД) и зарубежных странах в рамках договоренности, прикомандированным к государственным органам и международным организациям и назначенным вновь на должности ОВД;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z355" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, прибывшим на службу в ОВД в порядке перевода (откомандирования) из других правоохранительных органов, органов гражданской защиты, специальных государственных органов, вооруженных сил, других войск и воинских формирований, государственной фельдъегерской службы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z356" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок главы 2 - в редакции приказа Министра внутренних дел РК от 13.06.2023 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z344" w:id="15"/>
+      лицам, уволенным из правоохранительных органов, органов гражданской защиты, специальных государственных органов, воинской службы, государственной фельдъегерской службы и вновь принятым на службу в ОВД; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z357" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, восстановленным на службу по решению суда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z358" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Сотрудникам и военнослужащим ОВД, имеющим непрерывный стаж службы (работы) в правоохранительных органах, органах гражданской защиты, специальных государственных органах, Вооруженных силах, других войск и воинских формированиях, государственной фельдъегерской службе более десяти лет, не имевшим ранее классной квалификации, при условии успешного прохождения ими итоговой проверки в соответствии с критериями, установленными пунктом 20 настоящих Правил, присваивается классная квалификация "Специалист 1 класса".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z359" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Присвоение, повышение классной квалификации производится сотрудникам и военнослужащим ОВД, соответствующим требованиям настоящих Правил, согласно списку сотрудников и военнослужащих ОВД, подлежащих присвоению классной квалификации (далее – список ОВД), по форме согласно приложению 1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z360" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Руководители (начальники) обеспечивают своевременность, объективность и достоверность представляемых списков ОВД.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z361" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Сотрудники и военнослужащие ОВД, представленные к присвоению, повышению классной квалификации и не принимавшие участия по уважительным причинам (болезнь, отпуск, командировка), в итоговой проверке представляются к присвоению, повышению классной квалификации в соответствии с настоящими Правилами, в течение одного месяца со дня, следующего за датой прекращения указанных обстоятельств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z362" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При повторном наступлении обстоятельств (болезнь, отпуск, командировка) отсчет месячного срока производится с даты прекращения последнего обстоятельства. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z363" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата прекращения обстоятельств фиксируется в представлении руководителя с приложением подтверждающих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z364" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Сотрудники и военнослужащие ОВД, не прошедшие определение классной квалификации по итогам учебного года в соответствии с подпунктами 2), 3) пункта 15 настоящих Правил, но в отношении которых начальником органа (подразделения) или судом, принято решение о неправомерности наложения дисциплинарного взыскания, представляются к присвоению, повышению классной квалификации в соответствии с настоящими Правилами, в течение одного месяца после издания начальником органа приказа об отмене дисциплинарного взыскания или вступления решения суда в законную силу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z365" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководители (начальники) вышеуказанных сотрудников и военнослужащих ОВД в течение пяти рабочих дней со дня издания приказа направляют в подразделения ответственные за организацию профессиональной служебной и физической подготовки (далее – подразделения профессиональной подготовки) соответствующие материалы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z366" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Подразделения профессиональной подготовки осуществляют подготовку проектов приказов о присвоении, повышении, снижении и снятии классной квалификации сотрудников и военнослужащих ОВД, а также рассматривают жалобы и заявления по указанным вопросам в соответствии с настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z367" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При рассмотрении жалоб и вновь открывшихся обстоятельств, начальники (руководители) органов и подразделений ОВД в течение десяти рабочих дней направляют в подразделения профессиональной подготовки мотивированное письмо с приложением документов, подтверждающих основания для принятия соответствующего решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z368" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Результаты присвоения, повышения, снижения и снятия классной квалификации сотрудников и военнослужащих ОВД отражаются в акте определения классной квалификации сотрудникам полиции, уголовно-исполнительной системы и военнослужащим военно-следственных подразделений ОВД по форме, согласно приложению 2 к настоящим Правилам (далее – акт ОВД).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z369" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. На основании утвержденного акта ОВД руководителями, указанными в пункте 21 настоящих Правил, в течение десяти календарных дней издается приказ о присвоении, повышении, снижении или снятии классной квалификации сотрудникам и военнослужащим ОВД.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z370" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Дата издания приказа считается датой присвоения, повышения, снижения или снятия классной квалификации. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z371" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Копия приказа направляется в финансовые службы для начисления или прекращения выплаты надбавки за классную квалификацию, а также в подразделения по работе с личным составом для внесения сведений в послужные списки и автоматизированный ведомственный банк данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z372" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. К присвоению и повышению классной квалификации не допускаются сотрудники и военнослужащие ОВД:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z373" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в период нахождения их в распоряжении ОВД;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z374" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) имеющие действующие дисциплинарные взыскания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z375" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в период проведения в отношении них служебного расследования (рассмотрения вопроса о привлечении к дисциплинарной ответственности) или досудебного расследования — до принятия решения о привлечении к дисциплинарной ответственности или прекращении уголовного дела по реабилитирующим основаниям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z376" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не прошедшие итоговую проверку в установленный срок без уважительных причин.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z377" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Сотрудникам и военнослужащим ОВД, которым присвоена, повышена классная квалификация, подразделениями профессиональной подготовки выдаются нагрудные знаки классной квалификации по форме, согласно приложению 3 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z378" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Объявление приказа и вручение нагрудных знаков классной квалификации производится в торжественной обстановке перед строем или на собрании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z379" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Снижение либо снятие классной квалификации сотрудников и военнослужащих ОВД производится приказом руководителей органов (подразделений) внутренних дел при получении ими неудовлетворительных результатов по одному из видов профессиональной служебной и физической подготовки, либо неявки без уважительных причин для прохождения итоговой проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z380" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Классная квалификация снижается только на одну ступень, а снятие производится в отношении сотрудников и военнослужащих ОВД, имеющих классную квалификацию "Специалист 2 класса".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z381" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Материалы о присвоении, повышении, снижении и снятии классной квалификации сотрудников и военнослужащих ОВД хранятся в номенклатурных делах подразделений профессиональной подготовки и включают следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z382" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) список ОВД;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z383" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) акт ОВД;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z384" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) представление руководителя (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z385" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) копии приказов о присвоении, снижении или снятии классной квалификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z386" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 1. Порядок присвоения, повышения, подтверждения, снижения и снятия классной квалификации сотрудникам полиции, уголовно-исполнительной системы и военнослужащим военно-следственных органов внутренних дел</w:t>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> Параграф 2. Критерии присвоения, повышения классной квалификации сотрудникам полиции, уголовно-исполнительной системы и военнослужащим военно-следственных подразделений органов внутренних дел</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z387" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Для присвоения либо повышения классной квалификации сотрудникам и военнослужащим ОВД, в соответствии с требованиями, предусмотренными Правилами организации профессиональной подготовки сотрудников ОВД, по результатам ежегодной итоговой проверки устанавливаются следующие пороговые значения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z388" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 2 класса" — не ниже оценки "удовлетворительно" по всем видам профессиональной служебной и физической подготовки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z389" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 1 класса" — не ниже оценки "хорошо" по всем видам профессиональной служебной и физической подготовки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z390" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 1 класса – наставник (мастер)" — не ниже оценки "отлично" по всем видам профессиональной служебной и физической подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z391" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 3. Присвоение, повышение, подтверждение, снижение и снятие классной квалификации сотрудникам полиции, уголовно-исполнительной системы и военнослужащим военно-следственных подразделений органов внутренних дел</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z392" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Присвоение, повышение, подтверждение, снижение и снятие классной квалификации сотрудникам и военнослужащим ОВД осуществляют:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z393" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Министр внутренних дел Республики Казахстан – руководителю аппарата МВД, советникам Министра, помощнику Министра по режиму, председателям комитетов, начальникам департаментов и самостоятельных подразделений центрального аппарата МВД и их заместителям, начальникам ДП(Т), департаментов уголовно-исполнительной системы (далее – ДУИС) областей, городов республиканского значения и столицы, организаций образования МВД и их заместителям, командиру отряда специального назначения "Сункар";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z394" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Заместитель Министра внутренних дел Республики Казахстан – сотрудникам и военнослужащим ОВД, проходящим службу в должностях рядового и начальствующего состава подразделений центрального аппарата МВД, начальникам учебных центров МВД и их заместителям, начальникам государственных учреждений "Управление специализированной службы охраны" (город Астана), городов республиканского значения, столицы, (город Жезказган) и областей, "Учреждение автотранспортного обслуживания", База военного и специального снабжения МВД, а также их заместителям, начальникам представительства МВД в городе Байконыр, Кинологического центра и их заместителям, сотрудникам и военнослужащим военно-следственных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z395" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Заместитель министра – Председатель Комитета уголовно-исполнительной системы МВД – личному составу Комитета уголовно-исполнительной системы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z396" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Начальники ДП(Т), ДУИС, организаций образования МВД – сотрудникам аппарата ДП(Т) (в том числе сотрудникам подразделений собственной безопасности и представительства МВД в городе Байконыр), ДУИС, организаций образования МВД, руководящему составу подчиненных органов и подразделений внутренних дел;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z397" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Начальники городских, районных подразделений и на транспорте ОВД, государственных учреждений "Управление специализированной службы охраны" (город Астана), городов республиканского значения, столицы, (город Жезказган) и областей, "Учреждение автотранспортного обслуживания", "База военного и специального снабжения Министерства внутренних дел Республики Казахстан", Кинологического центра, начальники исправительных учреждений, следственных изоляторов, тюрьмы и колоний-поселений, командир отряда специального назначения "Сункар" – личному составу подразделений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z398" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Учет сотрудников и военнослужащих ОВД имеющих классную квалификацию ведут подразделения профессиональной подготовки ОВД.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z399" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о присвоении, повышении, подтверждении, снижении и снятии классных квалификаций вносятся подразделениями по работе с личным составом в послужные списки личных дел сотрудников и военнослужащих ОВД, а также в автоматизированный ведомственный банк данных, с указанием даты и номера приказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z400" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Классная квалификация военнослужащих Национальной гвардии Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z401" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Порядок присвоения, повышения, подтверждения и снижения классной квалификации военнослужащим Национальной гвардии Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z402" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Присвоение, повышение, подтверждение и снижение классной квалификации (далее – определение классной квалификации) производится в целях стимулирования развития профессионального мастерства каждого военнослужащего Национальной гвардии Республики Казахстан (далее – НГ), установления степени их готовности к осуществлению профессиональной деятельности по занимаемой должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z403" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В зависимости от уровня профессиональной подготовки, стажа службы (работы) в правоохранительных органах, органах гражданской защиты, специальных государственных органах, воинской службе, государственной фельдъегерской службе, а также состояния воинской дисциплины военнослужащим НГ последовательно присваиваются и подтверждаются следующие классные квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z404" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 3 класса" – военнослужащим НГ на весь период службы, имеющим стаж службы (работы) не менее одного года (для военнослужащих по призыву не ранее чем через три месяца), выдержавшим профессиональный уровень в соответствии с критериями, предусмотренными пунктом 35 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z405" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 2 класса" – военнослужащим НГ, имеющим классную квалификацию "Специалист 3 класса", стаж службы (работы) не менее четырех лет (для военнослужащих по призыву не менее шести месяцев), выдержавшим профессиональный уровень в соответствии с критериями, предусмотренными пунктом 35 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z406" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 1 класса" – военнослужащим НГ (кроме военнослужащих по призыву), имеющим классную квалификацию "Специалист 2 класса", стаж службы (работы) не менее семи лет, выдержавшим профессиональный уровень в соответствии с критериями, предусмотренными пунктом 35 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z407" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок параграфа 1 - в редакции приказа Министра внутренних дел РК от 13.06.2023 </w:t>
-[...41 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
+      "Специалист 1 класса - наставник (мастер)" – военнослужащим НГ (кроме военнослужащих по призыву), имеющим классную квалификацию "Специалист 1 класса", стаж службы (работы) не менее десяти лет, выдержавшим профессиональный уровень в соответствии с критериями, предусмотренными пунктом 35 настоящих Правил. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z408" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Военнослужащим, имеющим стаж службы (работы) 25 лет и более в календарном исчислении – имеющаяся классная квалификация "специалист 1 класса - наставник (мастер)" сохраняется до окончания службы без дальнейшего подтверждения, с выплатой установленной надбавки, за исключением случаев, предусмотренных подпунктом 2 пункта 32 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z409" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Военнослужащим НГ, успешно прошедшим квалификационные испытания на право ношения крапового берета и тельняшки краповой расцветки, допускается присвоение классной квалификации "Специалист 1 класса – наставник (мастер)" без учета требований к стажу службы (работы), в порядке, установленном пунктом 35 настоящих Правил. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z410" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Военнослужащим центра подготовки спортивной команды НГ классная квалификация присваивается и подтверждается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z411" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) военнослужащим-спортсменам по призыву входящим в состав резерва центра подготовки спортивной команды НГ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z412" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 3 класса" – военнослужащим НГ, имеющим спортивный разряд (звание) не ниже "Кандидат в мастера спорта", не ранее чем через три месяца со дня призыва;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z413" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 2 класса" – военнослужащим НГ, имеющим классную квалификацию "Специалист 3 класса", спортивный разряд не ниже "Кандидат в мастера спорта", не ранее чем через шесть месяцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z414" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) военнослужащим-спортсменам, проходящим службу по контракту (старшим инструкторам по физической подготовке и спорту):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z415" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 3 класса" – военнослужащим НГ, имеющим стаж службы (работы) не менее одного года, спортивное звание "Мастер спорта" и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z416" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 2 класса" – военнослужащим НГ, имеющим классную квалификацию "Специалист 3 класса", стаж службы (работы) не менее четырех лет, спортивное звание "Мастер спорта" и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z417" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 1 класса" – военнослужащим НГ, имеющим классную квалификацию "Специалист 2 класса", стаж службы (работы) не менее семи лет, спортивное звание "Мастер спорта" и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z418" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 1 класса – наставник (мастер)" – военнослужащим НГ, имеющим классную квалификацию "Специалист 1 класса", стаж службы (работы) не менее десяти лет, спортивное звание "Мастер спорта международного класса" и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z419" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) военнослужащим-спортсменам офицерского состава (старшим инструкторам по спорту):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z420" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 3 класса" – военнослужащим НГ, имеющим стаж службы (работы) не менее одного года, спортивное звание "Мастер спорта" и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z421" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 2 класса" – военнослужащим НГ, имеющим классную квалификацию "Специалист 3 класса", стаж службы (работы) не менее четырех лет, спортивное звание "Мастер спорта международного класса" и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z422" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 1 класса" – военнослужащим НГ, имеющим классную квалификацию "Специалист 2 класса", стаж службы (работы) не менее семи лет, спортивное звание "Заслуженный мастер спорта";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z423" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 1 класса – наставник (мастер)" – военнослужащим НГ, имеющим классную квалификацию "Специалист 1 класса", стаж службы (работы) не менее десяти лет, спортивное звание "Заслуженный мастер спорта".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z424" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) военнослужащим офицерского состава (начальнику команды, главному тренеру, старшему тренеру команды, тренеру команды):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z425" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 3 класса" – военнослужащим НГ, имеющим стаж службы (работы) не менее одного года, спортивное звание "Мастер спорта" и выше, или стаж тренерской работы не менее одного года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z426" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 2 класса" – военнослужащим НГ, имеющим классную квалификацию "Специалист 3 класса", стаж службы (работы) не менее четырех лет, спортивное звание "Мастер спорта международного класса" и выше, или стаж тренерской работы не менее четырех лет, а также подготовившим спортсмена в одном из званий "Чемпион Азии", "Чемпион Азиатских игр", "Призер этапа Кубка мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z427" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 1 класса" – военнослужащим НГ, имеющим классную квалификацию "Специалист 2 класса", стаж службы (работы) не менее семи лет, спортивное звание "Мастер спорта международного класса" и выше, или "Заслуженный тренер Республики Казахстан", или стаж тренерской работы не менее семи лет, а также подготовившим спортсмена в одном из званий "Призер Олимпийских игр", "Призер Чемпионата мира", "Призер Кубка мира", "Победитель этапа Кубка мира";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z428" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 1 класса – наставник (мастер)" – военнослужащим НГ, имеющим классную квалификацию "Специалист 1 класса", стаж службы (работы) не менее десяти лет, спортивное звание "Мастер спорта международного класса", или стаж тренерской работы не менее десяти лет, а также подготовившим спортсмена в одном из званий "Чемпион Олимпийских игр", "Чемпион Мира", "Победитель Кубка мира".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z429" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Военнослужащим центра подготовки спортивной команды НГ, не имеющим спортивных званий, классная квалификация определяется на общих основаниях, в соответствии с требованиями настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z430" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Классная квалификация определяется:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z431" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      офицерам и военнослужащим, проходящим воинскую службу по контракту на должностях военнослужащих, сержантов – один раз в год в соответствии с настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z432" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      военнослужащим по призыву – в соответствии с пунктом 23 настоящих Правил. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z433" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При поступлении военнослужащих по призыву на воинскую службу по контракту, ранее присвоенная классная квалификация в период срочной службы не учитывается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z434" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Определение уровня профессиональной подготовки военнослужащих проводится по результатам инспекторских, итоговых проверок по всем проверенным предметам обучения, государственных и выпускных экзаменов, а также квалификационных испытаний на право ношения крапового берета и тельняшки краповой расцветки (далее – квалификационных испытаний).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z435" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Военнослужащим НГ, представленным к присвоению, подтверждению и снижению, классной квалификации, но не принимавшим участия в проверке уровня профессиональной подготовки по уважительным причинам (болезнь, отпуск, командировка), классная квалификация сохраняется, а выплата установленной надбавки производится после определения классной квалификации, в течение одного месяца после прекращения соответствующих обстоятельств. Повторное отсутствие военнослужащего, либо переход одного обстоятельства (болезнь, отпуск, командировка) в другое, время для определения классной квалификации, отводится от последнего.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z436" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При неприбытии военнослужащего для проверки уровня профессиональной подготовки по истечении одного месяца после прекращения вышеуказанных обстоятельств, классная квалификация снижается ему на одну ступень.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z437" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Для определения классной квалификации военнослужащих НГ в соответствии с требованиями настоящих Правил создаются комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z438" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия формируется в составе председателя, заместителя председателя, секретаря и не менее трех членов из числа начальников управлений (отделов, отделений). Состав комиссии утверждается ежегодно приказами заместителя Министра внутренних дел Республики Казахстан – Главнокомандующего Национальной гвардией, командующих региональными командованиями, командиров воинских частей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z439" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии членов комиссии допускается замена временно исполняющими их обязанности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z440" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия осуществляет следующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z441" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассмотрение материалов на присвоение, подтверждение и снижение классной квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z442" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проверка объективности и достоверности представленных сведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z443" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассмотрение жалоб и заявлений, связанных с определением классной квалификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z444" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. По результатам проверки уровня профессиональной подготовки военнослужащих НГ, квалификационных испытаний, командиром (начальником) на рассмотрение комиссии выносится список военнослужащих НГ представляемых на присвоение, подтверждение и снижение классной квалификации по форме, согласно приложению 4 к настоящим Правилам (далее – список НГ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z445" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К списку НГ, на каждого военнослужащего прилагается выписка из сводной ведомости, а на военнослужащих ПСН, успешно прошедших квалификационные испытания, выписка из приказа о результатах испытаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z446" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кроме того, для спортсменов и тренеров центра подготовки спортивной команды копию документа, удостоверяющего спортивное звание или разряд, выписку из послужного списка о тренерском стаже.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z447" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Результаты определения классной квалификации военнослужащих НГ отражаются в акте о присвоении, подтверждении и снижении классной квалификации военнослужащим НГ по форме согласно приложению 5 к настоящим Правилам (далее – акт НГ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z448" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Присвоение, подтверждение и снижение классной квалификации военнослужащим НГ производится на основании акта НГ, который в течение десяти календарных дней утверждается приказом должностных лиц, указанных в пункте 36 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z449" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Датой определения классной квалификации считается день подписания приказа об утверждении акта НГ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z450" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Копии приказов направляются в воинские части, а также в финансовые подразделения для начисления соответствующей надбавки за классную квалификацию либо прекращения (приостановления) ее выплаты, за исключением военнослужащих по призыву.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z451" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Объявление приказа проводится по месту службы военнослужащих в торжественной обстановке, военнослужащим выдаются нагрудные знаки классной квалификации по форме, согласно приложению 6 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z452" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Классная квалификация подтверждается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z453" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      военнослужащим НГ, находящимся в отпуске по уходу за ребенком, имеющаяся классная квалификация сохраняется, а выплата установленной надбавки за классную квалификацию производится после выхода на службу до подтверждения ее по итогам года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z454" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      военнослужащим НГ, обучающимся в ведомственных и военно-специальных организациях образования, а также зарубежных военно-учебных заведениях в рамках договоренностей, имеющаяся классная квалификация сохраняется и производится выплата установленной надбавки на весь период обучения, а подтверждение классной квалификации производится после завершения обучения и назначения на соответствующую должность по итогам учебного года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z455" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, принятым на воинскую службу по контракту или переведенным в НГ из правоохранительных органов, органов гражданской защиты, специальных государственных органов, воинской службы, государственной фельдъегерской службы, имеющаяся классная квалификация сохраняется, а выплата установленной надбавки за классную квалификацию производится после назначения на соответствующую должность до подтверждения ее по итогам года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z456" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, уволенным из НГ на пенсию по выслуге лет и принятым вновь на службу, имеющаяся классная квалификация сохраняется, а выплата установленной надбавки за классную квалификацию производится после назначения на соответствующую должность до подтверждения ее по итогам года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z457" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      военнослужащим НГ, находящимся в распоряжении свыше двух месяцев, имеющаяся классная квалификация сохраняется, а выплата установленной надбавки за классную квалификацию производится после назначения на соответствующую должность до подтверждения ее по итогам года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z458" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      военнослужащим НГ, прикомандированным к государственным органам и международным организациям и назначенным вновь на должности НГ, имеющаяся классная квалификация сохраняется, а выплата установленной надбавки за классную квалификацию производится после назначения на соответствующую должность до подтверждения ее по итогам учебного года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z459" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, восстановленным на службу по решению суда, имеющаяся классная квалификация сохраняется, а выплата установленной надбавки за классную квалификацию производится после восстановления на службу и назначения на соответствующую должность до подтверждения ее по итогам года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z460" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Военнослужащим НГ, переведенным с войск в высшее военное учебное заведение и обратно, имеющаяся классная квалификация сохраняется, а выплата установленной надбавки за классную квалификацию производится после назначения на соответствующую должность до подтверждения ее по итогам года (учебного года).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z461" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Снижение классной квалификации военнослужащим НГ производится:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z462" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) за невыполнение ими критериев на подтверждение имеющейся классной квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z463" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) за совершение ими значительного дисциплинарного проступка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z464" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) за полученные ими неудовлетворительные результаты по основным предметам обучения в ходе практической (курсовой) подготовки (учебно-методических сборов).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z465" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Классная квалификация снижается только на одну ступень.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z466" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Военнослужащие (кроме военнослужащих по призыву), которым классная квалификация была снижена, допускаются к присвоению очередной классной квалификации не ранее чем через год со дня ее снижения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z467" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. К присвоению (подтверждению) классной квалификации не допускаются военнослужащие НГ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z468" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в период нахождения их в распоряжении НГ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z469" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в период проведения в отношении них служебного расследования (рассмотрения вопроса о привлечении к дисциплинарной ответственности) или досудебного расследования – до принятия решения о привлечении к дисциплинарной ответственности или прекращении уголовного дела по реабилитирующим основаниям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z470" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Классная квалификация не присваивается военнослужащим НГ, имеющим действующие дисциплинарные взыскания. Данные военнослужащие допускаются только к подтверждению имеющейся классной квалификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z471" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...671 lines deleted...]
-    <w:bookmarkEnd w:id="38"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Критерии присвоения, повышения и подтверждения классной квалификации военнослужащим Национальной гвардии Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z472" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Для присвоения, повышения и подтверждения классной квалификации необходимо показать следующий профессиональный уровень:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z473" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 3 класса" – по всем проверенным предметам оценены не ниже "удовлетворительно".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z474" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Курсантам выпускного курса (высшего военного учебного заведения Национальной гвардии) Академии НГ – по дисциплинам, выносимым на государственные экзамены и по результатам защиты дипломных работ (проектов, задач) оценены на оценку не ниже "хорошо";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z475" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 2 класса" – по всем проверенным предметам оценены не ниже "хорошо";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z476" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 1 класса" – не менее 30% по всем проверенным предметам оценены на "отлично", а по остальным на "хорошо";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z477" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Специалист 1 класса - наставник (мастер)" – не менее 50% по всем проверенным предметам оценены на "отлично", а по остальным на "хорошо".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z478" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выпускникам других высших военных учебных заведений, которым не была присвоена классная квалификация в учебном заведении, при представлении соответствующих документов, подтверждающих выполнение квалификационных требований классная квалификация "Специалист 3 класса" присваивается по прибытию выпускника к месту службы командиром воинской части, не позднее одного месяца со дня зачисления в списки части.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z479" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Военнослужащим успешно прошедшим квалификационные испытания на право ношения крапового берета и тельняшки краповой расцветки, по результатам итоговых (инспекторских проверок) в год проведения квалификационных испытаний – производиться присвоение классной квалификации "Специалист 1 класса - наставник (мастер)", без учета стажа службы (работы) предусмотренных пунктом 23 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z480" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...441 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 2. Критерии присвоения, повышения классной квалификации сотрудникам полиции, уголовно-исполнительной системы и военнослужащим военно-следственных органов органов внутренних дел</w:t>
-[...2211 lines deleted...]
-    <w:bookmarkStart w:name="z479" w:id="150"/>
+        <w:t xml:space="preserve"> Параграф 3. Присвоение, повышение, подтверждение и снижение классной квалификации военнослужащим Национальной гвардии Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z481" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Присвоение, повышение, подтверждение и снижение классной квалификации военнослужащим НГ осуществляют:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z482" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Министр внутренних дел Республики Казахстан – заместителям Главнокомандующего НГ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-[...78 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z484" w:id="155"/>
+    <w:bookmarkStart w:name="z483" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Заместитель министра - Главнокомандующий НГ – командующим РгК и их заместителям, начальнику (высшего военного учебного заведения) Академии и его заместителям, командирам частей непосредственного подчинения и их заместителям, а также военнослужащим Главного командования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z484" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) командующие региональными командованиями – командирам воинских частей и их заместителям, а также военнослужащим управлений региональных командований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z485" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) начальник (высшего военного учебного заведения) академии – военнослужащим академии и выпускникам в год выпуска;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z486" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) командиры воинских частей – военнослужащим воинских частей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z487" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Классная квалификация определяется в соответствии с настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z485" w:id="156"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z488" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Учет военнослужащих НГ, имеющих классную квалификацию, осуществляют подразделения боевой подготовки НГ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-[...76 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z490" w:id="161"/>
-[...15 lines deleted...]
-      "Специалист 2 класса" - через один учебный год, после очередного присвоения;</w:t>
+    <w:bookmarkStart w:name="z489" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о присвоении, повышении, подтверждении и снижении классной квалификации вносятся в послужные списки личных дел военнослужащих НГ и информационную систему "Максат" НГ, с указанием даты и номера приказа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z491" w:id="162"/>
-[...2296 lines deleted...]
-    <w:bookmarkEnd w:id="259"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7024,218 +3965,275 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>снижения и снятия классной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>квалификации сотрудников и</w:t>
+              <w:t>квалификации сотрудников</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>военнослужащих органов</w:t>
+              <w:t>и военнослужащих</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>внутренних дел</w:t>
+              <w:t>органов внутренних дел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z590" w:id="260"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z591" w:id="261"/>
+    <w:bookmarkStart w:name="z492" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">   Список сотрудников и военнослужащих ОВД ___________________________________</w:t>
+        <w:t xml:space="preserve"> Список сотрудников и военнослужащих ОВД</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                   (наименование подразделения)</w:t>
+        <w:t>___________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  подлежащих присвоению классной квалификации по итогам 20_____ учебного года</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="261"/>
+        <w:t>(наименование подразделения)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>подлежащих присвоению классной квалификации по итогам 20_____ учебного года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z592" w:id="262"/>
+          <w:bookmarkStart w:name="z493" w:id="163"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="262"/>
+          <w:bookmarkEnd w:id="163"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7282,70 +4280,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Занимаемая должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z595" w:id="263"/>
+          <w:bookmarkStart w:name="z496" w:id="164"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Общий стаж службы на аттестованных</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="263"/>
+          <w:bookmarkEnd w:id="164"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 должностях</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7415,80 +4413,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z600" w:id="264"/>
+          <w:bookmarkStart w:name="z501" w:id="165"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="264"/>
+          <w:bookmarkEnd w:id="165"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7648,80 +4646,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z607" w:id="265"/>
+          <w:bookmarkStart w:name="z508" w:id="166"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="265"/>
+          <w:bookmarkEnd w:id="166"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -7847,96 +4845,96 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z614" w:id="266"/>
+      <w:bookmarkStart w:name="z515" w:id="167"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Начальник (руководитель) подразделения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">           (должность, звание, подпись, Ф.И.О. (при его наличии))</w:t>
+    <w:bookmarkEnd w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(должность, звание, подпись, Ф.И.О. (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8011,171 +5009,178 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>повышения, подтверждения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>снижения и снятия классной</w:t>
+              <w:t>снижения и снятия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>квалификации сотрудников и</w:t>
+              <w:t>классной квалификации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>военнослужащих органов</w:t>
+              <w:t>сотрудников и военнослужащих</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>внутренних дел</w:t>
+              <w:t>органов внутренних дел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z616" w:id="267"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z617" w:id="268"/>
+    <w:bookmarkStart w:name="z518" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">        Акт о присвоении классной квалификации сотрудникам полиции, уголовно-исполнительной системы и военнослужащим военно-следственных органов</w:t>
-[...40 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Акт определения классной квалификации сотрудникам полиции, уголовно-исполнительной системы и военнослужащим военно-следственных подразделений ОВД</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
@@ -8183,80 +5188,80 @@
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z618" w:id="269"/>
+          <w:bookmarkStart w:name="z519" w:id="169"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="269"/>
+          <w:bookmarkEnd w:id="169"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8306,86 +5311,66 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Занимаемая должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z621" w:id="270"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Общий стаж службы на аттестованных</w:t>
-[...18 lines deleted...]
-должностях</w:t>
+Общий стаж службы на аттестованных должностях</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8706,80 +5691,80 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z638" w:id="271"/>
+          <w:bookmarkStart w:name="z538" w:id="170"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="271"/>
+          <w:bookmarkEnd w:id="170"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9548,110 +6533,138 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z664" w:id="272"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z564" w:id="171"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Начальник (руководитель) подразделения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственный сотрудник</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"____" __________ 20___ г.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9737,170 +6750,205 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>снижения и снятия классной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>квалификации сотрудников и</w:t>
+              <w:t>квалификации сотрудников</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>военнослужащих органов</w:t>
+              <w:t>и военнослужащих органов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>внутренних дел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z668" w:id="275"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z669" w:id="276"/>
+    <w:bookmarkStart w:name="z567" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> НАГРУДНЫЕ ЗНАКИ КЛАССНОЙ КВАЛИФИКАЦИИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-[...30 lines deleted...]
-    <w:bookmarkStart w:name="z671" w:id="278"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z568" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нагрудный знак для сотрудников и военнослужащих ОВД "СПЕЦИАЛИСТ 1 КЛАССА-НАСТАВНИК (МАСТЕР)"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z569" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5181600" cy="2374900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -9921,115 +6969,91 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-    <w:bookmarkStart w:name="z673" w:id="280"/>
+    </w:p>
+    <w:bookmarkStart w:name="z570" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нагрудный знак для сотрудников и военнослужащих ОВД "СПЕЦИАЛИСТ 1 КЛАССА"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z571" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4648200" cy="2057400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
@@ -10050,115 +7074,91 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-    <w:bookmarkStart w:name="z675" w:id="282"/>
+    </w:p>
+    <w:bookmarkStart w:name="z572" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нагрудный знак для сотрудников и военнослужащих ОВД "СПЕЦИАЛИСТ 2 КЛАССА"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z573" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4419600" cy="2044700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
@@ -10179,64 +7179,50 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -10323,209 +7309,242 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>снижения и снятия классной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>квалификации сотрудников и</w:t>
+              <w:t>квалификации сотрудников</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>военнослужащих органов</w:t>
+              <w:t>и военнослужащих органов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>внутренних дел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z677" w:id="283"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z678" w:id="284"/>
+    <w:bookmarkStart w:name="z576" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                    Список военнослужащих НГ представляемых на присвоение,</w:t>
-[...14 lines deleted...]
-    <w:bookmarkEnd w:id="284"/>
+        <w:t xml:space="preserve"> Список военнослужащих НГ представляемых на присвоение, подтверждение и снижение классной квалификации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z679" w:id="285"/>
+          <w:bookmarkStart w:name="z577" w:id="180"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="285"/>
+          <w:bookmarkEnd w:id="180"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10793,80 +7812,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z689" w:id="286"/>
+          <w:bookmarkStart w:name="z587" w:id="181"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="286"/>
+          <w:bookmarkEnd w:id="181"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -11102,80 +8121,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z699" w:id="287"/>
+          <w:bookmarkStart w:name="z597" w:id="182"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="287"/>
+          <w:bookmarkEnd w:id="182"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -11391,110 +8410,105 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z709" w:id="288"/>
-[...25 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z607" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Приложение: выписка из сводной ведомости.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z608" w:id="184"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Командир воинской части полковник</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>М.П. "_____" __________ 20___ года</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11567,242 +8581,394 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>повышения, подтверждения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>снижения и снятия классной</w:t>
+              <w:t>снижения и снятия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>квалификации сотрудников и</w:t>
+              <w:t>классной квалификации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>военнослужащих органов</w:t>
+              <w:t>сотрудников и военнослужащих</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>внутренних дел</w:t>
+              <w:t>органов внутренних дел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z713" w:id="291"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z714" w:id="292"/>
+    <w:bookmarkStart w:name="z611" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                АКТ о присвоении, подтверждении, сохранении и</w:t>
-[...34 lines deleted...]
-    <w:bookmarkEnd w:id="293"/>
+        <w:t xml:space="preserve"> АКТ о присвоении, подтверждении и снижении классной квалификации военнослужащим НГ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z612" w:id="186"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия в составе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>председателя комиссии (должность, воинское звание, Ф.И.О. (при его наличии)),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заместителя председателя комиссии (должность, воинское звание, Ф.И.О. (при его наличии)),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и членов комиссии (должность, воинское звание, Ф.И.О. (при его наличии)),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рассмотрев представленные на присвоение, подтверждение, сохранение и снижение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>классной квалификации документы и результаты профессиональной подготовки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>военнослужащих НГ, проведенных в период с _______________ по _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20 _____ года, выносит следующее решение:</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z716" w:id="294"/>
+          <w:bookmarkStart w:name="z613" w:id="187"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="294"/>
+          <w:bookmarkEnd w:id="187"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12070,80 +9236,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z726" w:id="295"/>
+          <w:bookmarkStart w:name="z623" w:id="188"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="295"/>
+          <w:bookmarkEnd w:id="188"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -12379,80 +9545,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z736" w:id="296"/>
+          <w:bookmarkStart w:name="z633" w:id="189"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="296"/>
+          <w:bookmarkEnd w:id="189"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -12668,150 +9834,138 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z746" w:id="297"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z643" w:id="190"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Председатель комиссии __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-[...79 lines deleted...]
-    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заместитель председателя ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Члены комиссии ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Секретарь комиссии _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"____" __________ 20___ г.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12897,158 +10051,205 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>снижения и снятия классной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>квалификации сотрудников и</w:t>
+              <w:t>квалификации сотрудников</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>военнослужащих органов</w:t>
+              <w:t>и военнослужащих органов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>внутренних дел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z752" w:id="302"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z753" w:id="303"/>
+    <w:bookmarkStart w:name="z646" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> НАГРУДНЫЕ ЗНАКИ КЛАССНОГО СПЕЦИАЛИСТА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-[...18 lines deleted...]
-    <w:bookmarkStart w:name="z755" w:id="305"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z647" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нагрудный знак для военнослужащих НГ (кроме солдат срочной службы) "СПЕЦИАЛИСТ 1 КЛАССА-НАСТАВНИК (МАСТЕР)" (для военнослужащих, находящихся на должностях наземных авиационных специалистов авиации НГ -"НАСТАВНИК (МАСТЕР)")</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z648" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkEnd w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6781800" cy="2565400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
@@ -13069,115 +10270,91 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-    <w:bookmarkStart w:name="z757" w:id="307"/>
+    </w:p>
+    <w:bookmarkStart w:name="z649" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нагрудный знак для военнослужащих (кроме солдат срочной службы) "СПЕЦИАЛИСТ 1 КЛАССА"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z650" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6781800" cy="2603500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
@@ -13198,115 +10375,91 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-    <w:bookmarkStart w:name="z759" w:id="309"/>
+    </w:p>
+    <w:bookmarkStart w:name="z651" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нагрудный знак для военнослужащих (кроме солдат срочной службы) "СПЕЦИАЛИСТ 2 КЛАССА"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z652" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6781800" cy="2565400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
@@ -13327,115 +10480,91 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-    <w:bookmarkStart w:name="z761" w:id="311"/>
+    </w:p>
+    <w:bookmarkStart w:name="z653" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нагрудный знак для военнослужащих (кроме солдат срочной службы) "СПЕЦИАЛИСТ 3 КЛАССА"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z654" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6781800" cy="2565400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:stretch>
@@ -13456,115 +10585,91 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-    <w:bookmarkStart w:name="z763" w:id="313"/>
+    </w:p>
+    <w:bookmarkStart w:name="z655" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нагрудный знак для солдат срочной службы "СПЕЦИАЛИСТ 2 КЛАССА"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z656" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4025900" cy="4025900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
@@ -13585,115 +10690,91 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-    <w:bookmarkStart w:name="z765" w:id="315"/>
+    </w:p>
+    <w:bookmarkStart w:name="z657" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нагрудный знак для солдат срочной службы "СПЕЦИАЛИСТ 3 КЛАССА"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z658" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkEnd w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4025900" cy="4025900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:stretch>
@@ -13806,14733 +10887,352 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 7</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам присвоения, повышения, подтверждения, снижения и снятия классной квалификации сотрудников и военнослужащих органов внутренних дел</w:t>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>внутренних дел</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 16 марта 2018 года № 208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z767" w:id="316"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z768" w:id="317"/>
+    <w:bookmarkStart w:name="z335" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                      КАРТОЧКА</w:t>
-[...2763 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> Перечень</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                    Условия для присвоения (повышения, подтверждения)</w:t>
-[...11638 lines deleted...]
-        </w:rPr>
         <w:t>утративших силу некоторых приказов Министерства внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z336" w:id="426"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z336" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 21 января 2015 года № 40 "Об утверждении Правил присвоения, повышения, подтверждения, снижения и снятия классной квалификации сотрудникам и военнослужащим органов внутренних дел (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10336, опубликован 17 марта 2015 года в информационно-правовой системе "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z337" w:id="427"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z337" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 8 июня 2015 года № 511 "О внесении изменений и дополнения в приказ Министра внутренних дел Республики Казахстан от 21 января 2015 года № 40 "Об утверждении Правил присвоения, повышения, подтверждения, снижения и снятия классной квалификации сотрудникам и военнослужащим органов внутренних дел" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 11668, опубликован 3 августа 2015 года в информационно-правовой системе "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z338" w:id="428"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z338" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 13 марта 2017 года № 181 "О внесении изменений в приказ Министра внутренних дел Республики Казахстан от 21 января 2015 года № 40 "Об утверждении Правил присвоения, повышения, подтверждения, снижения и снятия классной квалификации сотрудникам и военнослужащим органов внутренних дел" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 15017, опубликован 25 апреля 2017 года в Эталонном контрольном банке нормативных правовых актов);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z339" w:id="429"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z339" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности министра внутренних дел Республики Казахстан от 18 мая 2017 года № 350 "О внесении изменений и дополнений в приказ Министра внутренних дел Республики Казахстан от 21 января 2015 года № 40 "Об утверждении Правил присвоения, повышения, подтверждения, снижения и снятия классной квалификации сотрудникам и военнослужащим органов внутренних дел" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 15245, опубликован 4 июля 2017 года в Эталонном контрольном банке нормативных правовых актов).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkEnd w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -28854,35 +11554,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>