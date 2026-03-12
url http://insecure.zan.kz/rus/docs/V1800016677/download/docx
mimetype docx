--- v0 (2025-11-13)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5a57388" w14:textId="5a57388">
+    <w:p w14:paraId="1a446d4" w14:textId="1a446d4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -673,2656 +673,2620 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 28 марта 2018 года № 413</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила электронного внутреннего государственного аудита</w:t>
+        <w:t xml:space="preserve"> Правила проведения электронного внутреннего государственного аудита</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила - в редакции приказа Заместителя Премьер-Министра - Министра финансов РК от 02.02.2023 </w:t>
+      Сноска. Правила - в редакции приказа Министра финансов РК от 29.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 111</w:t>
+        <w:t>№ 817</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила электронного внутреннего государственного аудита (далее – Правила) разработаны в соответствии с подпунктом 11-1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном аудите и финансовом контроле" (далее – Закон) и определяют порядок проведения электронного внутреннего государственного аудита уполномоченным органом по внутреннему государственному аудиту, его территориальными подразделениями и службами внутреннего государственно аудита центральных государственных органов, местных исполнительных органов областей, городов республиканского значения, столицы и подведомственных территориальных органов Министерства внутренних дел Республики Казахстан (далее – СВА).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном аудите и финансовом контроле" (далее – Закон) и определяют порядок проведения электронного внутреннего государственного аудита уполномоченным органом по внутреннему государственному аудиту, его территориальными подразделениями и службами внутреннего государственного аудита центральных государственных органов, местных исполнительных органов областей, городов республиканского значения, столицы и подведомственных территориальных органов Министерства внутренних дел Республики Казахстан (далее – СВА).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Основной целью электронного внутреннего государственного аудита является снижение нагрузки на объекты государственного аудита путем исключения контакта, сокращение сроков проведения внутреннего государственного аудита и обеспечение оперативного принятия решений по обращениям физических и юридических лиц в соответствии с компетенцией уполномоченного органа по внутреннему государственному аудиту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электронный внутренний государственный аудит проводится только в случаях использования электронных документов, удостоверенных посредством электронных цифровых подписей, предусматривающих установление, изменение или прекращение правоотношений, а также прав и обязанностей участников этих правоотношений, включая совершение гражданско-правовых сделок, с применением информационных технологий.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Электронный внутренний государственный аудит соответствия, аудит эффективности и аудит финансовой отчетности проводятся в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведения внутреннего государственного аудита и финансового контроля, утвержденными приказом Министра финансов Республики Казахстан от 19 марта 2018 года № 392 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 16689) (далее – Правила внутреннего государственного аудита), а также процедурным стандартом внутреннего государственного аудита и финансового контроля "Аудит соответствия", утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 1 февраля 2022 года № 113 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 26715), процедурным стандартом внутреннего государственного аудита и финансового контроля по проведению аудита эффективности службами внутреннего аудита, утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 2 октября 2018 года № 873 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17690) и процедурным стандартом "Аудит финансовой отчетности", утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 24 апреля 2017 года № 272 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 15209).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
-[...161 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Для целей настоящих Правил используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) предписание (далее – предписание) – обязательный для исполнения всеми государственными органами, организациями и должностными лицами акт об устранении выявленных нарушении и о рассмотрении ответственности лиц, их допустивших;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) предписание об устранении выявленных нарушений и о рассмотрении ответственности лиц, их допустивших (далее – предписание) – обязательный для исполнения акт уполномоченного органа по внутреннему государственному аудиту и его территориальных подразделений, направляемый объектам государственного аудита для устранения выявленных нарушений, а также принятия мер ответственности, предусмотренных законодательством Республики Казахстан, к лицам, допустившим эти нарушения;</w:t>
+      2) решение (распоряжение) об устранении выявленных нарушений и о рассмотрении ответственности лиц, их допустивших (далее – решение) – обязательный для исполнения объектом государственного аудита акт руководителя государственного органа, акима области, города республиканского значения, столицы, направляемый для устранения выявленных нарушений законодательства Республики Казахстан и (или) причин, условий, способствующих им, а также принятия мер ответственности, предусмотренных законодательством Республики Казахстан, к лицам, допустившим эти нарушения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аудиторские доказательства – фактические данные с учетом их законности, достоверности, допустимости, достаточности и относимости, на основе которых государственные аудиторы устанавливают наличие или отсутствие нарушений и (или) недостатков в работе, а также иные материалы, подтверждающие изложенные в аудиторском отчете факты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аудиторский отчет – документ, составленный непосредственно проводившими электронный внутренний государственный аудит государственными аудиторами, содержащий результаты проведенного электронного внутреннего государственного аудита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) аудиторское заключение – документ, составленный на основании аудиторского отчета, содержащий выводы и рекомендации по результатам электронного внутреннего государственного аудита, и утверждаемый электронной цифровой подписью руководителя уполномоченного органа по внутреннему государственному аудиту или его территориального подразделения или лица, его замещающего;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) аудиторские процедуры – действия, осуществляемые в ходе аудиторского мероприятия в соответствии с программой аудита, необходимые для достижения целей аудиторского мероприятия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) аудиторское задание – документ, содержащий программные вопросы, распределяемые между участниками группы аудита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) аудиторское мероприятие – комплекс действий, направленных на подготовку, проведение, оформление отчетов и заключений по итогам электронного внутреннего государственного аудита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) лицо, ответственное за аудиторское мероприятие – должностное лицо уполномоченного органа по внутреннему государственному аудиту или его территориальных подразделений, а также должностное лицо СВА, на которое возложены обязанности по контролю за организацией и проведением электронного внутреннего государственного аудита;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) подсистема "Финансовый контроль. Система управления рисками" интегрированной автоматизированной информационной системы "е-Минфин" (далее – Информационная система) – подсистема, предназначенная для автоматизации функции уполномоченного органа по внутреннему государственному аудиту в сфере государственного аудита и финансового контроля, государственных закупок;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) объекты государственного аудита и финансового контроля (далее – объекты государственного аудита) – государственные органы, государственные учреждения, субъекты квазигосударственного сектора, а также получатели бюджетных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) группа государственного аудита – два и более участников аудиторского мероприятия (государственный (-ые) аудитор (-ы), ассистент (-ы) государственного аудитора, при необходимости привлеченные эксперты по соответствующему профилю);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) руководитель группы государственного аудита – государственный аудитор, возглавляющий группу государственного аудита, определяемый руководителем уполномоченного органа по внутреннему государственному аудиту или его территориальных подразделений, руководителем СВА или лицом, его замещающим;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) веб-портал государственных закупок – информационная система государственного органа, предоставляющая единую точку доступа к электронным услугам государственных закупок;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) отчет о результатах внутреннего аудита – документ, составленный службой внутреннего аудита, содержащий рекомендации по улучшению внутренних процедур, правил, процессов в целях повышения эффективности работы, достижения конечных результатов деятельности объекта государственного аудита, представляемый первому руководителю центрального государственного органа или акиму области, города республиканского значения, столицы и уполномоченному органу по внутреннему государственному аудиту, утверждаемый электронной цифровой подписью руководителя СВА;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) уполномоченный орган по внутреннему государственному аудиту (далее – уполномоченный орган) – Комитет внутреннего государственного аудита Министерства финансов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) электронный документ – документ, в котором информация представлена в электронно-цифровой форме и удостоверена посредством электронной цифровой подписи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) электронный внутренний государственный аудит – государственный аудит, осуществляемый уполномоченным органом и СВА дистанционно посредством применения информационных технологий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) масштаб электронного внутреннего государственного аудита – перечень вопросов, период, срок проведения электронного внутреннего государственного аудита, необходимые трудовые ресурсы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) программа проведения электронного внутреннего государственного аудита (программа аудита) – документ, содержащий наименование объекта государственного аудита, цель (предмет) аудиторского мероприятия, детальный перечень вопросов, подлежащих электронному внутреннему государственному аудиту, перечень нормативных правовых актов Республики Казахстан, а также актов субъектов квазигосударственного сектора, принятых для их реализации, на соответствие которым проводится электронный внутренний государственный аудит.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Другие понятия, используемые в настоящих Правилах, применяются в значениях, определяемых </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бюджетным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодексом Республики Казахстан, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и иным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Электронный внутренний государственный аудит проводится на основе перечня объектов государственного аудита уполномоченного органа и СВА на соответствующий год (далее – перечень объектов государственного аудита), формируемого согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       СВА проводит внеплановый электронный внутренний государственный аудит в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уполномоченный орган проводит внеплановый электронный внутренний государственный аудит в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 18 Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок проведения электронного внутреннего государственного аудита</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок проведения электронного внутреннего государственного аудита</w:t>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Документы электронного внутреннего государственного аудита формируются в модуле "Дело электронного внутреннего государственного аудита" информационной системы, которое содержит программу аудита, аудиторское задание, поручение на проведение аудиторского мероприятия, аудиторский отчет, аудиторское заключение, предписание и другие документы по реализации результатов аудиторского мероприятия, предусмотренные информационной системой.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Электронный внутренний государственный аудит включает подготовительный, основной и заключительный этапы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. На подготовительном этапе до начала проведения аудиторского мероприятия определяется объект государственного аудита, масштаб электронного внутреннего государственного аудита, составляются программа аудита, аудиторское задание, поручение на проведение аудиторского мероприятия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Программа аудита составляется по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам руководителем группы электронного внутреннего государственного аудита или государственным аудитором и утверждается лицом, ответственным за проведение электронного внутреннего государственного аудита.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. На подготовительном этапе до начала проведения аудиторского мероприятия определяется объект государственного аудита, масштаб электронного внутреннего государственного аудита, составляются программа аудита, аудиторское задание, поручение на проведение аудиторского мероприятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Программа аудита составляется по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам руководителем группы электронного внутреннего государственного аудита или государственным аудитором и утверждается лицом, ответственным за проведение электронного внутреннего государственного аудита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Программа проведения электронного внутреннего государственного аудита финансовой отчетности составляется по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению 1-1</w:t>
+        <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Информация о результатах предварительного изучения объектов государственного аудита составляется по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению 1-2</w:t>
+        <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При проведении аудиторского мероприятия двумя и более участниками аудиторское задание составляется по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению 2</w:t>
+        <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, подписывается членами группы государственного аудита и утверждается руководителем группы государственного аудита.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Поручение на проведение аудиторского мероприятия составляется по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению 3</w:t>
+        <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам государственным аудитором или руководителем группы государственного аудита по согласованию с лицом, ответственным за проведение электронного внутреннего государственного аудита и подписывается ЭЦП руководителя уполномоченного органа или его территориальных подразделений или лица, его замещающего, ЭЦП первого руководителя центрального государственного органа, акима области, города республиканского значения, столицы или лица, его замещающего.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...61 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. Поручение на проведение аудиторского мероприятия после подписания ЭЦП руководителя уполномоченного органа или его территориальных подразделений или лица, его замещающего направляется для регистрации в уполномоченный орган в области правовой статистики и специальных учетов в порядке, определенном </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="45"/>
+      8. Поручение на проведение аудиторского мероприятия после подписания ЭЦП руководителя уполномоченного органа или его территориальных подразделений или лица, его замещающего направляется для регистрации в уполномоченный орган в области правовой статистики и специальных учетов в порядке, определенном Правилами регистрации актов о назначении, дополнительных актов о продлении сроков проверки и профилактического контроля и надзора с посещением субъекта (объекта) контроля и надзора и их отмены, уведомлений о приостановлении, возобновлении, продлении сроков проверки и профилактического контроля и надзора с посещением субъекта (объекта) контроля и надзора, изменении состава участников и представлении информационных учетных документов о проверке и профилактическом контроле и надзоре с посещением субъекта (объекта) контроля и надзора и их результатах, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Генерального Прокурора Республики Казахстан от 25 декабря 2020 года № 162 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21964) (далее – Правила регистрации актов).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После регистрации в уполномоченном органе в области правовой статистики и специальных учетов поручение на проведение аудиторского мероприятия направляется объекту государственного аудита посредством применения информационных технологий, в том числе посредством веб-портала государственных закупок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При получении поручения на проведение аудиторского мероприятия и его прочтении первым руководителем объекта государственного аудита или лицом, исполняющим его обязанности, в СУР/ФК формируется уведомление о его доставке.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="47"/>
+      При получении поручения на проведение аудиторского мероприятия и его прочтении первым руководителем объекта государственного аудита или лицом, исполняющим его обязанности, в информационной системе формируется уведомление о его доставке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Поручение на проведение аудиторского мероприятия после подписания ЭЦП первого руководителя центрального государственного органа, акима области, города республиканского значения, столицы, или лица, его замещающего, направляется посредством информационных технологий.</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="49"/>
+      9. Поручение на проведение аудиторского мероприятия после подписания ЭЦП первого руководителя центрального государственного органа, акима области, города республиканского значения, столицы, или лица, его замещающего, направляется посредством информационных технологий. При получении поручения на проведение аудиторского мероприятия и его прочтении первым руководителем объекта государственного аудита или лицом, его замещающим, в информационной системе формируется уведомление о его доставке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. На основном этапе проведения электронного внутреннего государственного аудита государственный (-ые) аудитор (-ы), ассистент (-ы) государственного аудитора, при необходимости привлеченные эксперты по соответствующему профилю, используя сведения, содержащиеся в информационных системах центрального уполномоченного органа по исполнению бюджета, осуществляют внутренний государственный аудит соблюдения объектом государственного аудита норм законодательства Республики Казахстан, а также актов субъектов квазигосударственного сектора, принятых для их реализации, путем выполнения аудиторских процедур.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выявляемые факты нарушений и (или) недостатков по результатам электронного внутреннего государственного аудита основываются на аудиторских доказательствах и (или) иных документах и информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудиторские доказательства, на основе которых формируются выводы и рекомендации по результатам электронного внутреннего государственного аудита, являются объективными, достоверными и достаточными.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. На заключительном этапе проведения электронного внутреннего государственного аудита принимается решение и документы электронного внутреннего государственного аудита формируются в модуле "Дело электронного внутреннего государственного аудита" СУР/ФК (аудиторский отчет, аудиторское заключение, предписание и другие документы по реализации результатов аудиторского мероприятия).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="53"/>
+      11. На заключительном этапе проведения электронного внутреннего государственного аудита принимается решение и документы электронного внутреннего государственного аудита формируются в модуле "Дело электронного внутреннего государственного аудита" информационной системы (аудиторский отчет, аудиторское заключение, предписание и другие документы по реализации результатов аудиторского мероприятия).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. При проведении аудиторского мероприятия государственный (-ые) аудитор (-ы), ассистент (-ы) государственного аудитора, при необходимости привлеченные эксперты по соответствующему профилю, руководствуются общими, процедурными стандартами государственного аудита и финансового контроля и настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Изменение масштаба электронного внутреннего государственного аудита осуществляется с внесением соответствующих изменений или дополнений в документы электронного внутреннего государственного аудита (программа аудита, аудиторское задание, поручение на проведение аудиторского мероприятия).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Уполномоченный орган и его территориальные подразделения в течение 3 (трех) рабочих дней после утверждения аудиторского заключения направляют в уполномоченный орган в области правовой статистики и специальных учетов электронный информационный учетный документ – талон-уведомление в порядке, определенных Правилами регистрации актов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z65" w:id="56"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок принятия решения и формирования документов по результатам электронного внутреннего государственного аудита</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z66" w:id="57"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Аудиторский отчет составляется в строгом соответствии с перечнем вопросов программы аудита по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению 4</w:t>
+        <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выявленные нарушения и недостатки по результатам электронного внутреннего государственного аудита описываются объективно и точно, с указанием необходимых ссылок на реквизиты электронных документов, подтверждающих достоверность записей в аудиторском отчете, а также статей, пунктов и подпунктов нормативных правовых актов, положения которых нарушены.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z68" w:id="59"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Каждый факт нарушения, а также выявленные недостатки нумеруются и фиксируются отдельным пунктом в последовательном порядке с описанием характера и вида нарушения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z69" w:id="60"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если по вопросу аудиторского мероприятия нарушений и недостатков не установлено, государственным аудитором в аудиторском отчете указывается на отсутствие выявленных нарушений и недостатков и перечисляются реквизиты подвергнутых электронному внутреннему государственному аудиту документов, на основе которых сформулированы данные выводы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z70" w:id="61"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Не допускается включение в аудиторский отчет фактов, выводов, не подтвержденных соответствующими аудиторскими доказательствами и (или) иными документами и информацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z71" w:id="62"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Выявленные нарушения и недостатки отражаются в реестре нарушений и недостатков по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению 5</w:t>
+        <w:t>приложению 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, являющиеся неотъемлемой частью аудиторского отчета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z72" w:id="63"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Государственный аудитор по итогам проведенной проверки формирует аудиторский отчет и подписывает его в СУР/ФК.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="64"/>
+      16. Государственный аудитор по итогам проведенной проверки формирует аудиторский отчет и подписывает его в информационной системе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Подписанный государственным аудитором в СУР/ФК аудиторский отчет направляется первому руководителю объекта государственного аудита или лицу, его заменяющему, посредством применения информационных технологий, в том числе посредством веб-портала государственных закупок, для ознакомления и подписания:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="65"/>
+      Подписанный государственным аудитором в информационной системе аудиторский отчет направляется первому руководителю объекта государственного аудита или лицу, его заменяющему, посредством применения информационных технологий, в том числе посредством веб-портала государственных закупок, для ознакомления и подписания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по аудиторским мероприятиям, срок проведения которых составляет до 15 (пятнадцати) рабочих дней включительно – не позднее 1 (одного) рабочего дня до даты завершения аудиторского мероприятия, указанного в поручении на проведение аудиторского мероприятия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z75" w:id="66"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) по аудиторским мероприятия, срок проведения которых превышает 15 (пятнадцать) рабочих дней – не позднее 2 (двух) рабочих дней до даты завершения аудиторского мероприятия, указанного в поручении на проведение аудиторского мероприятия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z76" w:id="67"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. При получении подписанного государственным аудитором аудиторского отчета и его прочтении первым руководителем объекта государственного аудита или лицом, исполняющим его обязанности, в СУР/ФК формируется уведомление о его доставке.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="68"/>
+      17. При получении подписанного государственным аудитором аудиторского отчета и его прочтении первым руководителем объекта государственного аудита или лицом, исполняющим его обязанности, в информационной системе формируется уведомление о его доставке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Аудиторский отчет подписывается ЭЦП первого руководителя объекта государственного аудита или лицом, исполняющим его обязанности, не позднее даты завершения аудиторского мероприятия, указанного в поручении на проведение аудиторского мероприятия, и автоматически перенаправляется в СУР/ФК.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="69"/>
+      18. Аудиторский отчет подписывается ЭЦП первого руководителя объекта государственного аудита или лицом, исполняющим его обязанности, не позднее даты завершения аудиторского мероприятия, указанного в поручении на проведение аудиторского мероприятия, и автоматически перенаправляется в информационной системе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При несогласии с результатами аудиторского мероприятия аудиторский отчет подписывается первым руководителем объекта государственного аудита или лицом, исполняющим его обязанности, не позднее даты завершения аудиторского мероприятия, указанного в поручении на проведение аудиторского мероприятия, с оговоркой о наличии возражений и указанием обосновании по ним.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z80" w:id="71"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. Финансовый контроль осуществляется уполномоченным органом в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. В течение 3 (трех) рабочих дней после проведения контроля качества материалов электронного внутреннего государственного аудита:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z81" w:id="72"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) лицо, ответственное за аудиторское мероприятие, формирует в СУР/ФК аудиторское заключение по итогам электронного внутреннего государственного аудита по форме согласно </w:t>
-[...9 lines deleted...]
-        <w:t>приложению 6</w:t>
+      1) лицо, ответственное за аудиторское мероприятие, формирует в информационной системе аудиторское заключение по итогам электронного внутреннего государственного аудита по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z82" w:id="73"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) руководитель уполномоченного органа или его территориальных подразделений или лицо, его замещающего посредством ЭЦП утверждает аудиторское заключение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z83" w:id="74"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) при выявлении нарушений и (или) недостатков, государственный аудитор уполномоченного органа по внутреннему государственному аудиту и его территориальных подразделений формирует в СУР/ФК предписание на устранение выявленных нарушений и о рассмотрении ответственности лиц, их допустивших по форме согласно </w:t>
-[...9 lines deleted...]
-        <w:t>приложению 7</w:t>
+      3) при выявлении нарушений и (или) недостатков, государственный аудитор уполномоченного органа по внутреннему государственному аудиту и его территориальных подразделений формирует в информационной системе предписание на устранение выявленных нарушений и о рассмотрении ответственности лиц, их допустивших по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, являющееся документом, обязательным для исполнения объектом государственного аудита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z84" w:id="75"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) руководитель уполномоченного органа или его территориальных подразделений или лицо, его замещающего посредством ЭЦП подписывает предписание.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z85" w:id="76"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Не допускается включение в аудиторское заключение и предписание фактов нарушений и (или) недостатков с не рассмотренными возражениями объекта государственного аудита и не подтвержденных контролем качества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z86" w:id="77"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Контроль качества документов, составляемых государственными аудиторами по результатам электронного внутреннего государственного аудита, осуществляется в порядке, определенном Правилами проведения внутреннего государственного аудита и финансового контроля, утвержденными в соответствии с подпунктом 8) </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z87" w:id="78"/>
+      Контроль качества документов, составляемых государственными аудиторами по результатам электронного внутреннего государственного аудита, осуществляется в порядке, определенном Правилами проведения внутреннего государственного аудита и финансового контроля, утвержденными в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 8)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 14 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. В течение 3 (трех) рабочих дней после подписания аудиторского отчета о результатах внутреннего аудита:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z88" w:id="79"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z93" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) лицо, ответственное за аудиторское мероприятие, формирует и подписывает посредством ЭЦП в СУР/ФК отчет о результатах внутреннего аудита по итогам электронного внутреннего государственного аудита по форме согласно </w:t>
-[...9 lines deleted...]
-        <w:t>приложению 8</w:t>
+      1) лицо, ответственное за аудиторское мероприятие, формирует и подписывает посредством ЭЦП в информационной системе отчет о результатах внутреннего аудита по итогам электронного внутреннего государственного аудита по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z89" w:id="80"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z94" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) при выявлении нарушений и (или) недостатков, государственный аудитор СВА формирует в СУР/ФК решение на устранение выявленных нарушений и о рассмотрении ответственности лиц (далее - решение), их допустивших по форме согласно </w:t>
-[...9 lines deleted...]
-        <w:t>приложению 9</w:t>
+      2) при выявлении нарушений и (или) недостатков, государственный аудитор СВА формирует в информационной системе решение на устранение выявленных нарушений и о рассмотрении ответственности лиц (далее - решение), их допустивших по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, являющееся документом, обязательным для исполнения объектом государственного аудита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z90" w:id="81"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z95" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) первый руководитель центрального государственного органа, аким области, города республиканского значения, столицы посредством ЭЦП подписывает решение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z91" w:id="82"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z96" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Не допускается включение в отчет о результатах внутреннего аудита и решение на устранение выявленных нарушений и (или) недостатков с не рассмотренными возражениями объекта государственного аудита и не подтвержденных контролем качества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z92" w:id="83"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z97" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Контроль качества документов, составляемых государственными аудиторами СВА по результатам электронного внутреннего государственного аудита, осуществляется в порядке, определенном Правилами внутреннего государственного аудита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z93" w:id="84"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z98" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Аудиторское заключение и предписание направляются объекту государственного аудита посредством применения информационных технологий, в том числе посредством веб-портала государственных закупок, в течение 1 (одного) рабочего дня после утверждения аудиторского заключения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z94" w:id="85"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При получении Аудиторского заключения и предписания и их прочтении первым руководителем объекта государственного аудита или лицом, исполняющим его обязанности, в СУР/ФК формируется уведомление об их доставке.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z95" w:id="86"/>
+      При получении Аудиторского заключения и предписания и их прочтении первым руководителем объекта государственного аудита или лицом, исполняющим его обязанности, в информационной системе формируется уведомление об их доставке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z100" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Отчет о результатах внутреннего аудита и решение направляются объекту государственного аудита посредством применения информационных технологий, в том числе посредством веб-портала государственных закупок, в течение 1 (одного) рабочего дня после утверждения аудиторского заключения.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z96" w:id="87"/>
+      23. Отчет о результатах внутреннего аудита и решение направляются объекту государственного аудита, государственным органам, организациям и должностным лицам посредством применения информационных технологий, в том числе посредством веб-портала государственных закупок, в течение 1 (одного) рабочего дня после утверждения аудиторского заключения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z101" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Мониторинг документов, принимаемых по результатам электронного внутреннего государственного аудита</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z97" w:id="88"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z102" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Объект государственного аудита в указанные в соответствующих документах сроки, направляет в уполномоченный орган или его территориальные подразделения информацию о результатах рассмотрения рекомендаций и об исполнении предписания, посредством применения информационных технологий, в том числе посредством веб-портала государственных закупок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z98" w:id="89"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z103" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Объект государственного аудита в указанные в соответствующих документах сроки, направляет в СВА информацию о результатах рассмотрения рекомендаций и об исполнении решения, посредством применения информационных технологий, в том числе посредством веб-портала государственных закупок.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z99" w:id="90"/>
+      25. Объект государственного аудита, государственные органы, организации и должностные лица в указанные в соответствующих документах сроки, направляет в СВА информацию о результатах рассмотрения рекомендаций и об исполнении решения, посредством применения информационных технологий, в том числе посредством веб-портала государственных закупок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z104" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Лицо, ответственное за аудиторское мероприятие, на постоянной и системной основе осуществляет мониторинг:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z100" w:id="91"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z105" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) своевременности и полноты информации о результатах рассмотрения рекомендаций, данных в аудиторском заключении или в отчете о результатах внутреннего аудита, направляемой объектом государственного аудита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z101" w:id="92"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z106" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) своевременности и полноты исполнения предписания или решения объектом государственного аудита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z102" w:id="93"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z107" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. По результатам рассмотрения рекомендаций и полного исполнения предписания или решения объектом государственного аудита, составляется справка о завершении аудиторского мероприятия по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению 10</w:t>
+        <w:t>приложению 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z103" w:id="94"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z108" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      28. По результатам рассмотрения рекомендаций и полного исполнения объектом государственного аудита, составляется справка о завершении аудиторского мероприятия по форме, согласно </w:t>
-[...9 lines deleted...]
-        <w:t>приложению 11</w:t>
+      28. По результатам рассмотрения рекомендаций и полного исполнения объектом государственного аудита, государственными органами, организациями и должностными лицами, составляется справка о завершении аудиторского мероприятия по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z104" w:id="95"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z109" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. При невыполнении или ненадлежащем выполнении объектом государственного аудита в указанный срок предписания, руководителем группы аудита или государственным аудитором в течение 5 (пяти) рабочих дней со дня истечения указанного в предписании срока принимаются меры, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 462</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Кодекса Республики Казахстан "Об административных правонарушениях" (далее – Кодекс).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z105" w:id="96"/>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан об административных правонарушениях (далее – Кодекс).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z110" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      30. При невыполнении или ненадлежащем выполнении объектом государственного аудита в указанный срок решения, руководителем группы аудита или государственным аудитором в течение 5 (пяти) рабочих дней со дня истечения указанного в решение срока принимаются меры, предусмотренные </w:t>
+      30. При невыполнении или ненадлежащем выполнении объектом государственного аудита, государственными органами, организациями и должностными лицами в указанный срок решения, руководителем группы аудита или государственным аудитором в течение 5 (пяти) рабочих дней со дня истечения указанного в решение срока принимаются меры, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 462</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z106" w:id="97"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z111" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Порядок обжалования решения и документов по результатам электронного внутреннего государственного аудита</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z107" w:id="98"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z112" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      31. Обжалование решения и документов по результатам электронного внутреннего государственного аудита осуществляется в порядке, установленном подпунктом 4) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 37 и </w:t>
+      31. Обжалование решения и документов по результатам электронного внутреннего государственного аудита осуществляется в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 37 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3356,77 +3320,64 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>Приложение 1 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам электронного</w:t>
-[...12 lines deleted...]
-              <w:t>внутреннего</w:t>
+              <w:t>электронного внутреннего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственного аудита</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3564,267 +3515,199 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>за проведение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>электронного внутреннего</w:t>
+              <w:t>аудиторского мероприятия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственного аудита</w:t>
+              <w:t>_________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>_________________________</w:t>
+              <w:t>(должность, фамилия, имя,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(должность, фамилия, имя,</w:t>
+              <w:t>отчество (при его наличии),</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>отчество (при его наличии),</w:t>
+              <w:t>подпись)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>подпись)</w:t>
-[...12 lines deleted...]
-              <w:t>от "__" _________ 20___ года</w:t>
+              <w:t>от ___ _________ 20___ года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z185" w:id="99"/>
+    <w:bookmarkStart w:name="z116" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Программа аудита</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-[...38 lines deleted...]
-    <w:bookmarkStart w:name="z186" w:id="100"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z117" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Наименование объекта государственного аудита ___________________________</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z187" w:id="101"/>
+      1. Наименование объекта государственного аудита __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z118" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Цель/предмет аудиторского мероприятия: _________________________________</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="z188" w:id="102"/>
+      2. Цель/предмет аудиторского мероприятия: _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z119" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Детальный перечень вопросов, подлежащих электронному внутреннему</w:t>
-[...19 lines deleted...]
-    </w:p>
+      3. Детальный перечень вопросов, подлежащих электронному внутреннему государственному аудиту:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3839,51 +3722,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4916,53 +4799,218 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">
+Итого: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5025,458 +5073,252 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z189" w:id="103"/>
+      <w:bookmarkStart w:name="z120" w:id="108"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Перечень нормативных правовых актов Республики Казахстан, а также актов</w:t>
-[...34 lines deleted...]
-        <w:t>на соответствие которым проводится электронный внутренний государственный аудит:</w:t>
+      4. Перечень нормативных правовых актов Республики Казахстан, а также актов субъектов квазигосударственного сектора, принятых для их реализации, на соответствие которым проводится электронный внутренний государственный аудит:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель группы государственного аудита/государственный аудитор</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Руководитель группы государственного аудита/государственный аудитор</w:t>
-[...32 lines deleted...]
-        </w:rPr>
         <w:t>(должность, фамилия, имя, отчество (при его наличии), подпись)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...290 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z121" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z122" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Наименование объекта государственного аудита (указать организационно-правовую форму, полное наименование объекта государственного аудита).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z123" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Цель/предмет аудиторского мероприятия (в зависимости от тематики аудиторского мероприятия в качестве цели указываются направления, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 14 Закона Республики Казахстан "О государственном аудите и финансовом контроле").</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z124" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Детальный перечень вопросов, подлежащих электронному внутреннему государственному аудиту (конкретизировать вопросы, подлежащие электронному внутреннему государственному аудиту).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z125" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Перечень нормативных правовых актов Республики Казахстан, а также актов субъектов квазигосударственного сектора, принятых для их реализации, на соответствие которым проводится электронный внутренний государственный аудит (указать нормативные правовые акты Республики Казахстан, а также акты субъектов квазигосударственного сектора, принятых для их реализации, используемые в ходе аудиторского мероприятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5510,77 +5352,64 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1-1</w:t>
+              <w:t>Приложение 2 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам электронного</w:t>
-[...12 lines deleted...]
-              <w:t>внутреннего</w:t>
+              <w:t>электронного внутреннего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственного аудита</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5744,299 +5573,210 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(должность, фамилия, имя</w:t>
+              <w:t>(должность, фамилия,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и отчество (при его наличии),</w:t>
+              <w:t>имя, отчество (при его наличии),</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подпись)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от ___ _________ 20___ года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z196" w:id="104"/>
+    <w:bookmarkStart w:name="z129" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Программа проведения электронного внутреннего государственного аудита финансовой отчетности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-[...44 lines deleted...]
-      <w:bookmarkStart w:name="z197" w:id="105"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z130" w:id="115"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. __________________________________________________________________</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="105"/>
+      1. ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование объекта государственного аудита)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z198" w:id="106"/>
+    <w:bookmarkStart w:name="z131" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Цель, предмет аудиторского мероприятия</w:t>
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="z199" w:id="107"/>
+      2. Цель, предмет аудиторского мероприятия ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z132" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Вид проверки (совместная, параллельная)</w:t>
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="z200" w:id="108"/>
+      3. Вид проверки (совместная, параллельная) ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z133" w:id="118"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Детальный перечень вопросов, подлежащих внутреннему государственному</w:t>
-[...19 lines deleted...]
-    </w:p>
+      4. Детальный перечень вопросов, подлежащих внутреннему государственному аудиту:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ пункта ___________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6118,164 +5858,164 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Итого:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z201" w:id="109"/>
+      <w:bookmarkStart w:name="z134" w:id="119"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Перечень нормативных правовых актов Республики Казахстан и иных документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>органов внутреннего государственного аудита, используемых в ходе аудиторского</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мероприятия (совместной, параллельной проверки):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>__________________________________________________________</w:t>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель группы государственного аудита</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>__________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>(должность, фамилия, имя и отчество (при его наличии), подпись)</w:t>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(должность, фамилия, имя, отчество (при его наличии), подпись)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6311,77 +6051,64 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1-2</w:t>
+              <w:t>Приложение 3 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам электронного</w:t>
-[...12 lines deleted...]
-              <w:t>внутреннего</w:t>
+              <w:t>электронного внутреннего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственного аудита</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6480,210 +6207,185 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Лицу, ответственному</w:t>
+              <w:t>Лицо, ответственное</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>за проведение</w:t>
+              <w:t>за проведение аудиторского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аудиторского мероприятия</w:t>
+              <w:t>мероприятия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>___________________________</w:t>
+              <w:t>_________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(должность, фамилия, имя</w:t>
+              <w:t>(должность, фамилия,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и отчество (при его наличии),</w:t>
+              <w:t>имя, отчество (при его наличии),</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подпись)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от ___ _________ 20___ года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z204" w:id="110"/>
+    <w:bookmarkStart w:name="z138" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Информация о результатах предварительного изучения объектов государственного аудита</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-[...44 lines deleted...]
-      <w:bookmarkStart w:name="z205" w:id="111"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z139" w:id="121"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Предварительное изучения объектов государственного аудита:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6697,266 +6399,260 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственного аудита (область/город))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z206" w:id="112"/>
+      <w:bookmarkStart w:name="z140" w:id="122"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Основание для организации аудиторского мероприятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование документа, дата, номер)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z207" w:id="113"/>
+      <w:bookmarkStart w:name="z141" w:id="123"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Цель, предмет и вопросы аудиторского мероприятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z208" w:id="114"/>
+      <w:bookmarkStart w:name="z142" w:id="124"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Изучены следующие документы, имеющие значение для организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>аудиторского мероприятия:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z209" w:id="115"/>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="115"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(указать перечень изученных документов, отчетов и другой информации, в том числе</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">полученных в соответствие со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ст.21</w:t>
+        <w:t>статьей 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона у объекта государственного аудита).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z210" w:id="116"/>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="116"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(результаты предыдущего государственного аудита (контроля) и проверок,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6970,118 +6666,115 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>правоустанавливающих и иных первичных документов).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z211" w:id="117"/>
+      <w:bookmarkStart w:name="z143" w:id="125"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В ходе предварительного изучения на основе анализа и оценки информации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>о деятельности объекта государственного аудита в зависимости от типа аудита</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и целей аудиторского мероприятия, произведена оценка следующих показателей:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z212" w:id="118"/>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="118"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) наличии и степени рисков – _______________________________________.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(в соответствии с указанной целью, предмету и вопросу аудиторского мероприятия</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7129,64 +6822,61 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сфере и (или) деятельности объекта государственного аудита);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z213" w:id="119"/>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="119"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) система внутреннего контроля – ____________________________________.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(в соответствии с указанной целью, предмету и вопросу аудиторского мероприятия</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7254,64 +6944,61 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>обеспечивать достижение поставленных целей и задач);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z214" w:id="120"/>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="120"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) существенность – ________________________________________________.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(в соответствии с указанной целью, предмету и вопросу аудиторского мероприятия</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7350,68 +7037,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан, а также актов субъектов квазигосударственного сектора,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>принятых в их реализацию, а также иные ошибки, оказывающие влияние</w:t>
-[...16 lines deleted...]
-        <w:t>на принимаемые решения, максимально допустимый размер которых определяется</w:t>
+        <w:t>принятых в их реализацию, а также иные ошибки, оказывающие влияние на</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>принимаемые решения, максимально допустимый размер которых определяется</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в соответствии с законодательством Республики Казахстан о государственном аудите</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -7444,329 +7131,346 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>существенности и аудиторского риска осуществляется в соответствии со стандартами).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z215" w:id="121"/>
+      <w:bookmarkStart w:name="z144" w:id="126"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Необходимость проведения встречной проверки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-[...14 lines deleted...]
-        <w:t>________________________________________________________________________.</w:t>
+    <w:bookmarkEnd w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование объекта государственного аудита, указать обоснование</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в необходимости проведения встречной проверки)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z216" w:id="122"/>
+      <w:bookmarkStart w:name="z145" w:id="127"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Необходимость привлечения специалистов (экспертов)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-[...14 lines deleted...]
-        <w:t>________________________________________________________________________.</w:t>
+    <w:bookmarkEnd w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(указать обоснование в необходимости специалистов (экспертов))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z217" w:id="123"/>
+      <w:bookmarkStart w:name="z146" w:id="128"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Необходимость в получении разрешений в случаях проведения государственного</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-[...14 lines deleted...]
-        <w:t>аудита на режимных объектах ______________________________________________</w:t>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аудита на режимных объектах</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(требуется/не требуется).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z218" w:id="124"/>
+      <w:bookmarkStart w:name="z147" w:id="129"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. По итогам предварительного изучения объекта государственного аудита</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и проведенного анализа предлагаем:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z219" w:id="125"/>
+      <w:bookmarkStart w:name="z148" w:id="130"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9.1. Проведение аудиторского мероприятия на объекте государственного аудита</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-[...14 lines deleted...]
-        <w:t>__________________________________________________________________________</w:t>
+    <w:bookmarkEnd w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование объекта государственного аудита)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(указать целесообразность проведения аудиторского мероприятия на основании</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -7782,96 +7486,96 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>существенности, при отказе в проведение аудита указать причину).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z220" w:id="126"/>
+      <w:bookmarkStart w:name="z149" w:id="131"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9.2. Включить в Программу аудита:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) объем средств бюджета и активов, охватываемый аудиторским мероприятием:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(указать объем средств и активов, охватываемых внутренним государственным</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -7929,261 +7633,261 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мероприятия (совместной, параллельной проверки) к каждому из показателей:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________.</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z223" w:id="127"/>
+        <w:t>_________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z150" w:id="132"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Распределение вопросов, подлежащие охвату в ходе аудиторского мероприятия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>между государственными аудиторами, ассистентами и экспертами при проведении</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>совместной и параллельной проверок – между государственными органами</w:t>
-[...42 lines deleted...]
-      <w:bookmarkStart w:name="z224" w:id="128"/>
+        <w:t>совместной и параллельной проверок – между государственными органами и</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органами государственного аудита и финансового контроля:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z151" w:id="133"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Срок проведения аудиторского мероприятия определить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-[...14 lines deleted...]
-        <w:t>_________________________________________________________________________.</w:t>
+    <w:bookmarkEnd w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель группы государственного аудита</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(подпись, фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Участники группы государственного аудита</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(подпись, фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
@@ -8236,90 +7940,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 4 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам электронного</w:t>
+              <w:t>электронного внутреннего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>внутреннего государственного</w:t>
-[...12 lines deleted...]
-              <w:t>аудита</w:t>
+              <w:t>государственного аудита</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -8345,231 +8036,252 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель группы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственного аудита</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(должность, фамилия, имя,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отчество (при его наличии),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подпись)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от "___" ________ 20___ года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z119" w:id="129"/>
+    <w:bookmarkStart w:name="z155" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аудиторское задание*</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z156" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                                       Руководитель группы</w:t>
-[...123 lines deleted...]
-    <w:bookmarkStart w:name="z121" w:id="131"/>
+      1. Наименование объекта государственного аудита _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z157" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Наименование объекта государственного аудита ______________________________</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="132"/>
+      2. Срок аудиторского мероприятия: ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -8586,51 +8298,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9112,51 +8824,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9653,348 +9365,379 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z123" w:id="133"/>
-[...223 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:name="z158" w:id="137"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      *При проведении аудиторского мероприятия государственным аудитором (одним участником), аудиторское задание не составляется.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z125" w:id="135"/>
+      Члены группы государственного аудита (государственный (-ые) аудитор (-ы),</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ассистент (-ы) государственного аудитора, привлеченные эксперты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по соответствующему профилю)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(должность, фамилия, имя, отчество (при его наличии), подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Согласованно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Лицо, ответственное за проведение электронного внутреннего государственного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аудита _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(должность, фамилия, имя, отчество (при его наличии), подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от "___" ____________ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>*При проведении аудиторского мероприятия государственным аудитором</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(одним участником), аудиторское задание не составляется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z159" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z160" w:id="139"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Наименование объекта государственного аудита (указать организационно-правовую форму, полное наименование объекта государственного аудита).</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+      1. Наименование объекта государственного аудита</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать организационно-правовую форму, полное наименование объекта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственного аудита).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z161" w:id="140"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Срок аудиторского мероприятия (указывается срок аудиторского мероприятия согласно поручению на проведение аудиторского мероприятия и общее количество рабочих дней, необходимых для проведения аудиторского мероприятия).</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="137"/>
+      2. Срок аудиторского мероприятия (указывается срок аудиторского мероприятия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>согласно поручению на проведение аудиторского мероприятия и общее количество</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рабочих дней, необходимых для проведения аудиторского мероприятия).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10028,90 +9771,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>Приложение 5 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам электронного</w:t>
+              <w:t>электронного внутреннего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>внутреннего государственного</w:t>
-[...12 lines deleted...]
-              <w:t>аудита</w:t>
+              <w:t>государственного аудита</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -10138,786 +9868,865 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z130" w:id="138"/>
+    <w:bookmarkStart w:name="z164" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Поручение на проведение аудиторского мероприятия (проверки) (Акт о назначении проверки)</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="z131" w:id="139"/>
+        <w:t xml:space="preserve"> Поручение на проведение аудиторского мероприятия (проверки)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(Акт о назначении проверки)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z165" w:id="142"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "___" ________ 20 __ год                                     № ___</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">       В соответствии со </w:t>
+      "___" ________ 20 __ год № ___</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном </w:t>
-[...662 lines deleted...]
-        <w:t>указываются права и обязанности объекта государственного аудита согласно статье 37 Закона.</w:t>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аудите и финансовом контроле" (далее – Закон) поручается</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать фамилия, имя, отчество (при его наличии) и должности работника (-ов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органов внутреннего государственного аудита, с указанием руководителя группы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственного аудита, которому (-ым) поручено проведение аудиторского</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мероприятия (проверки) провести в</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать организационно-правовую форму объекта государственного аудита, полное</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование, его местонахождение, бизнес-идентификационный номер, фамилия,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>имя, отчество (при его наличии) первого руководителя объекта государственного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аудита или лица, исполняющего его обязанности) аудиторское мероприятие (проверку)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по вопросу _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать предмет/вопрос аудиторского мероприятия (проверки)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>*Тип государственного аудита ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Период, охватываемый аудиторским мероприятием (проверкой)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок проведения аудиторского мероприятия</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(проверки): с _________ по___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Лицо, ответственное за аудиторское мероприятие:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(должность, фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Поручение на проведение аудиторского мероприятия (проверки) вступает в силу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>со дня его регистрации в уполномоченном органе в области правовой статистики</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и специальных учетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Основание: ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(перечень объектов государственного аудита уполномоченного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по внутреннему государственному аудиту и его территориальных подразделений</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на соответствующий год; поручение Президента Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и Правительства Республики Казахстан; результаты мониторинга данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>информационных систем центрального уполномоченного органа по исполнению</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бюджета с применением системы управления рисками; обращения физических</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и юридических лиц; дата, номер документа, послужившего основанием</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для назначения аудиторского мероприятия).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель уполномоченного органа по внутреннему государственному аудиту/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>его территориального подразделения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпись, фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>*Не указывается при проведении встречной проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z166" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z167" w:id="144"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На оборотной стороне поручения на проведение аудиторского мероприятия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>указываются права и обязанности объекта государственного аудита согласно</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 37</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10953,77 +10762,64 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
+              <w:t>Приложение 6 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам электронного</w:t>
-[...12 lines deleted...]
-              <w:t>внутреннего</w:t>
+              <w:t>электронного внутреннего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственного аудита</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11063,106 +10859,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z226" w:id="140"/>
+    <w:bookmarkStart w:name="z170" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аудиторский отчет №___*</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-[...37 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="145"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11196,2142 +10954,1268 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>_______________________</w:t>
+              <w:t>________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(место составления)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________ 20___ года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(дата аудиторского отчета)**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z227" w:id="141"/>
+      <w:bookmarkStart w:name="z172" w:id="146"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Наименование объекта государственного аудита:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-[...23 lines deleted...]
-      <w:bookmarkStart w:name="z228" w:id="142"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z173" w:id="147"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тип электронного внутреннего государственного аудита:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-[...23 lines deleted...]
-      <w:bookmarkStart w:name="z229" w:id="143"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z174" w:id="148"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Поручение на проведение электронного внутреннего государственного</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-[...23 lines deleted...]
-      <w:bookmarkStart w:name="z230" w:id="144"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аудита: ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z175" w:id="149"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Электронный внутренний государственный аудит проведен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-[...23 lines deleted...]
-      <w:bookmarkStart w:name="z231" w:id="145"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z176" w:id="150"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Цель (предмет) электронного внутреннего государственного аудита:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-[...23 lines deleted...]
-      <w:bookmarkStart w:name="z232" w:id="146"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z177" w:id="151"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Период, охваченный электронным внутренним государственным аудитом:</w:t>
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="z233" w:id="147"/>
+      6. Период, охваченный электронным внутренним государственным</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аудитом: __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z178" w:id="152"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Срок проведения электронного внутреннего государственного аудита:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>с _________ по ________.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z234" w:id="148"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z179" w:id="153"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Должностные лица объекта государственного аудита: ________________</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="z235" w:id="149"/>
+      8. Должностные лица объекта государственного аудита:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z180" w:id="154"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Сведения о результатах проведенного электронного внутреннего</w:t>
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="z236" w:id="150"/>
+      9. Сведения о результатах проведенного электронного внутреннего государственного</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аудита:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Номер и наименование вопроса программы аудита:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ответ на вопрос программы аудита ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) Номер и наименование вопроса программы аудита:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ответ на вопрос программы аудита ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в соответствии с последовательностью вопросов, предусмотренных программой аудита.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z181" w:id="155"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Номер и наименование вопроса программы аудита:</w:t>
-[...43 lines deleted...]
-      <w:bookmarkStart w:name="z237" w:id="151"/>
+      10. Оценка в области государственного аудита или деятельности объекта аудита</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на предмет соответствия выявленных результатов показателям государственного аудита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z182" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) Номер и наименование вопроса программы аудита: __________________</w:t>
-[...60 lines deleted...]
-      <w:bookmarkStart w:name="z238" w:id="152"/>
+      11. Воспрепятствования в проведении внутреннего государственного аудита:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z183" w:id="157"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Меры, принятые в ходе электронного внутреннего государственного аудита:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="152"/>
+      12. Меры, принятые в ходе электронного внутреннего государственного</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аудита: ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственный (-ые) аудитор (-ы) ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(должность) (подпись, фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Привлеченные эксперты (при привлечении) _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(должность) (подпись, фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ознакомлен</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Государственный (-ые) аудитор (-ы)</w:t>
-[...172 lines deleted...]
-    <w:bookmarkStart w:name="z241" w:id="153"/>
+        <w:t>подпись, фамилия, имя, отчество (при его наличии) первого руководителя объекта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственного аудита или лица, исполняющего его обязанности, дата ознакомления)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z184" w:id="158"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. В соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 37</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аудите и финансовом контроле" руководитель объекта государственного аудита</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уведомляет о выявленных нарушениях субъектов предпринимательства и иных лиц, интересы которых затронуты аудиторскими мероприятиями государственного аудита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z185" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z239" w:id="154"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z186" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Наименование объекта государственного аудита (указать организационно-правовую</w:t>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z240" w:id="155"/>
+      1. Наименование объекта государственного аудита (указать организационно-правовую форму объекта государственного аудита, полное наименование, его местонахождение, данные о государственной регистрации, бизнес-идентификационный номер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z187" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тип электронного внутреннего государственного аудита (аудит соответствия).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z242" w:id="156"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z188" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Поручение на проведение электронного внутреннего государственного аудита</w:t>
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="z243" w:id="157"/>
+      3. Поручение на проведение электронного внутреннего государственного аудита (дата и номер поручения на проведение внутреннего государственного аудита).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z189" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Электронный внутренний государственный аудит проведен (фамилия, имя,</w:t>
-[...60 lines deleted...]
-      <w:bookmarkStart w:name="z244" w:id="158"/>
+      4. Электронный внутренний государственный аудит проведен (фамилия, имя, отчество (при его наличии), должность государственного (-ых) аудитора (-ов), ассистента (-ов) государственного аудитора, привлеченных экспертов по соответствующему профилю).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z190" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Цель (предмет) электронного внутреннего государственного аудита (цель (предмет)</w:t>
-[...43 lines deleted...]
-      <w:bookmarkStart w:name="z245" w:id="159"/>
+      5. Цель (предмет) электронного внутреннего государственного аудита (цель (предмет) внутреннего государственного аудита согласно поручению на проведение внутреннего государственного аудита).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z191" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Период, охваченный электронным внутренним государственным аудитом</w:t>
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="z246" w:id="160"/>
+      6. Период, охваченный электронным внутренним государственным аудитом (проверенный период деятельности объекта государственного аудита).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z192" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Срок проведения электронного внутреннего государственного аудита (дата начала</w:t>
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="z247" w:id="161"/>
+      7. Срок проведения электронного внутреннего государственного аудита (дата начала и окончания проведения электронного внутреннего государственного аудита).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z193" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Должностные лица объекта государственного аудита (фамилии, инициалы</w:t>
-[...43 lines deleted...]
-      <w:bookmarkStart w:name="z248" w:id="162"/>
+      8. Должностные лица объекта государственного аудита (фамилия, имя, отчество (при его наличии) должностных лиц объекта государственного аудита, с ведома которых осуществлялся электронный внутренний государственный аудит).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z194" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Сведения о результатах проведенного электронного внутреннего государственного</w:t>
-[...332 lines deleted...]
-      <w:bookmarkStart w:name="z249" w:id="163"/>
+      9. Сведения о результатах проведенного электронного внутреннего государственного аудита. В данном разделе аудиторского отчета отражаются информационная система государственного органа, посредством которой проведен электронный внутренний государственный аудит, а также результаты проведенного электронного внутреннего государственного аудита, достаточные для подтверждения того, что цель государственного аудита достигнута. При необходимости информация по проверяемым вопросам в аудиторском отчете отражается в обобщенном виде, детальная информация излагается в приложениях к аудиторскому отчету. При выявлении нарушений по вопросам аудита, каждый факт нарушения нумеруется в сквозном порядке и фиксируется отдельным пунктом с описанием характера и вида нарушения со ссылкой на статьи, пункты и подпункты нормативных правовых актов, положения которых нарушены, и указываются реквизиты и наименования документов, которые служат доказательством соответствующего нарушения. Если по вопросу программы аудита нарушений и недостатков не установлено, в аудиторском отчете делается запись: "Вопрос программы (наименование) проверен. Нарушений и недостатков не установлено." и перечисляются реквизиты подвергнутых внутреннему государственному аудиту документов, на основе которых сформулированы данные выводы. Не допускается включение в аудиторский отчет фактов, выводов, не подтвержденных соответствующими аудиторскими доказательствами и (или) иными документами и информацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z195" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Оценка в области государственного аудита или деятельности объекта аудита</w:t>
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="z250" w:id="164"/>
+      10. Оценка в области государственного аудита или деятельности объекта аудита на предмет соответствия выявленных результатов показателям государственного аудита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z196" w:id="170"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Воспрепятствования в проведении внутреннего государственного аудита:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-[...210 lines deleted...]
-      <w:bookmarkStart w:name="z251" w:id="165"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z197" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Меры, принятые в ходе электронного внутреннего государственного аудита</w:t>
-[...60 lines deleted...]
-      <w:bookmarkStart w:name="z252" w:id="166"/>
+      (указываются сведения о фактах воспрепятствования должностными лицами объекта государственного аудита в проведении внутреннего государственного аудита работниками органа внутреннего государственного аудита (указать форму воспрепятствования: отказ от предоставления необходимых документов, материалов и иных сведений, и информации о деятельности объекта государственного аудита, отказ в допуске для проведения государственного аудита или создание иного препятствия в его осуществлении, предоставление недостоверной информации. При составлении работником органа внутреннего государственного аудита протокола об административном правонарушении, выразившемся в воспрепятствовании в проведении внутреннего государственного аудита, в аудиторском отчете указываются его номер и дата).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z198" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Меры, принятые в ходе электронного внутреннего государственного аудита (указать принятые объектом государственного аудита меры посредством обеспечения возмещения в бюджет, восстановления путем выполнения работ, оказания услуг, поставки товаров и (или) отражения и (или) уменьшению по учету выявленных сумм нарушений).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z199" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном</w:t>
-[...70 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном аудите и финансовом контроле" руководитель объекта государственного аудита уведомляет о выявленных нарушениях субъектов предпринимательства и иных лиц, интересы которых затронуты аудиторскими мероприятиями государственного аудита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z200" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пояснения по заполнению формы:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...72 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z201" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      * Результаты аудиторского мероприятия СВА оформляются аудиторским отчетом по аудиту соответствия согласно приложению 7 или аудиторским отчетом по аудиту эффективности согласно приложению 7-1 в соответствии с Правилами проведения внутреннего государственного аудита и финансового контроля, утвержденными </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 19 марта 2018 года № 392</w:t>
-[...103 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 19 марта 2018 года № 392 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 16689).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z202" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ** В верхней части аудиторского отчета указывается место его составления (название населенного пункта, дата аудиторского отчета (дата завершения проведения внутреннего государственного аудита в рабочее время, в рабочий день), номер аудиторского отчета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13365,90 +12249,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5</w:t>
+              <w:t>Приложение 7 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам электронного</w:t>
+              <w:t>электронного внутреннего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>внутреннего государственного</w:t>
-[...12 lines deleted...]
-              <w:t>аудита</w:t>
+              <w:t>государственного аудита</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -13475,4147 +12346,4446 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z148" w:id="167"/>
+    <w:bookmarkStart w:name="z205" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Реестр нарушений и недостатков</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="177"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="195"/>
-[...61 lines deleted...]
-        <w:gridCol w:w="196"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="33"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) При поступлении средств в бюджет (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="15"/>
-            <w:vMerge w:val="restart"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Общая сумма выявленных финансовых нарушений по поступлениям в бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Описание факта нарушения, ссылка на нарушенные положения нормативно правовых актов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пункт классификатора нарушений (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+№ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Год </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование объекта аудита</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бизнес- идентификационный номер объекта аудита</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код региона</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код поступлений бюджета по Единой бюджетной классификацией</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-            <w:vMerge w:val="restart"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
-[...1 lines deleted...]
-          </w:p>
+из них</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
-            <w:vMerge w:val="restart"/>
-[...216 lines deleted...]
-            <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+подлежит возмещению в бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возмещено в ходе аудита</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
-            <w:vMerge/>
-[...157 lines deleted...]
-            <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
-            <w:vMerge/>
-[...82 lines deleted...]
-            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-подлежит возмещению в бюджет</w:t>
-[...66 lines deleted...]
-          <w:p/>
+11</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...342 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-            </w:r>
+Итого (в том числе в разрезе лиц, участвовавших в аудите):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...295 lines deleted...]
-            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="33"/>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Итого (в том числе в разрезе лиц, участвовавших в аудите):</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фамилия, имя и отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...36 lines deleted...]
-            <w:gridSpan w:val="29"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия, имя и отчество (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...130 lines deleted...]
-            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-            </w:r>
+Итого</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="29"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...130 lines deleted...]
-            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="33"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Итого</w:t>
-[...165 lines deleted...]
-            </w:pPr>
+2) При использовании бюджетных средств и активов (тысяч тенге)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+№ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код администратора бюджетной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование администратора бюджетной программы, разработчика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование объекта аудита</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бизнес- идентификационный номер объекта контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код региона</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="63"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) При использовании бюджетных средств и активов (тысяч тенге)</w:t>
+Код бюджетной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование бюджетной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Объем средств, охваченных аудитом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
+всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Год</w:t>
-[...302 lines deleted...]
-Объем средств, охваченных аудитом</w:t>
+из них</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бюджетных средств</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:vMerge/>
-[...69 lines deleted...]
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-всего</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="11"/>
+в том числе при использовании трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-из них</w:t>
+активы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...36 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:vMerge/>
-[...82 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бюджетных средств</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="6"/>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в том числе при использовании трансфертов</w:t>
-[...36 lines deleted...]
-активы</w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...104 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...305 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-            </w:r>
+Итого (в том числе в разрезе лиц, участвовавших в аудите):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -17636,424 +16806,355 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...231 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="25"/>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Итого (в том числе в разрезе лиц, участвовавших в аудите):</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -18074,362 +17175,355 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...132 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...36 lines deleted...]
-Фамилия, имя и отчество (при его наличии)</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -18450,13584 +17544,11137 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...132 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-            </w:r>
+Итого</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="20"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...231 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="25"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Итого</w:t>
-[...297 lines deleted...]
-            </w:pPr>
+Общая сумма установленных финансовых нарушений</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="63"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Общая сумма установленных финансовых нарушений</w:t>
+(графа 23 + графа 28 + графа 33)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе при использовании трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="63"/>
+            <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(графа 23 + графа 28 + графа 33)</w:t>
+в т.ч. подлежит восстановлению (возмещению)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-            <w:vMerge w:val="restart"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-всего</w:t>
-[...74 lines deleted...]
-в т.ч. подлежит восстановлению (возмещению)</w:t>
+(графа 24 + графа 26 + графа 29 + графа 31 + графа 34)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+из них подлежит</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе трансфертов</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
-            <w:vMerge/>
-[...12 lines deleted...]
-            <w:gridSpan w:val="48"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(графа 24 + графа 26 + графа 29 + графа 31 + графа 34)</w:t>
+из них восстановлено (возмещено) в ходе аудита</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-            <w:vMerge w:val="restart"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-всего</w:t>
+восстановлению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возмещению</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="18"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-из них подлежит</w:t>
+восстановлено в ходе контроля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-            <w:vMerge w:val="restart"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возмещено в ходе аудита</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 в том числе трансфертов</w:t>
-            </w:r>
-[...35 lines deleted...]
-из них восстановлено (возмещено) в ходе аудита</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...13 lines deleted...]
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-восстановлению</w:t>
-[...52 lines deleted...]
-          <w:p/>
+21</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-восстановлено в ходе контроля</w:t>
-[...73 lines deleted...]
-в том числе трансфертов</w:t>
+22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...141 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...83 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...98 lines deleted...]
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:tcBorders>
-[...64 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...98 lines deleted...]
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:tcBorders>
-[...64 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...98 lines deleted...]
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:tcBorders>
-[...64 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...98 lines deleted...]
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:tcBorders>
-[...64 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...264 lines deleted...]
-            </w:pPr>
+В том числе</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="63"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В том числе</w:t>
+Раздел 2. Нарушения законодательства при использовании средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="63"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Раздел 2. Нарушения законодательства при использовании средств</w:t>
+Нарушения законодательства о государственных закупках</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нарушения законодательства при ведении бухгалтерского, бюджетного учета и составлении финансовой, бюджетной отчетности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+способ проведенных государственных закупок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+количество охваченных аудитом процедур государственных закупок (лотов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+из них проведенных с нарушениями законодательства о государственных закупках, влияющими на итоги государственных закупок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+из них проведенных с нарушениями законодательства о государственных закупках, не влияющими на итоги государственных закупок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сумма государственных закупок, охваченных аудитом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="58"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нарушения законодательства о государственных закупках</w:t>
+из них сумма государственных закупок, проведенных с нарушениями законодательства о государственных закупках, влияющими на итоги государственных закупок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нарушения законодательства при ведении бухгалтерского, бюджетного учета и составлении финансовой, бюджетной отчетности</w:t>
+из них сумма государственных закупок, проведенных с нарушениями законодательства о государственных закупках, не влияющими на итоги государственных закупок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нарушения Правил ведения бюджетного учета, составления финансовой отчетности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge w:val="restart"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-способ проведенных государственных закупок</w:t>
-[...113 lines deleted...]
-из них проведенных с нарушениями законодательства о государственных закупках, не влияющими на итоги государственных закупок</w:t>
+бюджетный учет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-сумма государственных закупок, охваченных аудитом</w:t>
-[...112 lines deleted...]
-нарушения Правил ведения бюджетного учета, составления финансовой отчетности</w:t>
+финансовая отчетность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
-[...36 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:vMerge/>
-[...40 lines deleted...]
-            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бюджетный учет</w:t>
-[...35 lines deleted...]
-финансовая отчетность</w:t>
+31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
-[...104 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...156 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:tcBorders>
-[...129 lines deleted...]
-            <w:tcW w:w="196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:tcBorders>
-[...129 lines deleted...]
-            <w:tcW w:w="196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:tcBorders>
-[...129 lines deleted...]
-            <w:tcW w:w="196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:tcBorders>
-[...129 lines deleted...]
-            <w:tcW w:w="196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...263 lines deleted...]
-            </w:pPr>
+В том числе</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="63"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В том числе</w:t>
+Раздел 2. Нарушения законодательства при использовании средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Описание факта нарушения, ссылка на нарушенные положения НПА</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пункт классификатора нарушений (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="53"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Раздел 2. Нарушения законодательства при использовании средств</w:t>
+Нарушения законодательства при ведении бухгалтерского, бюджетного учета и составлении финансовой, бюджетной отчетности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-            <w:vMerge w:val="restart"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Описание факта нарушения, ссылка на нарушенные положения НПА</w:t>
+Иные нарушения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:vMerge w:val="restart"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="19"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нарушения законодательства при ведении бухгалтерского, бюджетного учета и составлении финансовой, бюджетной отчетности</w:t>
+нарушения условий и процедур предоставления бюджетных кредитов, государственных гарантий, поручительств государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="34"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные нарушения</w:t>
-[...15 lines deleted...]
-          <w:p/>
+Из них</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государственные гарантии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+поручительства государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="19"/>
-            <w:vMerge w:val="restart"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-нарушения условий и процедур предоставления бюджетных кредитов, государственных гарантий, поручительств государства</w:t>
+подлежит восстановлению</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-            <w:vMerge w:val="restart"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-всего</w:t>
+в том числе восстановлено в ходе аудита</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="27"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Из них</w:t>
-[...15 lines deleted...]
-          <w:p/>
+подлежит возмещению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе возмещено в ходе аудита</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...23 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-подлежит восстановлению</w:t>
+37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-            <w:vMerge w:val="restart"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в том числе восстановлено в ходе аудита</w:t>
-[...7 lines deleted...]
-            <w:vMerge w:val="restart"/>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-подлежит возмещению</w:t>
-[...53 lines deleted...]
-          <w:p/>
+39</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бюджетные кредиты</w:t>
-[...173 lines deleted...]
-          <w:p/>
+В том числе</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32</w:t>
+Раздел 3. Нарушения законодательства при управлении и использовании активов государства, субъектов квазигосударственного сектора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Описание факта нарушения, ссылка на нарушенные положения нормативно правовых актов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33</w:t>
-[...295 lines deleted...]
-41</w:t>
+Пункт классификатора нарушений (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...1 lines deleted...]
-          </w:p>
+из них</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
-            <w:tcBorders>
-[...290 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...1 lines deleted...]
-          </w:p>
+подлежит восстановлению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе восстановлено в ходе аудита</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+подлежит возмещению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе возмещено в ходе аудита</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
-            <w:tcBorders>
-[...290 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...269 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
-            <w:tcBorders>
-[...262 lines deleted...]
-            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
-            <w:tcBorders>
-[...262 lines deleted...]
-            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="63"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="45"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...31 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...31 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...31 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="37"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...13 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-подлежит восстановлению</w:t>
-[...140 lines deleted...]
-          <w:p/>
+3) иные нарушения законодательства в деятельности объекта контроля, а также связанные с реализацией его задач и функций, недостатки и пробелы законодательства</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+№ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код администратора бюджетной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование администратора бюджетной программы, разработчика/ соисполнителя государственной (отраслевой) программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование объекта контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бизнес- идентификационный номер объекта контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42</w:t>
+Код региона</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код бюджетной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование бюджетной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма неэффективно использованных бюджетных средств (активов) (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43</w:t>
+Прочие нарушения (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44</w:t>
-[...147 lines deleted...]
-48</w:t>
+Описание факта недостатка, нарушения иного отраслевого законодательства со ссылкой на соответствующие нормативные и правовые акты, системной проблемы, связанной с несовершенством законодательства (противоречия между нормативно правовыми актами, пробелы в правовом регулировании, коллизии) и /или организацией работ (отсутствие или недостаточная компетенция, дублирование полномочий, отсутствие механизма взаимодействия с другими организациями)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...125 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...131 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-            </w:r>
+Итого (в том числе в разрезе лиц, участвовавших в ходе аудита):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...98 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-            </w:r>
+Фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...98 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-            </w:r>
+Фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...98 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="63"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) иные нарушения законодательства в деятельности объекта контроля, а также связанные с реализацией его задач и функций, недостатки и пробелы законодательства</w:t>
-[...41 lines deleted...]
-            </w:r>
+Итого</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...194 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...198 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...2204 lines deleted...]
-            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -32078,51 +28725,93 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 8 к Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электронного внутреннего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственного аудита</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -32141,90 +28830,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 6</w:t>
-[...38 lines deleted...]
-              <w:t>аудита</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -32245,804 +28895,827 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Утверждаю:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель уполномоченного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>органа по внутреннему</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственному аудиту</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(должность, фамилия, имя,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отчество (при его наличии),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подпись)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от "___" __________ 20___ года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...155 lines deleted...]
-    <w:bookmarkStart w:name="z152" w:id="169"/>
+    <w:bookmarkStart w:name="z209" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> АУДИТОРСКОЕ ЗАКЛЮЧЕНИЕ по итогам электронного внутреннего государственного аудита</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="z153" w:id="170"/>
+        <w:t xml:space="preserve"> Аудиторское заключение по итогам электронного внутреннего государственного аудита</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z210" w:id="179"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Объект государственного аудита:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-[...374 lines deleted...]
-    <w:bookmarkStart w:name="z154" w:id="171"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z211" w:id="180"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Цель (предмет) электронного внутреннего государственного аудита:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z212" w:id="181"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Период, охваченный электронным внутренним государственным</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аудитом: _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z213" w:id="182"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Результаты электронного внутреннего государственного аудита:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z214" w:id="183"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Выводы по итогам электронного внутреннего государственного аудита:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z215" w:id="184"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Рекомендации по итогам электронного внутреннего государственного аудита*:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z216" w:id="185"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Меры реагирования финансового контроля*:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z217" w:id="186"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Срок представления информации о результатах рассмотрения рекомендаций</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>до "___" ___________ 20__ года с приложением подтверждающих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Одновременно ставим Вас в известность, что в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона Республики Казахстан "О государственном аудите и финансовом контроле"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(далее – Закон) информацию о результатах рассмотрения рекомендаций объект</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственного аудита обязан направить в указанные сроки с приложением</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждающих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Лицо, ответственное за аудиторское мероприятие</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись, фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>* При не установлении нарушений и (или) недостатков рекомендации не выносятся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z218" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z155" w:id="172"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z219" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Объект государственного аудита (указать организационно-правовую форму объекта государственного аудита, полное наименование, бизнес-идентификационный номер).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z156" w:id="173"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z220" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Цель (предмет) электронного внутреннего государственного аудита (цель и предмет электронного внутреннего государственного аудита согласно поручению на проведение электронного внутреннего государственного аудита).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z157" w:id="174"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z221" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Период, охваченный электронным внутренним государственным аудитом (проверенный период деятельности объекта государственного аудита).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z158" w:id="175"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z222" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Результаты электронного внутреннего государственного аудита (указывается общая сумма охвата государственным аудитом; сумма установленных финансовых нарушений с описанием характера нарушения, статей, пунктов и подпунктов нормативных правовых актов, положения которых нарушены; сумма нарушений процедурного характера с описанием характера нарушения, статей, пунктов и подпунктов нормативных правовых актов, положения которых нарушены; принятые объектом государственного аудита меры посредством обеспечения возмещения в бюджет, восстановления путем выполнения работ, оказания услуг, поставки товаров и (или) отражения по учету выявленных сумм финансовых нарушений).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z159" w:id="176"/>
+      4. Результаты электронного внутреннего государственного аудита (указывается общая сумма охвата государственным аудитом; сумма установленных финансовых нарушений с описанием характера нарушения, статей, пунктов и подпунктов нормативных правовых актов, положения которых нарушены; сумма нарушений процедурного характера с описанием характера нарушения, статей, пунктов и подпунктов нормативных правовых актов, положения которых нарушены; принятые объектом государственного аудита меры посредством обеспечения возмещения в бюджет, восстановления путем выполнения работ, оказания услуг, поставки товаров и (или) отражения и (или) уменьшению по учету выявленных сумм финансовых нарушений).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z223" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Выводы по итогам электронного внутреннего государственного аудита (указывается общая оценка результатов деятельности объекта государственного аудита по вопросам проведенного электронного внутреннего государственного аудита; причины установленных нарушений и недостатков при их выявлении, а также последствия, которые они могут повлечь за собой).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z160" w:id="177"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z224" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Рекомендации по итогам электронного внутреннего государственного аудита* (указываются рекомендации, направленные на устранение причин выявленных нарушений и недостатков, а также на повышение эффективности и совершенствования деятельности объекта государственного аудита).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z161" w:id="178"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z225" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Меры реагирования финансового контроля* (указываются необходимые меры реагирования финансового контроля в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона и меры, предусмотренные законодательством о государственных закупках).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -33076,90 +29749,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 7</w:t>
+              <w:t>Приложение 9 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам электронного</w:t>
+              <w:t>электронного внутреннего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>внутреннего государственного</w:t>
-[...12 lines deleted...]
-              <w:t>аудита</w:t>
+              <w:t>государственного аудита</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -33185,1175 +29845,1208 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование объекта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственного аудита)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителя объекта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственного аудита)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z164" w:id="179"/>
+    <w:bookmarkStart w:name="z229" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Предписание на устранение выявленных нарушений и о рассмотрении ответственности лиц, их допустивших</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z230" w:id="196"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                                 ___________________________</w:t>
-[...462 lines deleted...]
-        <w:t xml:space="preserve">товаров и (или) отражения по учету выявленных сумм нарушений, и меры, предусмотренные </w:t>
+      Произведенным электронным внутренним государственным аудитом</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(тип государственного аудита)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать организационно-правовую форму объекта государственного аудита,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>полное наименование объекта государственного аудита)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(аудиторский отчет от "___" ______________ 20__ года, аудиторское заключение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от "___" __________ 20__года) установлены финансовые нарушения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на сумму ______ тысяч тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Из них подлежит возмещению (перечислению) в бюджет _____ тысяч тенге,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>восстановлению путем выполнения работ, оказания услуг, поставки товаров _____</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тысяч тенге, восстановлению путем отражения по учету ______ тысяч тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Установлены нарушения процедурного характера на сумму ________ тысяч тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В ходе электронного внутреннего государственного аудита приняты меры:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать принятые объектом государственного аудита меры посредством обеспечения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>возмещения в бюджет, восстановления путем выполнения работ, оказания услуг,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поставки товаров и (или) отражения по учету и (или) уменьшению плана</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>финансирования выявленных сумм нарушений, и меры, предусмотренные</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством о государственных закупках)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       В соответствии со </w:t>
+        <w:t xml:space="preserve">В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном аудите </w:t>
-[...116 lines deleted...]
-          <w:b w:val="false"/>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном аудите</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и финансовом контроле" (далее – Закон), статьей ___ Закона Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"О государственных закупках" (при необходимости) и пунктом ___ Правил</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проведения внутреннего государственного аудита, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>финансов Республики Казахстан от 19 марта 2018 года № 392 (зарегистрирован в</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Реестре государственной регистрации нормативных правовых актов под № 16689), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРЕДСТАВЛЯЮ:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...179 lines deleted...]
-    </w:p>
+      <w:bookmarkStart w:name="z231" w:id="197"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) возместить (перечислить) в бюджет сумму ____________________ тысяч тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на Код бюджетной классификации ________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z232" w:id="198"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечить поставку _______________________ на сумму ____________ тысяч</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тенге, (наименование товаров) обеспечить выполнение/оказание</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________ на сумму _____ тысяч тенге (наименование работ или услуг);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z233" w:id="199"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) восстановить по бухгалтерскому учету и финансовой отчетности сумму</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________ тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z234" w:id="200"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) по нарушениям в сфере государственных закупок указать необходимые меры,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>способствующие устранению нарушений по конкретным закупкам, согласно</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проведенному способу государственных закупок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z235" w:id="201"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) рассмотреть дисциплинарную ответственность должностных лиц, допустивших</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>выявленные нарушения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       О выполнении предписания проинформировать в срок до "___" ___________20__ </w:t>
+        <w:t xml:space="preserve">О выполнении предписания проинформировать в срок до "___" ___________20__ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>года с приложением подтверждающих документов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Одновременно ставим Вас в известность, что в соответствии с </w:t>
+        <w:t xml:space="preserve">Одновременно ставим Вас в известность, что в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 25 </w:t>
-[...50 lines deleted...]
-        <w:t xml:space="preserve">       В соответствии с </w:t>
+        <w:t xml:space="preserve"> статьи 25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона информацию об исполнении предписаний объект государственного аудита</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обязан направить в указанные сроки с приложением подтверждающих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 25 Закона, должностные лица объекта </w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve">государственного аудита и финансового контроля в соответствии с </w:t>
+        <w:t xml:space="preserve"> статьи 25 Закона, должностные лица объекта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственного аудита несут ответственность за неисполнение предписаний</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органов государственного аудита и финансового контроля в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
-      <w:r>
-[...75 lines deleted...]
-        <w:t xml:space="preserve">                               (подпись)       (фамилия, имя, отчество (при его наличии))</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель уполномоченного органа по внутреннему государственному аудиту/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>его территориального подразделения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись) (фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -34375,51 +31068,93 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электронного внутреннего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственного аудита</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -34438,996 +31173,864 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 8</w:t>
-[...102 lines deleted...]
-              </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z168" w:id="181"/>
+    <w:bookmarkStart w:name="z238" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отчет о результатах внутреннего аудита</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z169" w:id="182"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z239" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________________                   ___________________</w:t>
-[...683 lines deleted...]
-        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "О государственном аудите и </w:t>
+      _____________________ ___________________ (место составления) (дата составления)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z240" w:id="204"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Объект государственного аудита: _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать организационно-правовую форму объекта государственного аудита, полное</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование, бизнес-идентификационный номер)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z241" w:id="205"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Цель (предмет) электронного внутреннего государственного аудита:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(цель и предмет электронного внутреннего государственного аудита согласно</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поручению на проведение электронного внутреннего государственного аудита)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z242" w:id="206"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Период, охваченный внутренним государственным аудитом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(проверенный период деятельности объекта государственного аудита)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z243" w:id="207"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Результаты электронного внутреннего государственного аудита:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указывается общая сумма охвата государственным аудитом; сумма установленных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>финансовых нарушений с описанием характера нарушения, статей, пунктов и</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктов нормативных правовых актов, положения которых нарушены; сумма</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нарушений процедурного характера с описанием характера нарушения, статей,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктов и подпунктов нормативных правовых актов, положения которых нарушены;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>принятые объектом государственного аудита меры посредством обеспечения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>возмещения в бюджет, восстановления путем выполнения работ, оказания услуг,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поставки товаров и (или) отражения и (или) уменьшению по учету выявленных сумм</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>финансовых нарушений; сумма финансовых нарушений, подлежащая возмещению</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в бюджет (с указанием кода бюджетной классификации), восстановлению путем</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выполнения работ, оказания услуг, поставки товаров, отражению по учету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z244" w:id="208"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Выводы по итогам электронного внутреннего государственного аудита:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указывается общая оценка результатов деятельности объекта государственного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аудита по вопросам проведенного внутреннего государственного аудита; причины</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>установленных нарушений и недостатков при их выявлении, а также последствия,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>которые они могут повлечь за собой)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z245" w:id="209"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Рекомендации по итогам электронного внутреннего государственного аудита*:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указываются рекомендации, направленные на устранение причин выявленных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нарушений и недостатков, а также меры по повышению эффективности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и совершенствованию деятельности объекта государственного аудита)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z246" w:id="210"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Меры реагирования финансового контроля:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указываются необходимые меры реагирования финансового контроля в соответствии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с пунктом 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном аудите и</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>финансовом контроле")</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Лицо, ответственное за проведение аудиторского </w:t>
-[...82 lines deleted...]
-</w:t>
+        <w:t>Лицо, ответственное за проведение аудиторского мероприятия</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись, фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*При не установлении нарушений и недостатков рекомендации не выносятся. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -35463,90 +32066,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 9</w:t>
+              <w:t>Приложение 11 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам электронного</w:t>
+              <w:t>электронного внутреннего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">внутреннего государственного </w:t>
-[...12 lines deleted...]
-              <w:t>аудита</w:t>
+              <w:t>государственного аудита</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -35572,758 +32162,764 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование объекта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственного аудита)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии) руководителя</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>объекта государственного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудита)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z172" w:id="183"/>
+    <w:bookmarkStart w:name="z250" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Решение (распоряжение) об устранении нарушений и рассмотрении рекомендаций</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z251" w:id="212"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                                       _________________________</w:t>
-[...145 lines deleted...]
-      <w:bookmarkStart w:name="z173" w:id="184"/>
+      По итогам рассмотрения отчета о результатах внутреннего аудита от ___ 20____ года,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проведенного в</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование объекта государственного аудита)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>руководствуясь и пунктом ___ Правил проведения внутреннего государственного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аудита, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра финансов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от 19 марта 2018 года № 392 (зарегистрирован в Реестре государственной регистрации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нормативных правовых актов под № 16689), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПОРУЧАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z252" w:id="213"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Решение (распоряжение) об устранении нарушений и рассмотрении рекомендаций</w:t>
-[...292 lines deleted...]
-        <w:t xml:space="preserve">       В соответствии с </w:t>
+      1) рассмотреть и обеспечить исполнение рекомендаций, данных в отчете</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о результатах внутреннего аудита;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z253" w:id="214"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) принять меры по устранению финансовых нарушений, указанных в отчете</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о результатах внутреннего аудита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z254" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) рассмотреть ответственность лиц, допустивших выявленные нарушения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z255" w:id="216"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) информацию об исполнении данного решения (распоряжения) представить</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в срок до ________ 20__ года с приложением подтверждающих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О </w:t>
-[...67 lines deleted...]
-        <w:t xml:space="preserve">       Контроль за исполнением данного решения (распоряжения) об устранении нарушений </w:t>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"О государственном аудите и финансовом контроле" информацию о результатах</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рассмотрения рекомендаций объект государственного аудита обязан направить</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в указанные сроки с приложением подтверждающих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Контроль за исполнением данного решения (распоряжения) об устранении нарушений</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и рассмотрении рекомендаций возложить на</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       __________________________________________________________________</w:t>
-[...118 lines deleted...]
-        <w:t xml:space="preserve">       (должность, фамилия, имя и отчество (при его наличии), подпись)</w:t>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) руководителя службы внутреннего аудита)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение: Отчет о результатах внутреннего аудита на __ листах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель центрального государственного органа/аким области,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>города республиканского значения, столицы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(должность, фамилия, имя, отчество (при его наличии), подпись)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -36359,90 +32955,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 10</w:t>
+              <w:t>Приложение 12 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам электронного</w:t>
+              <w:t>электронного внутреннего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">внутреннего государственного </w:t>
-[...12 lines deleted...]
-              <w:t>аудита</w:t>
+              <w:t>государственного аудита</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -36469,1335 +33052,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z176" w:id="185"/>
+    <w:bookmarkStart w:name="z258" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Справка о завершении аудиторского мероприятия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-[...1266 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="217"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -37831,90 +33147,1504 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 11</w:t>
+              <w:t>Руководителю</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам электронного</w:t>
+              <w:t>уполномоченного органа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>внутреннего государственного</w:t>
+              <w:t>по внутреннему</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аудита</w:t>
+              <w:t>государственному аудиту/</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>его территориального</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подразделения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z260" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "____" _________20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z261" w:id="219"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. По результатам электронного внутреннего государственного аудита</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(организационно-правовая форма и наименование объекта государственного аудита)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>установлены:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>финансовые нарушения на сумму _______ тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>из них подлежит возмещению в бюджет _____ тысяч тенге,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>восстановлению _______ тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нарушения процедурного характера на сумму ____ тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>недостатки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(перечислить недостатки - деяния (действия или бездействие), создающие условия</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для возможного допущения нарушений (риск возникновения нарушений).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z262" w:id="220"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В адрес объекта государственного аудита направлено аудиторское заключение</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от "___" ________ 20__ года № ____</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z263" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Приняты следующие меры реагирования финансового контроля:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z264" w:id="222"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) направлено предписание об устранении выявленных нарушений и рассмотрении</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ответственности лиц, их допустивших от "___" ___________ 20__ года № _____</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z265" w:id="223"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать принятые объектом государственного аудита меры посредством обеспечения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>возмещения в бюджет, восстановления путем выполнения работ, оказания услуг,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поставки товаров и (или) отражения по учету и (или) уменьшению плана</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>финансирования выявленных сумм финансовых нарушений, и привлечения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к ответственности виновных лиц)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(по нарушениям в сфере государственных закупок указать принятые объектом</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственного аудита меры, способствующие устранению нарушений</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по конкретным закупкам, согласно проведенному способу государственных закупок)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z266" w:id="224"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) возбуждено административное производство в пределах компетенции,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусмотренной Кодексом Республики Казахстан об административных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правонарушениях (далее – Кодекс):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать должность, фамилия, имя, отчество (при его наличии) должностных лиц,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в отношении которых возбуждено административное производство, дата и номер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановления о наложении административного взыскания, часть и статья Кодекса,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сумма наложенного административного штрафа, сумма взысканного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>административного штрафа; документ о прекращении дела об административном</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правонарушении; при не наложении административных взысканий указать причины:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>например, несвоевременно составлен протокол об административной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ответственности, освобождение от административной ответственности в связи</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с истечением срока давности и другое)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z267" w:id="225"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) материалы с соответствующими аудиторскими доказательствами переданы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в правоохранительные органы или органы, уполномоченные возбуждать и (или)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рассматривать дела об административных правонарушениях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать наименование правоохранительного органа или органа, уполномоченного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>возбуждать и (или) рассматривать дела об административных правонарушениях,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>которому переданы материалы, дата и номер сопроводительного письма; меры,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>принятые соответствующим органом)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z268" w:id="226"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) предъявлен иск в суд в соответствии с законодательством Республики Казахстан,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>том числе в целях обеспечения возмещения в бюджет, восстановления путем</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выполнения работ, оказания услуг, поставки товаров и (или) отражения по учету</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и (или) уменьшению плана финансирования выявленных сумм нарушений</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и исполнения предписания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать предмет иска, дату иска, результаты рассмотрения искового заявления</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с указанием номера и даты решения суда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z269" w:id="227"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) другая необходимая информация о реализации материалов электронного</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>внутреннего государственного аудита.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z270" w:id="228"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Объектом государственного аудита рассмотрены данные в аудиторском</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заключении рекомендации и исполнено направленное для обязательного исполнения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предписание:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать дату и номер сопроводительного письма объекта государственного аудита</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о результатах рассмотрения рекомендаций и об исполнении предписания)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу Вашего согласия на передачу материалов электронного внутреннего</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственного аудита в текущий архив.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель группы государственного аудита/государственный аудитор</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(должность, фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________ (подпись) "___" _____ 20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 13 к Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электронного внутреннего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственного аудита</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -37941,890 +34671,987 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z181" w:id="188"/>
-[...147 lines deleted...]
-      <w:bookmarkStart w:name="z183" w:id="190"/>
+    <w:bookmarkStart w:name="z273" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Справка о завершении аудиторского мероприятия службы внутреннего аудита</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководителю</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(заместителю руководителя)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>органа внутреннего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственного аудита</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z275" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "____" _____ 20___ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-[...473 lines deleted...]
-        <w:t xml:space="preserve">       другая необходимая информация о реализации материалов внутреннего </w:t>
+    <w:bookmarkEnd w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z276" w:id="231"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. По результатам электронного внутреннего государственного аудита</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(организационно-правовая форма и наименование объекта государственного аудита)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>установлены:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>финансовые нарушения на сумму _______ тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>из них подлежит возмещению в бюджет _____ тысяч тенге,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>восстановлению – ______ тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нарушения процедурного характера на сумму _______ тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>недостатки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(перечислить недостатки - деяния (действия или бездействие), создающие условия</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для возможного допущения нарушений (риск возникновения нарушений).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z277" w:id="232"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Объектом государственного аудита приняты следующие меры:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Указать дату и номер сопроводительного письма объекта государственного аудита</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и меры, принятые объектом государственного аудита посредством обеспечения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>возмещения в бюджет, восстановления путем выполнения работ, оказания услуг,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поставки товаров и (или) отражения по учету и (или) уменьшению плана</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>финансирования выявленных сумм финансовых нарушений, и привлечения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к ответственности виновных лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>По нарушениям в сфере государственных закупок указать принятые объектом</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственного аудита меры, способствующие устранению нарушений</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по конкретным закупкам, согласно проведенному способу государственных закупок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Материалы с соответствующими аудиторскими доказательствами переданы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в правоохранительные органы или органы, уполномоченные возбуждать и (или)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рассматривать дела об административных правонарушениях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать наименование правоохранительного органа или органа, уполномоченного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>возбуждать и (или) рассматривать дела об административных правонарушениях,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>которому переданы материалы, дата и номер сопроводительного письма; меры,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>принятые соответствующим органом);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>другая необходимая информация о реализации материалов внутреннего</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственного аудита.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-    </w:p>
+      <w:bookmarkStart w:name="z278" w:id="233"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Объектом государственного аудита рассмотрены данные в отчете о результатах</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>внутреннего аудита рекомендации:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       (указать дату и номер сопроводительного письма объекта государственного аудита о </w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve">       Прошу Вашего согласия на передачу материалов внутреннего государственного </w:t>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать дату и номер сопроводительного письма объекта государственного аудита</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о результатах рассмотрения рекомендаций).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу Вашего согласия на передачу материалов внутреннего государственного</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>аудита в текущий архив.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Руководитель группы государственного аудита/государственный аудитор </w:t>
-[...67 lines deleted...]
-        <w:t xml:space="preserve">             (подпись)                               "___"__________ года</w:t>
+        <w:t>Руководитель группы государственного аудита/государственный аудитор</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(должность, фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________ (подпись) "___" __________ года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -38832,55 +35659,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -39206,31 +36033,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>