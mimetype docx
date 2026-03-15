--- v0 (2025-11-13)
+++ v1 (2026-03-15)
@@ -1,46 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d09a40c" w14:textId="d09a40c">
+    <w:p w14:paraId="a98b296" w14:textId="a98b296">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -84,70 +86,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнений в приказ Министра национальной экономики Республики Казахстан от 5 декабря 2014 года № 129 "Об утверждении Правил разработки или корректировки, проведения необходимых экспертиз инвестиционного предложения государственного инвестиционного проекта, а также планирования, рассмотрения, отбора, мониторинга и оценки реализации бюджетных инвестиций" и признании утратившими силу некоторых приказов Министра национальной экономики Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ и.о. Министра национальной экономики Республики Казахстан от 16 февраля 2018 года № 61. Зарегистрирован в Министерстве юстиции Республики Казахстан 6 марта 2018 года № 16532. Утратил силу приказом Заместителя Премьер-Министра - Министра национальной экономики Республики Казахстан от 23 декабря 2025 года № 133.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу приказом Заместителя Премьер-Министра - Министра национальной экономики РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -16405,273 +16483,312 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="647"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Исполняющий обязанности</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министра национальной экономики</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-          </w:tcPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р. Даленов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z685" w:id="648"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z685" w:id="648"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="648"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министр финансов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________ Б. Султанов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>от 20 февраля 2018 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17093,1353 +17210,1358 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Экономическое заключение на инвестиционное предложение"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="649"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2756"/>
-        <w:gridCol w:w="9544"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z690" w:id="650"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="650"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9544" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Общая информация по проекту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z691" w:id="651"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="651"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9544" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование ГИП</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z692" w:id="652"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="652"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9544" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мощность проекта (единица измерения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z693" w:id="653"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.3.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="653"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9544" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Период реализации (лет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z694" w:id="654"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.4.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="654"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9544" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Период эксплуатации (лет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z695" w:id="655"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.5.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="655"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9544" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обоснование реализации проекта (согласно заключению отраслевой экспертизы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z696" w:id="656"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.6.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="656"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9544" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Механизмы и объемы финансирования (все затраты до ввода в эксплуатацию) (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z697" w:id="657"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="657"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9544" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стоимость разработки (корректировки) ТЭО БИП (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z698" w:id="658"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="658"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9544" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стоимость выкупа земли (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z699" w:id="659"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.7.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="659"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9544" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соответствие приоритетам бюджетной инвестиционной политики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z700" w:id="660"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.8.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="660"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9544" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие представленной документации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z701" w:id="661"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="661"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9544" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соответствие положениям документов Системы государственного планирования, ежегодным посланиям Президента Республики Казахстан народу Казахстана, поручениям Президента Республики Казахстан (указать реквизиты документа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z702" w:id="662"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="662"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9544" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Институциональная схема управления проектом (информация обо всех участниках проекта, как в ходе реализации, так и в постинвестиционный период, их взаимодействие)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z703" w:id="663"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="663"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9544" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие измеримых (количественных) показателей конечного результатов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z704" w:id="664"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="664"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9544" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возможность реализации проекта с точки зрения оценки рисков</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z705" w:id="665"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="665"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9544" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обоснованность расчетов стоимости ГИП</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z706" w:id="666"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z706" w:id="666"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выводы (определение возможного вида и способов финансирования государственных</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="666"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>инвестиционных проектов из бюджета, а также целесообразности реализации ГИП).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20484,1287 +20606,1296 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Экономическое заключение на бюджетный инвестиционный проект"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="710"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1724"/>
-        <w:gridCol w:w="10576"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z756" w:id="711"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="711"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10576" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z757" w:id="712"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="712"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10576" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мощность проекта (ед. измерения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z758" w:id="713"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="713"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10576" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок строительства (создания) (лет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z759" w:id="714"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="714"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10576" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок эксплуатации (лет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z760" w:id="715"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="715"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10576" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок окупаемости (за исключением проектов, не предполагающих получение прямых денежных притоков от реализации товаров, работ и услуг) (лет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z761" w:id="716"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="716"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10576" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соответствие положениям документов Системы государственного планирования, ежегодным посланиям Президента Республики Казахстан народу Казахстана, поручениям Президента Республики Казахстан (указать реквизиты документа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z762" w:id="717"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="717"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10576" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Показатели результатов, определенных стратегическим планом </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z763" w:id="718"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="718"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10576" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стоимость проекта (все затраты до ввода в эксплуатацию) (тыс. тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z764" w:id="719"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="719"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10576" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стоимость выкупа земли (тыс. тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z765" w:id="720"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="720"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10576" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Источники финансирования (тыс. тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z766" w:id="721"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="721"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10576" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Состав документации по проекту, в том числе заключение экономической экспертизы юридического лица, уполномоченного на проведение экономической экспертизы (указать документы и материалы, принятые во внимание при подготовке экономического заключения; замечания к составу представленных документов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z767" w:id="722"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="722"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10576" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оценка технико-технологических решений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z768" w:id="723"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="723"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10576" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оценка институциональных решений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z769" w:id="724"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="724"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10576" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оценка рисков</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z770" w:id="725"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="725"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10576" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оценка социального влияния</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z771" w:id="726"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z771" w:id="726"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выводы:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="726"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (указывается отрицательное или положительное влияние проекта на выполнение</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">стратегических направлений развития отрасли). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22186,359 +22317,360 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отраслевая карта субъекта квазигосударственного сектора</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="727"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="519"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1171"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z776" w:id="728"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="728"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименования мероприятий/компонентов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="845" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заказчик проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2360" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Название участников (получатель инвестиций)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3336" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стратегические и (или) программные документы Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="845" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сектор экономики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Начало реализации проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22579,397 +22711,334 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реализованные инвестиционные проекты квазигосударственного сектора (в течение 10 лет)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="729"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22979,397 +23048,334 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реализуемые инвестиционные проекты квазигосударственного сектора</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="730"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23379,644 +23385,582 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Планируемые к реализации инвестиционные проекты квазигосударственного сектора (в течение 5 лет)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="731"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z780" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="732"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="960"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="427"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z781" w:id="733"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата завершения проекта</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="733"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Место реализации проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Показатели эффективности проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок окупаемости проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2203" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -24046,51 +23990,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Источник финансирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="427" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -24166,231 +24110,231 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Местный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Национальный фонд</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заемные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Собственные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1939" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24444,553 +24388,462 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реализованные инвестиционные проекты квазигосударственного сектора (в течение 10 лет)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="734"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
-[...501 lines deleted...]
-            </w:r>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25000,553 +24853,462 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реализуемые инвестиционные проекты квазигосударственного сектора</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="735"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
-[...501 lines deleted...]
-            </w:r>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25556,1253 +25318,1370 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Планируемые к реализации инвестиционные проекты квазигосударственного сектора (в течение 5 лет)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="736"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
-[...501 lines deleted...]
-            </w:r>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z786" w:id="737"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z786" w:id="737"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="737"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       В столбце "Наименование проекта" указывается наименование проекта.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       В столбце "Наименование мероприятий/компонентов" указывается наименование</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мероприятий проекта.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Количество и название глав должно соответствовать количеству и названию</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мероприятий, указанных в финансово-экономическом обоснований (в случае если</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>источником финансирования являются республиканский либо местный бюджет, средства</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Национального фонда Республики Казахстан) либо в плане развития юридического лица (в</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>случае если источником финансирования являются заемные либо собственные средства), и</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>предусматривающих приобретение активов проекта.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       В столбце "Заказчик проекта" указывается наименование ответственного</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственного органа – администратора бюджетных программ (в случае если источником</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>финансирования являются республиканский либо местный бюджет, средства Национального</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фонда Республики Казахстан) либо юридического лица (в случае если источником</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>финансирования являются заемные либо собственные средства).</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       В столбце "Название участников (получатель инвестиций)" указывается</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>наименование субъекта квазигосударственного сектора, а также конечные получатели</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>инвестиций, которым выделены/выделяются/будут выделяться средства.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       В столбце "Стратегические и (или) программные документы Республики Казахстан"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>указываются наименование установленных стратегических и (или) программных документов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан, в рамках которых предусмотрена реализация проекта (в случае если</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>источником финансирования являются республиканский либо местный бюджет, средства</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Национального фонда Республики Казахстан).</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       В столбце "Сектор экономики" указывается наименование отрасли экономики, на</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>которую оказывает эффект реализация проекта.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       В столбце "Начало реализации проекта" указывается дата начала реализации проекта.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       В столбце "Стадия реализации проекта" указывается текущая ситуация по проекту на</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>момент представления информации.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       В столбце "Дата завершения проекта" указывается дата завершения проекта по</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>завершенным проектам или планируемая дата завершения по реализуемым и планируемым к</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>реализации проектам.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       В столбце "Место реализации проекта" указывается населенный пункт и адрес где</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>реализован/реализуется/планируется к реализации проект.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       В столбце "Показатели эффективности проекта" указываются соотношение затрат на</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>реализацию проекта и его результатов.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       В столбце "Срок окупаемости проекта" указывается период времени, необходимый</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>для того, чтобы доходы, генерируемые инвестициями, покрыли затраты на инвестиции (за</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>исключением проектов, не предполагающих получение прямых денежных притоков от</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>реализации товаров, работ или услуг).</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       В столбце "Результаты" указываются целевые индикаторы, прямых и конечных</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>результатов, характеризующие деятельность государственного органа по реализации</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>стратегического плана, программы развития территории и (или) бюджетных программ (в</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>случае если источником финансирования являются республиканский либо местный бюджет,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>средства Национального фонда Республики Казахстан).</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       В столбце "Стоимость проекта (тыс. тенге)" указывается общая стоимость проекта с</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>учетом всех источников финансирования.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       В столбце "Источник финансирования (тыс. тенге)" отражаются средства в</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>соответствующем столбце источника финансирования, в рамках которого</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>выделены/выделяются/будут выделяться средства.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       В столбце "Примечание" указываются в случае не достижения показателей</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>эффективности и результатов проекта, а также срыва сроков реализации проекта, их</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>причины и принимаемые меры (в случае если источником финансирования являются</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">республиканский либо местный бюджет, средства Национального фонда Республики </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -27237,70 +27116,71 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Операции пакета работ"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="738"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1424"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="2479"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z791" w:id="739"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -27312,78 +27192,71 @@
 Описание работ</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="739"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z792" w:id="740"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -27456,51 +27329,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Контрольные даты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z793" w:id="741"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -27512,118 +27385,104 @@
 1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="741"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z794" w:id="742"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -27635,118 +27494,104 @@
 2</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="742"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z795" w:id="743"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -27758,194 +27603,180 @@
 3</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="743"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z796" w:id="744"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="744"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Операция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -28012,51 +27843,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2479" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -28093,231 +27924,231 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Часы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2524" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расценка (тенге/час)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2081" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего (тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 стоимость</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28327,359 +28158,303 @@
               <w:t>
 всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...172 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -29118,996 +28893,871 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Заинтересованные стороны проекта"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="745"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3694"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1252"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3694" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z802" w:id="746"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия, инициалы/группа</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="746"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1251" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2818" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Роль в проекте</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2034" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Контактная информация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1251" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 требования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1252" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Влияние</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3694" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3694" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3694" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -30546,178 +30196,179 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Список операций"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="747"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5676"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3312"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5676" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z807" w:id="748"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="748"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3312" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Операция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3312" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Описание работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5676" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z808" w:id="749"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -30753,126 +30404,119 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пакет работ "Наименование пакета работ"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5676" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3312" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3312" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31342,252 +30986,253 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Ресурсы операции"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="750"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6513"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1602"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6513" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z814" w:id="751"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="751"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование операции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тип ресурса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="984" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1602" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доступность ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6513" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z815" w:id="752"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -31623,241 +31268,206 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пакет работ "Наименование пакета работ"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6513" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -32296,757 +31906,674 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "План управления коммуникациями"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="753"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3084"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1326"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z820" w:id="754"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид сообщения/формат</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="754"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2254" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Назначение/аудитория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Метод передачи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Периодичность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Степень конфиденциальности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1326" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отправитель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -33485,504 +33012,484 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Процессы контроля изменений"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="755"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7808"/>
-        <w:gridCol w:w="4492"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7808" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z825" w:id="756"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объект изменений (область)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="756"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4492" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Процедура определения изменений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7808" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z826" w:id="757"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расписание</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="757"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4492" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7808" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z827" w:id="758"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="758"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4492" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7808" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z828" w:id="759"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Содержание</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="759"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4492" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7808" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z829" w:id="760"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Документация проекта</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="760"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4492" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7808" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z830" w:id="761"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Другое</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="761"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4492" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34452,58 +33959,59 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Определение влияния рисков на достижение целей"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="762"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="909"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="636"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z835" w:id="763"/>
           <w:p>
@@ -34511,1216 +34019,1076 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Влияние</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="763"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z836" w:id="764"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Цели по:</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="764"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3239" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Очень низкое (0,05)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Низкое (0,1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Умеренное (0,2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2506" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Высокое (0,4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Весовой коэффициент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z837" w:id="765"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 стоимости</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="765"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3239" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z838" w:id="766"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 срокам</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="766"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3239" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z839" w:id="767"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 содержанию</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="767"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3239" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z840" w:id="768"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 качеству</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="768"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3239" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -36159,65 +35527,66 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Риски проекта, их воздействие на проект и реагирование на риски"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="769"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="946"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="581"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
-        <w:gridCol w:w="582"/>
-        <w:gridCol w:w="1677"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z845" w:id="770"/>
           <w:p>
@@ -36257,51 +35626,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Описание риска</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -36331,88 +35700,88 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Воздействие на</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="582" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Величина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1677" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -37003,788 +36372,677 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...55 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...94 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...55 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...94 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z848" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="771"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8401"/>
-        <w:gridCol w:w="3899"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8401" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z849" w:id="772"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Действия в рамках стратегии реагирования</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="772"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3899" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Владелец риска</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8401" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8401" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -38210,73 +37468,74 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Данные о риске"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="773"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1180"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="645"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z854" w:id="774"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -38289,189 +37548,161 @@
 Описание риска</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="774"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1048" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
@@ -38556,51 +37787,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z856" w:id="775"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -38632,51 +37863,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Воздействие на</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1048" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38871,126 +38102,119 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 стоимость</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1048" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1048" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стратегия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="645" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -39000,159 +38224,159 @@
               <w:t>
 Действия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1047" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Степень воздействия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1047" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Весовой коэффициент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1047" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Степень воздействия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1047" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -39181,123 +38405,123 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Степень воздействия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1048" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Весовой коэффициент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1048" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Степень воздействия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1048" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -39307,475 +38531,398 @@
               <w:t>
 Весовой коэффициент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...133 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z859" w:id="776"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -39807,123 +38954,123 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Скорректированное Воздействие на</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1048" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Скорректированное значение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1048" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Владелец риска</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="645" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -40081,256 +39228,242 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 стоимость</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1048" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1047" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Степень воздействия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1047" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Весовой коэффициент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1047" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Степень воздействия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1047" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -40359,123 +39492,123 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Степень воздействия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1048" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Весовой коэффициент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1048" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Степень воздействия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1048" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -40485,475 +39618,398 @@
               <w:t>
 Весовой коэффициент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...133 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z862" w:id="777"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -40965,78 +40021,71 @@
 Вторичные риски</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="777"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z863" w:id="778"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -41048,68 +40097,61 @@
 Остаточный риск</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="778"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -41193,447 +40235,384 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резерв времени</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z865" w:id="780"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="780"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1047" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...133 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z866" w:id="781"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -41645,78 +40624,71 @@
 Запасные планы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="781"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z867" w:id="782"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -41728,68 +40700,61 @@
 Примечания</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="782"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -42228,518 +41193,477 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Непосредственные работы по проекту"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="783"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="684"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3686"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z872" w:id="784"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="784"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2398" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Запланированная работа на отчетный период</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1113" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2398" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отметка о выполнении, дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2021" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основная причина отклонений/невыполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Влияние на контрольные события или дату завершения проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -43178,66 +42102,67 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Экономическое заключение бюджетных инвестиций, планируемых к реализации посредством участия государства в уставном капитале юридических лиц"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="785"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2139"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3065"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z877" w:id="786"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -43273,326 +42198,291 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Раздел "Общие сведения"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование бюджетных инвестиций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование администратора бюджетной программы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -43628,85 +42518,78 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
@@ -43736,129 +42619,115 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 название</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -43894,129 +42763,115 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -44028,881 +42883,797 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Получателя Инвестиций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мероприятие 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мероприятие 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мероприятие n</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Период реализации (месяц, год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер бюджетных инвестиций, тыс. тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соответствие государственным, правительственным программам и программам развития территорий (указать реквизиты документа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие заключения экономической экспертизы юридического лица, уполномоченного на проведение экономической экспертизы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z891" w:id="787"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -44938,291 +43709,263 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Раздел "Результаты"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прямой результат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Конечный результат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z894" w:id="788"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -45258,90 +44001,83 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Раздел "Стоимость мероприятий"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3055" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -45371,129 +44107,115 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -45505,423 +44227,388 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 в том числе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мероприятие 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мероприятие 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мероприятие n</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z899" w:id="789"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -45957,338 +44644,379 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочее</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ….</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ….</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z901" w:id="790"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z901" w:id="790"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выводы</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="790"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (Положительное экономическое заключение представляется на Инвестиции,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>структура и содержание которых соответствуют настоящим Правилам, экономически</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>целесообразны, соответствуют положениям документов Системы государственного</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>планирования, ежегодным посланиям Президента Республики Казахстан народу Казахстана,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>поручениям Президента Республики Казахстан, а также критериям обоснованности и</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>результативности.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Отрицательное экономическое заключение представляется на Инвестиции, структура</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и содержание которых не соответствуют настоящим Правилам, и (или) экономически</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нецелесообразны, и (или) не соответствует положениям документов Системы</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственного планирования, ежегодным посланиям Президента Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>народу Казахстана, поручениям Президента Республики Казахстан, и (или) одному или двум</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>критериям (обоснованность и результативность).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="790"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -46559,63 +45287,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -46937,35 +45687,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId8"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>