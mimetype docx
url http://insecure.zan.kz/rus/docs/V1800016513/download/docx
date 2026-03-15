--- v0 (2025-10-14)
+++ v1 (2026-03-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c869f77" w14:textId="c869f77">
+    <w:p w14:paraId="c2fdbf7" w14:textId="c2fdbf7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,60 +94,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении формы сводной ведомости (реестра) по приобретенным товарам, выполненным работам, оказанным услугам дипломатических и приравненных к ним представительств иностранных государств, консульских учреждений иностранного государства, аккредитованных в Республике Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра финансов Республики Казахстан от 16 февраля 2018 года № 212. Зарегистрирован в Министерстве юстиции Республики Казахстан 5 марта 2018 года № 16513</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Приказ Министра финансов Республики Казахстан от 16 февраля 2018 года № 212. Зарегистрирован в Министерстве юстиции Республики Казахстан 5 марта 2018 года № 16513.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом Министра финансов РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 914</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -349,137 +445,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр финансов</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -487,122 +602,138 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Б. Султанов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z14" w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министр иностранных дел</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________Абдрахманов К.К.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16 февраля 2018 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2015,122 +2146,138 @@
         <w:t>
       6) в строке "Входящий номер документа" - указывается регистрационный номер сводной ведомости (реестра), присваиваемый органом государственных доходов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z49" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) в строке "Дата почтового штемпеля" - указывается дата почтового штемпеля, проставленного почтовой или иной организацией связи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z50" w:id="42"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сумма НДС, предъявленного к возврату по приобретенным</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>на территории Республики Казахстан товарам, работам, услугам</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Представительством</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Приложение 1 к реестру)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Форма 013.01</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z51" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Реестр заполняется следующим образом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z52" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2147,222 +2294,238 @@
         <w:t xml:space="preserve">
       В разделе "Общая информация о Представительстве" указывается: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z53" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бизнес-идентификационный номер Представительства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z54" w:id="46"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z54" w:id="46"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) период, за который составлена сводная ведомость (реестр). Квартал указывается</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>арабскими цифрами, соответствующими порядковому номеру квартала;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z55" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) наименование Представительства. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z56" w:id="48"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z56" w:id="48"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В разделе "Сумма НДС, предъявленного к возврату по приобретенным на территории</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан товарам, работам, услугам Представительством" указывается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z57" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе А - порядковый номер строки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z58" w:id="50"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z58" w:id="50"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе В - индивидуальный идентификационный номер налогоплательщика или</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бизнес-идентификационный номер налогоплательщика-поставщика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z59" w:id="51"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе С - серия и номер свидетельства о постановке на регистрационный учет по НДС</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>поставщика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z60" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе D - номер документа на приобретение;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z61" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2457,214 +2620,246 @@
         <w:t>
       в графе I - стоимость приобретенных товаров, работ, услуг без НДС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z65" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе J - сумма НДС.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z66" w:id="58"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Итоговая величина графы J "Сумма НДС" приложения 1 к Реестру "Сумма НДС,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>предъявленного к возврату по приобретенным на территории Республики Казахстан товарам,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>работам, услугам" переносится в строку 013.00.001 "А" Сводной ведомости (реестр)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дипломатических и приравненных к ним представительств иностранных государств,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>консульских учреждений иностранного государства, аккредитованных в Республике</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z67" w:id="59"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сумма НДС, предъявленного к возврату по приобретенным на территории Республики Казахстан товарам, работам, услугам Персоналом</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Приложение 2 к реестру)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Форма 013.02</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z70" w:id="60"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приложение предназначено для отражения сведений о Персонале Представительства,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>на счета которого производится возврат налога на добавленную стоимость.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z71" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В разделе "Общая информация" указывается:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkStart w:name="z72" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2681,268 +2876,292 @@
         <w:t>
       1) индивидуальный идентификационный номер персонала;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z73" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бизнес-идентификационный номер Представительства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z74" w:id="64"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z74" w:id="64"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) период, за который составлена сводная ведомость (реестр). Квартал указывается</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>арабскими цифрами, соответствующими порядковому номеру квартала;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z75" w:id="65"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) фамилия, имя, отчество (при его наличии) персонала, индивидуальный</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>идентификационный код (ИИК) и код бенефициара (КБе);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z76" w:id="66"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) банковские реквизиты, включающие в себя бизнес-идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>налогоплательщика-банка, банковский идентификационный код (БИК) и наименование банка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z77" w:id="67"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В разделе "Сумма НДС, предъявленного к возврату по приобретенным на территории</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан товарам, работам, услугам Представительства" указывается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
     <w:bookmarkStart w:name="z78" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе А - порядковый номер строки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z79" w:id="69"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z79" w:id="69"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе В - индивидуальный идентификационный номер налогоплательщика или</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бизнес-идентификационный номер налогоплательщика- поставщика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z80" w:id="70"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе С - серия и номер свидетельства о постановке на регистрационный учет по НДС</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>поставщика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
     <w:bookmarkStart w:name="z81" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе D - номер документа на приобретение;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:bookmarkStart w:name="z82" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3037,135 +3256,155 @@
         <w:t>
       в графе I - стоимость приобретенных товаров, работ, услуг без НДС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:bookmarkStart w:name="z86" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе J - сумма НДС.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z87" w:id="77"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z87" w:id="77"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Итоговая величина графы J "Сумма НДС" приложения 2 к Реестру "Сумма НДС,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>предъявленного к возврату по приобретенным на территории Республики Казахстан товарам,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>работам, услугам" переносится в строку 013.00.001 "В" Сводной ведомости (реестр)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дипломатических и приравненных к ним представительств иностранных государств,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>консульских учреждений иностранного государства, аккредитованных в Республике</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>