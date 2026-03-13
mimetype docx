--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9550619" w14:textId="9550619">
+    <w:p w14:paraId="c326d5c" w14:textId="c326d5c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил осуществления задержания (приостановления) наличных денежных средств и (или) денежных инструментов, перемещаемых через таможенную границу Евразийского экономического союза, при получении информации, предоставляемой правоохранительными органами и (или) уполномоченным органом о возможной причастности к отмыванию доходов, полученных преступным путем и финансированию терроризма</w:t>
+        <w:t>Об утверждении Правил осуществления задержания (приостановления) наличных денежных средств и (или) денежных инструментов, перемещаемых через таможенную границу Евразийского экономического союза, при получении информации, предоставляемой правоохранительными органами и (или) уполномоченным органом о возможной причастности к отмыванию доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра финансов Республики Казахстан от 15 февраля 2018 года № 193. Зарегистрирован в Министерстве юстиции Республики Казахстан 3 марта 2018 года № 16481.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок приказа – в редакции приказа Министра финансов РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 823</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 14) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -254,54 +292,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> осуществления задержания (приостановления) наличных денежных средств и (или) денежных инструментов, перемещаемых через таможенную границу Евразийского экономического союза, при получении информации, предоставляемой правоохранительными органами и (или) уполномоченным органом о возможной причастности к отмыванию доходов, полученных преступным путем и финансированию терроризма.</w:t>
+        <w:t xml:space="preserve"> осуществления задержания (приостановления) наличных денежных средств и (или) денежных инструментов, перемещаемых через таможенную границу Евразийского экономического союза, при получении информации, предоставляемой правоохранительными органами и (или) уполномоченным органом о возможной причастности к отмыванию доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра финансов РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 823</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету государственных доходов Министерства финансов Республики Казахстан (Тенгебаев А.М.) в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -683,248 +783,472 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 15 февраля 2018 года № 193</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила осуществления задержания (приостановления) наличных денежных средств и (или) денежных инструментов, перемещаемых через таможенную границу Евразийского экономического союза, при получении информации, предоставляемой правоохранительными органами и (или) уполномоченным органом о возможной причастности к отмыванию доходов, полученных преступным путем и финансированию терроризма</w:t>
+        <w:t xml:space="preserve"> Правила осуществления задержания (приостановления) наличных денежных средств и (или) денежных инструментов, перемещаемых через таможенную границу Евразийского экономического союза, при получении информации, предоставляемой правоохранительными органами и (или) уполномоченным органом о возможной причастности к отмыванию доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок – в редакции приказа Министра финансов РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 823</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила - в редакции приказа Заместителя Премьер-Министра - Министра финансов РК от 26.05.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 530</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общее положение</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила осуществления задержания (приостановления) наличных денежных средств и (или) денежных инструментов, перемещаемых через таможенную границу Евразийского экономического союза (далее – ЕАЭС), при получении информации, предоставляемой правоохранительными органами и (или) уполномоченным органом по финансовому мониторингу о возможной причастности к отмыванию доходов, полученных преступным путем и финансированию терроризма (далее – Правила) разработаны в соответствии с подпунктом 14) пункта 1 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Кодекса Республики Казахстан "О таможенном регулировании в Республике Казахстан" и определяют правила осуществления задержания (приостановления) наличных денежных средств и (или) денежных инструментов, перемещаемых через таможенную границу ЕАЭС, при получении информации, предоставляемой правоохранительными органами и (или) уполномоченным органом о возможной причастности к отмыванию доходов, полученных преступным путем и финансированию терроризма.</w:t>
+      1. Настоящие Правила осуществления задержания (приостановления) наличных денежных средств и (или) денежных инструментов, перемещаемых через таможенную границу Евразийского экономического союза (далее – ЕАЭС), при получении информации, предоставляемой правоохранительными органами и (или) уполномоченным органом по финансовому мониторингу о возможной причастности к отмыванию доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 14)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 13 Кодекса Республики Казахстан "О таможенном регулировании в Республике Казахстан" и определяют правила осуществления задержания (приостановления) наличных денежных средств и (или) денежных инструментов, перемещаемых через таможенную границу ЕАЭС, при получении информации, предоставляемой правоохранительными органами и (или) уполномоченным органом о возможной причастности к отмыванию доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра финансов РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 823</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок осуществления задержания</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Органы государственных доходов во взаимодействии с правоохранительными и уполномоченным органом по финансовому мониторингу принимают меры по противодействию легализации (отмыванию) доходов, полученных преступным путем и финансированию терроризма, путем задержания наличных денежных средств и (или) денежных инструментов через таможенную границу ЕАЭС на основании информации, предоставляемой правоохранительными органами и (или) уполномоченным органом по финансовому мониторингу.</w:t>
+      2. Органы государственных доходов во взаимодействии с правоохранительными и уполномоченным органом по финансовому мониторингу принимают меры по противодействию легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения, путем задержания наличных денежных средств и (или) денежных инструментов через таможенную границу ЕАЭС на основании информации, предоставляемой правоохранительными органами и (или) уполномоченным органом по финансовому мониторингу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 – в редакции приказа Министра финансов РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 823</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Органы государственных доходов осуществляют задержание наличных денежных средств и (или) денежных инструментов с использованием сведений, заявленных в пассажирской таможенной декларации в соответствии с таможенным законодательством ЕАЭС и Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. При задержании наличных денежных средств и (или) денежных инструментов органы государственных доходов руководствуются Договором о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма при перемещении наличных денежных средств и (или) денежных инструментов через таможенную границу Таможенного союза, ратифицированным </w:t>
+      4. При задержании наличных денежных средств и (или) денежных инструментов органы государственных доходов руководствуются Договором о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения при перемещении наличных денежных средств и (или) денежных инструментов через таможенную границу Таможенного союза, ратифицированным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О ратификации Договора о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма при перемещении наличных денежных средств и (или) денежных инструментов через таможенную границу Таможенного союза".</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О ратификации Договора о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма при перемещении наличных денежных средств и (или) денежных инструментов через таможенную границу Таможенного союза.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции приказа Министра финансов РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 823</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Хранение изъятых наличных денежных средств и (или) денежных инструментов и сроки задержания</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1193,64 +1517,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>задержания (приостановления)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>наличных денежных средств</w:t>
+              <w:t>наличных денежных средств и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и (или) денежных инструментов,</w:t>
+              <w:t>(или) денежных инструментов,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>перемещаемых через</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1349,64 +1673,103 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>доходов, полученных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>преступным путем и</w:t>
+              <w:t>преступным путем,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>финансированию терроризма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и финансированию</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>распространения оружия</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>массового уничтожения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -1449,76 +1812,125 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z31" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета изъятых наличных денежных средств и (или) денежных инструментов</w:t>
       </w:r>
-      <w:r>
-[...22 lines deleted...]
-      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 – в редакции приказа Министра финансов РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 823</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таможенный пост ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Департамента государственных доходов по ________________________</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -1530,61 +1942,57 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1798,51 +2206,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия, инициалы и подпись ответственного работника</w:t>
+фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность) и подпись ответственного работника</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -2381,61 +2789,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -3712,50 +4116,71 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3828,64 +4253,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>задержания (приостановления)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>наличных денежных средств и</w:t>
+              <w:t>наличных денежных средств</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(или) денежных инструментов,</w:t>
+              <w:t>и (или) денежных инструментов,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>перемещаемых через</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3984,64 +4409,103 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>доходов, полученных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>преступным путем и</w:t>
+              <w:t>преступным путем,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>финансированию терроризма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и финансированию</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>распространения оружия</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>массового уничтожения.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4092,64 +4556,100 @@
     </w:tbl>
     <w:bookmarkStart w:name="z34" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> АКТ передачи задержанных (приостановленных) наличных денежных средств и (или) денежных инструментов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z35" w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 – в редакции приказа Министра финансов РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 823</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от "___" _____________ 20__ года № _____________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4174,70 +4674,67 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование органа государственных доходов)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+        <w:t>Задержанные (приостановленные) наличные денежные средства и (или) денежные инструменты</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -4364,52 +4861,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Сведения о наличных денежных средствах и (или) денежных инструментах, в том числе номинал банкнот, чеков </w:t>
+              <w:t>
+Сведения о наличных денежных средствах и (или) денежных инструментах, в том числе номинал банкнот, чеков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4740,266 +5237,347 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z37" w:id="27"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Средства идентификации ____________________________________________________</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
+      Средства идентификации ___________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(количество мест, количество и номера пломб)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Передал___________________________________________________________________</w:t>
+        <w:t>Передал__________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(должность, фамилия, имя и отчество (при его наличии) должностного лица)</w:t>
+        <w:t>(должность, фамилия, имя, отчество (если оно указано в документе,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_______________ / _____________________ (дата) (подпись)</w:t>
+        <w:t>удостоверяющем личность) должностного лица)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>_____________ /_______________________ (дата) (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Личная номерная печать</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Принял ___________________________________________________________________</w:t>
+        <w:t>Принял __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(наименование государственного органа/юридического лица, должность, фамилия,</w:t>
+        <w:t>(наименование государственного органа/юридического лица, должность,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>имя и отчество (при его наличии) должностного лица государственного</w:t>
+        <w:t>фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>органа/физического лица) _______________ / _______________________</w:t>
+        <w:t>должностного лица) должностного лица государственного органа/физического лица)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>__________ / ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>(дата) (подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Экземпляр акта получил: _________ ____________ / ______________________</w:t>
+        <w:t>Экземпляр акта получил: ___________________ / ______________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(дата) (подпись) (фамилия, имя и отчество (при его наличии))</w:t>
+        <w:t>(дата) (подпись) (фамилия, имя, отчество (если оно указано в документе,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>удостоверяющем личность))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -5007,55 +5585,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5381,31 +5959,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>