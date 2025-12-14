--- v0 (2025-10-04)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="366ffa5" w14:textId="366ffa5">
+    <w:p w14:paraId="5ee4a23" w14:textId="5ee4a23">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,60 +93,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил направления запросов лицам, осуществлявшим операции с налогоплательщиком (налоговым агентом), в отношении которого органом государственных доходов проводится комплексная или тематическая проверка, с целью получения от указанных лиц дополнительной информации о таких операциях, а также предоставления лицами сведений и (или) документов по таким запросам</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра финансов Республики Казахстан от 15 февраля 2018 года № 198. Зарегистрирован в Министерстве юстиции Республики Казахстан 3 марта 2018 года № 16480</w:t>
+        <w:t>Приказ Министра финансов Республики Казахстан от 15 февраля 2018 года № 198. Зарегистрирован в Министерстве юстиции Республики Казахстан 3 марта 2018 года № 16480.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Утрачивает силу приказом Министра финансов РК от 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -308,137 +404,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр финансов</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1335,5462 +1450,4903 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Запрос органа государственных доходов на предоставление</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         сведений за период с 20__ года по 20___ года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z34" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z34" w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование налогоплательщика (налогового агента)_______________________________</w:t>
       </w:r>
-      <w:r>
-[...135 lines deleted...]
-      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ИИН /БИН ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Причины направления запроса_________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 25 декабря 2017 года "О налогах и других</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обязательных платежах в бюджет" (Налоговый кодекс) _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         наименование налогоплательщика (налогового агента), ИИН, БИН </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>необходимо предоставить по контрагенту ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (наименование налогоплательщика (налогового агента), ИИН, БИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>следующие сведения:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Сведения по отгруженным товарам, выполненным работам, оказанным услугам: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="240"/>
-[...14 lines deleted...]
-        <w:gridCol w:w="1398"/>
+        <w:gridCol w:w="768"/>
+        <w:gridCol w:w="768"/>
+        <w:gridCol w:w="768"/>
+        <w:gridCol w:w="768"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="769"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="240" w:type="dxa"/>
-[...618 lines deleted...]
-            </w:r>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcW w:w="768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z37" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="28"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcW w:w="768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование контрагента (поставщика, покупателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИИН/БИН контрагента (поставщика, покупателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер договора</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата договора</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="592" w:type="dxa"/>
+            <w:tcW w:w="769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата счет-фактуры</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="592" w:type="dxa"/>
+            <w:tcW w:w="769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер счет-фактуры</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1246" w:type="dxa"/>
+            <w:tcW w:w="769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование товара (работ, услуг)</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единица измерения</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стоимость</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Общая сумма</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма НДС</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отражено в бухгалтерском учете (Да/Нет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отражено в налоговой отчетности (Да/Нет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отражено в декларации по НДС (период)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="240" w:type="dxa"/>
-[...618 lines deleted...]
-            </w:r>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="240" w:type="dxa"/>
-[...618 lines deleted...]
-            </w:r>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4858"/>
-        <w:gridCol w:w="7442"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4858" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z40" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего, общая сумма: _______ тенге.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="29"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7442" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
   Всего, сумма НДС: ____________ тенге.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z41" w:id="30"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сведения об оплате за отгруженные товары, выполненным работы, оказанным</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услуги:</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1260"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1261"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z43" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="31"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2839" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид платежного документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2839" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата платежного документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер платежного документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1261" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1261" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z46" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Всего, сумма:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z47" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z47" w:id="33"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Дополнительные сведения (погашение взаимных требований, товарообменные и</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>иные безденежные операции, бартер, безвозмездная   передача и другое):</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="450"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="2613"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z49" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="34"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="732" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование операции</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Содержание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="733" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и дата документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="733" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма операции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2646" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отражено в бухгалтерском учете (Да/Нет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2646" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отражено в налоговой отчетности (Да/Нет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2613" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отражено в декларации по НДС (период)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z52" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Задолженность между получателем и поставщиком (кредиторская и дебиторская):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z53" w:id="36"/>
@@ -6811,363 +6367,407 @@
         <w:t>
       На начало налогового периода: "___"________ 20__ года, равна: _________ (тенге).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z54" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На конец налогового периода: "___"________ 20__ года, равна: _________ (тенге).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z55" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z55" w:id="38"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Копии документов, которые необходимо предоставить по</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z56" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...108 lines deleted...]
-        <w:t>законами Республики Казахстан.</w:t>
+        <w:t>запросу___________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z57" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z56" w:id="39"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Руководитель (заместитель) органа государственных доходов</w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">                   (Ф.И.О. (при его наличии), подпись, печать)</w:t>
+      В случае невыполнения законных требований органов государственных доходов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z58" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Примечание:</w:t>
+        <w:t xml:space="preserve">применяются меры административного взыскания в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 288</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z59" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...13 lines deleted...]
-        <w:t>агентом), в случае наличия таких финансово-хозяйственных операций.</w:t>
+        <w:t xml:space="preserve">Республики Казахстан об административных правонарушениях. В соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 187</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z60" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Расшифровка аббревиатур:</w:t>
+        <w:t>Налогового кодекса налогоплательщик или его уполномоченный представитель имеют право</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z61" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>обжаловать действия (бездействие) должностных лиц органов государственных доходов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вышестоящему органу государственных доходов или в суд, в порядке, предусмотренном</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z57" w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель (заместитель) органа государственных доходов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (Ф.И.О. (при его наличии), подпись, печать)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z59" w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По пунктам 1 – 4 запроса, сведения заполняются налогоплательщиком (налоговым</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>агентом), в случае наличия таких финансово-хозяйственных операций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расшифровка аббревиатур:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z61" w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
       ИИН/БИН – индивидуальный идентификационный или бизнес-идентификационный</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер налогоплательщика;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z62" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       НДС – налог на добавленную стоимость.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>