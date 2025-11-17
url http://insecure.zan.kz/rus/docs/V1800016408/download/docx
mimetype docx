--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="77a6987" w14:textId="77a6987">
+    <w:p w14:paraId="398844f" w14:textId="398844f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -143,87 +143,95 @@
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Заголовок - в редакции приказа Министра финансов РК от 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 420</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание РЦПИ!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>п.4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -236,729 +244,802 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктами 13)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 24 Кодекса Республики Казахстан от 25 декабря 2017 года "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс), </w:t>
+        <w:t xml:space="preserve">, 13-1), 13-2) и 14) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 50 Закона Республики Казахстан от 31 августа 1995 года "О банках и банковской деятельности в Республике Казахстан" </w:t>
+        <w:t xml:space="preserve"> статьи 50 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПРИКАЗЫВАЮ</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа и.о. Министра финансов РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 457</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования и действует по 31.12.2025, включительно).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z184" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) форму сведений о наличии банковских счетов и их номерах, об остатках денег на этих счетах согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z185" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z185" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) форму сведений о движении денег на банковских счетах согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z186" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z186" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) форму сведений о предоставленных кредитах физическому лицу, у которого возникла обязанность по представлению декларации об активах и обязательствах, с указанием сумм погашения, включая вознаграждение согласно </w:t>
+      3) форму сведений о предоставленных кредитах физическому лицу, у которого возникла обязанность по представлению декларации об активах и обязательствах, о доходах и имуществе, с указанием сумм погашения, включая вознаграждение согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра финансов РК от 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 420</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом и.о. Министра финансов РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 457</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования и действует по 31.12.2025, включительно).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившими силу некоторые приказы Министерства финансов Республики Казахстан по перечню согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Комитету государственных доходов Министерства финансов Республики Казахстан (Тенгебаев А. М.) в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" Министерства юстиции Республики Казахстан для включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) размещение настоящего приказа на интернет-ресурсе Министерства финансов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства финансов Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением подпунктов 2) и 3) пункта 1 настоящего приказа, которые вводятся в действие с 1 января 2020 года, при этом подпункт 3) пункта 1 настоящего приказа действует до 1 января 2026 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр финансов</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-          </w:tcPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Б. Султанов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z17" w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Председатель Национального Банка</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________ Д. Акишев</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1 февраля 2018 года</w:t>
-      </w:r>
-[...17 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -994,111 +1075,1373 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>Приложение 1 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к приказу Министра финансов</w:t>
+              <w:t>Министра финансов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2 февраля 2018 года № 119</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сведения о наличии банковских счетов и их номерах, об остатках денег на этих счетах</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>за период с "___" ______________ 20____ года по "____" ________________ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Форма - в редакции приказа и.о. Министра финансов РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 457</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования и действует по 31.12.2025, включительно).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налогоплательщик</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реквизиты банка, филиала банка-нерезидента Республики Казахстан, его структурных подразделений, в котором открыты банковские счета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вид банковского счета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Валюта банковского счета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номер банковского счета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остаток денег на банковском счете по состоянию на 31 декабря отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ИИН/ БИН </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность)/ наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+БИН </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БИК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      _______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпись лица, ответственного за составление формы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>руководителя, подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>расшифровка аббревиатур:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ИИН – индивидуальный идентификационный номер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БИН – бизнес-идентификационный номер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БИК – банковский идентификационный код.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пояснение по заполнению формы "Сведения о наличии банковских счетов и их номерах, об остатках денег на этих счетах" приведено в приложении к настоящей форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок представления указанных сведений – в течение 10 (десяти) рабочих дней со дня получения запроса органа государственных доходов.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1134,1330 +2477,502 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>форма</w:t>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к форме "Сведения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о наличии банковских счетов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и их номерах, об остатках</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>денег на этих счетах"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z188" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы "Сведения о наличии банковских счетов и их номерах, об остатках денег на этих счетах"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z189" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z259" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Форма, предназначенная для сбора сведений о наличии банковских счетов и их номерах, об остатках денег на этих счетах (далее – Форма) разработана в соответствии с подпунктами 13) и 13-1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налогового кодекса) и с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 6-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 50 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z260" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Основной задачей ведения Формы является получение сведений о банковских счетах и их номерах, об остатках денег на этих счетах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z261" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Форма заполняется и представляется банками, филиалами банков-нерезидентов Республики Казахстан и организациями, осуществляющими отдельные виды банковских операций, в течение 10 (десяти) рабочих дней со дня получения запроса органа государственных доходов по сведениям о наличии банковских счетов и их номерах, об остатках денег на этих счетах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z262" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Форма направляется в органы государственных доходов по физическому лицу, у которого возникла обязанность по представлению декларации об активах и обязательствах, о доходах и имуществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z263" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сведения о наличии банковских счетов и их номерах, об остатках денег на этих счетах за период с "___" ______________ 20____ года по "____" ________________ 20___ года</w:t>
-[...1032 lines deleted...]
-    </w:tbl>
+        <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению формы "Cведения о наличии банковских счетов и их номерах, об остатках денег на этих счетах"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z264" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________________</w:t>
-[...66 lines deleted...]
-    </w:p>
+      4. В графе 1 Формы указывается порядковый номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z265" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Примечание:</w:t>
-[...1 lines deleted...]
-    </w:p>
+      5. В графе 2 Формы указывается индивидуальный идентификационный номер/бизнес-идентификационный номер (далее – ИИН/БИН) налогоплательщика.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z266" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      расшифровка аббревиатур:</w:t>
-[...1 lines deleted...]
-    </w:p>
+      6. В графе 3 Формы указывается фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность)/наименование налогоплательщика.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z267" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      *ИИН – индивидуальный идентификационный номер;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      7. В графе 4 Формы указывается БИН банка, филиала банка-нерезидента Республики Казахстан, их структурных подразделений, в котором открыты банковские счета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z268" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      **БИН – бизнес-идентификационный номер;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      8. В графе 5 Формы указывается банковский идентификационный код (далее – БИК) банка, филиала банка-нерезидента Республики Казахстан, их структурных подразделений, в котором открыты банковские счета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z269" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ***БИК – банковский идентификационный код.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      9. В графе 6 Формы указывается наименование банка, филиала банка-нерезидента Республики Казахстан, их структурных подразделений, в котором открыты банковские счета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z270" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Пояснение по заполнению формы "Сведения о наличии банковских счетов и их номерах, об остатках денег на этих счетах" приведено в приложении к настоящей форме.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      10. В графе 7 Формы указывается вид банковского счета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z271" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Срок представления указанных сведений – в течение 10 (десяти) рабочих дней со дня получения запроса органа государственных доходов.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      11. В графе 8 Формы указывается вид валюты банковского счета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z272" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В графе 9 Формы указывается номер банковского счета налогоплательщика.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z273" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В графе 10 Формы указывается остаток денег на банковском счете по состоянию на 31 декабря отчетного периода.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2491,485 +3006,2482 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к форме</w:t>
+              <w:t>Приложение 2 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Сведения о наличии</w:t>
+              <w:t>Министра финансов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>банковских счетов и их номерах,</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>об остатках денег на этих счетах"</w:t>
+              <w:t>от 2 февраля 2018 года № 119</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z188" w:id="11"/>
+    <w:bookmarkStart w:name="z82" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы "Сведения о наличии банковских счетов и их номерах, об остатках денег на этих счетах"</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> Сведения о движении денег на банковских счетах</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
-[...15 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>за период с "___" ______________ 20____ года по "____" ________________ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Форма, предназначенная для сбора сведений о наличии банковских счетов и их номерах, об остатках денег на этих счетах (далее – Форма) разработана в соответствии с подпунктом 13) </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
+      Сноска. Форма - в редакции приказа и.о. Министра финансов РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 457</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования и действует по 31.12.2025, включительно).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налогоплательщик</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Движение денег на банковских счетах налогоплательщика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН/ БИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность)/наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+поступление денег на банковский счет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сумма платежа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+отправитель денег</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+реквизиты банка, филиала банка-нерезидента Республики Казахстан отправителя денег</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+назначение платежа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН/ БИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БИК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Основной задачей ведения Формы является получение сведений о банковских счетах и их номерах, об остатках денег на этих счетах.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z191" w:id="14"/>
+      продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+перечисление денег с банковского счета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сумма платежа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бенефициар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+реквизиты банка, филиала банка-нерезидента Республики Казахстан бенефициара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+назначение платежа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН /БИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БИК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Форма заполняется и представляется банками, филиалами банков-нерезидентов Республики Казахстан и организациями, осуществляющими отдельные виды банковских операций, в течение 10 (десяти) рабочих дней со дня получения запроса органа государственных доходов по сведениям о наличии банковских счетов и их номерах, об остатках денег на этих счетах.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z192" w:id="15"/>
+      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпись лица, ответственного за составление формы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>руководителя, подпись)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Форма направляется по физическому лицу, у которого возникла обязанность по представлению декларации об активах и обязательствах в период с 1 января 2021 года по 1 января 2026 года.</w:t>
-[...258 lines deleted...]
-</w:t>
+      Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>расшифровка аббревиатур:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ИИН – индивидуальный идентификационный номер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БИН – бизнес-идентификационный номер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БИК – банковский идентификационный код.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пояснение по заполнению формы "Сведения о движении денег на банковских счетах" приведено в приложении к настоящей форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок представления указанных сведений – в течение 10 (десяти) рабочих дней со дня получения запроса органа государственных доходов.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3005,113 +5517,669 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к приказу Министра финансов</w:t>
+              <w:t>к форме "Сведения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>о движении денег</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 2 февраля 2018 года № 119</w:t>
+              <w:t>на банковских счетах"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z206" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы "Сведения о движении денег на банковских счетах"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z207" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z274" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Форма, предназначенная для сбора сведений о движении денег на банковских счетах (далее – Форма) разработана в соответствии с подпунктами 13) и 13-2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налогового кодекса) и с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 6-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 50 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z275" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Основной задачей ведения Формы является получение сведений о движении денег на банковских счетах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z276" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Форма заполняется и представляется банками, филиалами банков-нерезидентов Республики Казахстан и организациями, осуществляющими отдельные виды банковских операций, в течение 10 (десяти) рабочих дней со дня получения запроса органа государственных доходов по сведениям о движении денег на этих счетах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z277" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Форма направляется органами государственных доходов в банки, филиалы банков-нерезидентов Республики Казахстан и организации, осуществляющие отдельные виды банковских операций, в случае налоговой проверки в отношении проверяемого лица. В остальных случаях сведения о движении денег предоставляются общей суммой (оборотами).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z278" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В рамках всеобщего декларирования Форма направляется в органы государственных доходов в отношении физических лиц, у которых возникла обязанность по представлению декларации о доходах и имуществе в связи с приобретением в течение календарного года имущества стоимостью свыше 20 000-кратного размера месячного расчетного показателя, установленного законом о республиканском бюджете и действующего на 31 декабря отчетного налогового периода.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z279" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению формы "Сведения о движении денег на банковских счетах"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z280" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В графе 1 Формы указывается порядковый номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z281" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В графе 2 Формы указывается индивидуальный идентификационный номер/бизнес-идентификационный номер (далее – ИИН/БИН) налогоплательщика.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z282" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В графе 3 Формы указывается фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) физического лица/наименование налогоплательщика.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z283" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В графе 4 Формы указывается дата поступления денег на банковский счет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z284" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В графе 5 Формы указывается сумма платежа, поступившего на банковский счет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z285" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В графе 6 Формы указывается ИИН/БИН отправителя денег.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z286" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В графе 7 Формы указывается наименование отправителя денег.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z287" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В графе 8 Формы указывается БИН банка, филиала банка-нерезидента Республики Казахстан отправителя денег.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z288" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В графе 9 Формы указывается банковский идентификационный код (далее – БИК) банка, филиала банка-нерезидента Республики Казахстан отправителя денег.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z289" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. В графе 10 Формы указывается наименование банка, филиала банка-нерезидента Республики Казахстан отправителя денег.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z290" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. В графе 11 Формы указывается назначение платежа, поступившего на банковский счет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z291" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. В графе 12 Формы указывается дата перечисления денег с банковского счета налогоплательщика-отправителя денег.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z292" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. В графе 13 Формы указывается сумма платежа, перечисленная с банковского счета налогоплательщика-отправителя денег.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z293" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. В графе 14 Формы указывается ИИН/БИН бенефициара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z294" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. В графе 15 Формы указывается наименование бенефициара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z295" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. В графе 16 Формы указывается БИН банка, филиала банка-нерезидента Республики Казахстан, бенефициара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z296" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. В графе 17 Формы указывается БИК банка, филиала банка-нерезидента Республики Казахстан, бенефициара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z297" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. В графе 18 Формы указывается наименование банка, филиала банка-нерезидента Республики Казахстан, бенефициара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z298" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. В графе 19 Формы указывается назначение платежа, перечисленного с банковского счета отправителя денег.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3145,2338 +6213,2275 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Приложение 3 к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра финансов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 2 февраля 2018 года № 119</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z128" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сведения о движении денег на банковских счетах за период с "___" ______________ 20____ года по "____" ________________ 20___ года</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Сведения о предоставленных кредитах физическому лицу, у которого возникла</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>обязанность по представлению декларации об активах и обязательствах, о доходах</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и имуществе, с указанием сумм погашения, включая вознаграждение</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>за период с "___" ______________ 20____ года по "____" _________20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Форма - в редакции приказа Министра финансов РК от 30.04.2021 </w:t>
+      Сноска. Форма - в редакции приказа и.о. Министра финансов РК от 30.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 420</w:t>
+        <w:t>№ 457</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования и действует по 31.12.2025, включительно).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="627"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="975"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="627" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налогоплательщик</w:t>
+Сведения по физическому лицу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...29 lines deleted...]
-Движение денег на банковских счетах налогоплательщика</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реквизиты банка, филиала банка-нерезидента Республики Казахстан, их структурных подразделений, в котором выдан кредит</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата предоставления кредита</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
-[...67 lines deleted...]
-фамилия, имя, отчество (при его наличии)/наименование</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БИК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...491 lines deleted...]
-            <w:tcW w:w="627" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="627" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
-            </w:r>
-[...142 lines deleted...]
-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1352"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1353"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...33 lines deleted...]
-</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номер и дата договора о предоставлении кредита</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номер банковского счета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Валюта банковского счета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма предоставленного кредита</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма установленного лимита по договору</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остаток суммы кредита на начало периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма уплаченного основного долга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма уплаченного вознаграждения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма уплаченной пени</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...29 lines deleted...]
-перечисление денег с банковского счета</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остаток суммы кредита</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вид кредита</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
-[...72 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+основной долг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вознаграждение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пеня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...295 lines deleted...]
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1837" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________________</w:t>
-[...64 lines deleted...]
-        <w:t xml:space="preserve">                         руководителя, подпись)</w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпись лица, ответственного за составление формы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>руководителя, подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...90 lines deleted...]
-      Срок представления указанных сведений – в течение 10 (десяти) рабочих дней со дня получения запроса органа государственных доходов.</w:t>
+        <w:t>расшифровка аббревиатур:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ИИН – индивидуальный идентификационный номер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БИН – бизнес-идентификационный номер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БИК – банковский идентификационный код.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пояснение по заполнению формы "Сведения о предоставленных кредитах физическому лицу, у которого возникла обязанность по представлению декларации об активах и обязательствах, о доходах и имуществе, с указанием сумм погашения, включая вознаграждение" приведено в приложении к настоящей форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок представления указанных сведений – в течение 10 (десяти) рабочих дней со дня получения запроса органа государственных доходов.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5512,708 +8517,747 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к форме</w:t>
+              <w:t>Приложение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Сведения о движении</w:t>
+              <w:t>к форме "Сведения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>денег на банковских счетах"</w:t>
+              <w:t>о предоставленных кредитах</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>физическому лицу, у которого</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>возникла обязанность</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по представлению декларации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об активах и обязательствах,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о доходах и имуществе,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>с указанием сумм погашения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>включая вознаграждение"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z206" w:id="28"/>
+    <w:bookmarkStart w:name="z233" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы "Сведения о движении денег на банковских счетах"</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z207" w:id="29"/>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы "Сведения о предоставленных кредитах физическому лицу, у которого возникла обязанность по представлению декларации об активах и обязательствах, о доходах и имуществе, с указанием сумм погашения, включая вознаграждение"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z234" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z208" w:id="30"/>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z299" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Форма, предназначенная для сбора сведений о движении денег на банковских счетах (далее – Форма) разработана в соответствии с подпунктом 13) </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+      1. Форма, предназначенная для сбора сведений о предоставленных кредитах физическому лицу, у которого возникла обязанность по представлению декларации об активах и обязательствах, о доходах и имуществе, с указанием сумм погашения, включая вознаграждение (далее – Форма), разработана в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 14)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 24 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налогового кодекса) и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 6-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 50 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z300" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Основной задачей ведения Формы является получение сведений о движении денег на банковских счетах.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z209" w:id="31"/>
+      Основной задачей ведения Формы является получение сведений о предоставленных кредитах физическому лицу, у которого возникла обязанность по представлению декларации об активах и обязательствах, о доходах и имуществе, с указанием сумм погашения, включая вознаграждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z301" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Форма заполняется и представляется банками, филиалами банков-нерезидентов Республики Казахстан и организациями, осуществляющими отдельные виды банковских операций, в течение 10 (десяти) рабочих дней со дня получения запроса органа государственных доходов по сведениям о движении денег на этих счетах.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z210" w:id="32"/>
+      2. Форма заполняется и представляется банками, филиалами банков-нерезидентов Республики Казахстан и организациями, осуществляющими отдельные виды банковских операций, в течение десяти рабочих дней со дня получения запроса налогового органа по сведениям о предоставленных кредитах физическому лицу, у которого возникла обязанность по представлению декларации об активах и обязательствах, о доходах и имуществе, с указанием сумм погашения, включая вознаграждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z302" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Форма направляется в банки, филиалы банков-нерезидентов Республики Казахстан и организации, осуществляющие отдельные виды банковских операций, в случае налоговой проверки в отношении проверяемого лица. В остальных случаях сведения о движении денег предоставляются общей суммой (оборотами).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z211" w:id="33"/>
+      3. Форма направляется в органы государственных доходов по физическому лицу, у которого возникла обязанность по представлению декларации об активах и обязательствах, о доходах и имуществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z303" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению формы "Сведения о предоставленных кредитах физическому лицу, у которого возникла обязанность по представлению декларации об активах и обязательствах, о доходах и имуществе, с указанием сумм погашения, включая вознаграждение" (далее – форма)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z304" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. В рамках всеобщего декларирования Форма направляется в отношении:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
+      4. В графе 1 Формы указывается порядковый номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z305" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      лица, зарегистрированного в установленном законом порядке в качестве кандидата в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан и маслихата, а также в члены органов местного самоуправления, и его супруги (супруга);</w:t>
-[...1 lines deleted...]
-    </w:p>
+      5. В графе 2 Формы указывается индивидуальный идентификационный номер физического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z306" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      лица, являющегося кандидатом на государственную должность либо на должность, связанную с выполнением государственных или приравненных к ним функций, и его супруги (супруга);</w:t>
-[...1 lines deleted...]
-    </w:p>
+      6. В графе 3 Формы указываются фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность) физического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z307" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      лица, занимающего государственную должность, в период выполнения им своих полномочий и его супруги (супруга) в этот же период;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      7. В графе 4 Формы указывается бизнес-идентификационный номер банка, филиала банка-нерезидента Республики Казахстан, их структурных подразделений, в котором выдан кредит.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z308" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      лица, освобожденного условно-досрочно от отбывания наказания.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z212" w:id="34"/>
+      8. В графе 5 Формы указывается банковский идентификационный код банка, филиала банка-нерезидента Республики Казахстан, их структурных подразделений, в котором выдан кредит.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z309" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Пояснение по заполнению формы "Сведения о движении денег на банковских счетах"</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z213" w:id="35"/>
+      9. В графе 6 Формы указывается наименование банка, филиала банка-нерезидента Республики Казахстан, их структурных подразделений, в котором выдан кредит.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z310" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. В графе 1 Формы указывается порядковый номер.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z214" w:id="36"/>
+      10. В графе 7 Формы указывается дата предоставления кредита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z311" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. В графе 2 Формы указывается индивидуальный идентификационный номер/бизнес-идентификационный номер (далее – ИИН/БИН) налогоплательщика.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z215" w:id="37"/>
+      11. В графе 8 Формы указывается номер и дата договора о предоставлении кредита. Сведения представляются отдельно в разрезе договоров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z312" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. В графе 3 Формы указывается фамилия, имя, отчество (при его наличии) физического лица/наименование налогоплательщика.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z216" w:id="38"/>
+      12. В графе 9 Формы указывается номер банковского счета физического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z313" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. В графе 4 Формы указывается дата поступления денег на банковский счет.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z217" w:id="39"/>
+      13. В графе 10 Формы указывается вид валюты банковского счета физического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z314" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. В графе 5 Формы указывается сумма платежа, поступившего на банковский счет.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z218" w:id="40"/>
+      14. В графе 11 Формы указывается сумма предоставленного кредита физическому лицу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z315" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. В графе 6 Формы указывается ИИН/БИН отправителя денег.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z219" w:id="41"/>
+      15. В графе 12 Формы указывается сумма установленного лимита по договору.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z316" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. В графе 7 Формы указывается наименование отправителя денег.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z220" w:id="42"/>
+      16. В графе 13 Формы указывается остаток суммы кредита на начало периода.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z317" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. В графе 8 Формы указывается БИН банка, филиала банка-нерезидента Республики Казахстан отправителя денег.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z221" w:id="43"/>
+      17. В графе 14 Формы указывается сумма уплаченного основного долга на конец запрашиваемого периода.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z318" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. В графе 9 Формы указывается банковский идентификационный код (далее – БИК) банка, филиала банка-нерезидента Республики Казахстан отправителя денег.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z222" w:id="44"/>
+      18. В графе 15 Формы указывается сумма уплаченного вознаграждения на конец запрашиваемого периода.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z319" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. В графе 10 Формы указывается наименование банка, филиала банка-нерезидента Республики Казахстан отправителя денег.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z223" w:id="45"/>
+      19. В графе 16 Формы указывается сумма уплаченной пени на конец запрашиваемого периода.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z320" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. В графе 11 Формы указывается назначение платежа, поступившего на банковский счет.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z224" w:id="46"/>
+      20. В графе 17 Формы указывается остаток суммы основного долга кредит.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z321" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. В графе 12 Формы указывается дата перечисления денег с банковского счета налогоплательщика-отправителя денег.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z225" w:id="47"/>
+      21. В графе 18 Формы указывается остаток суммы вознаграждения кредита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z322" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. В графе 13 Формы указывается сумма платежа, перечисленная с банковского счета налогоплательщика-отправителя денег.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z226" w:id="48"/>
+      22. В графе 19 Формы указывается остаток суммы пени кредита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z323" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. В графе 14 Формы указывается ИИН/БИН бенефициара.</w:t>
-[...102 lines deleted...]
-    <w:bookmarkEnd w:id="53"/>
+      23. В графе 20 Формы указывается вид кредита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6247,3317 +9291,339 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к приказу Министра финансов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2 февраля 2018 года № 119</w:t>
-            </w:r>
-[...63 lines deleted...]
-              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z179" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сведения о предоставленных кредитах физическому лицу, у которого возникла обязанность по представлению декларации об активах и обязательствах, с указанием сумм погашения, включая вознаграждение за период с "___" ______________ 20____ года по "____" ________________ 20___ года</w:t>
-[...1837 lines deleted...]
-      __________________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> Перечень</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...368 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы "Сведения о предоставленных кредитах физическому лицу, у которого возникла обязанность по представлению декларации об активах и обязательствах, с указанием сумм погашения, включая вознаграждение"</w:t>
-[...686 lines deleted...]
-        </w:rPr>
         <w:t>утративших силу некоторых приказов Министерства финансов Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z180" w:id="81"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z180" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 29 декабря 2008 года № 625 "Об утверждении формы сведений о наличии и номерах банковских счетов, об остатках и движении денег на этих счетах, о предоставленных кредитах физическим лицам" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 5502, опубликованный 3 апреля 2009 года в газете "Юридическая газета" № 49 (1646)).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z181" w:id="82"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z181" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 31 марта 2015 года № 242 "О внесении изменений в приказ Министра финансов Республики Казахстан от 29 декабря 2008 года № 625 "Об утверждении формы сведений о наличии и номерах банковских счетов, об остатках и движении денег на этих счетах" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 10997, опубликованный 1 июня 2015 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z182" w:id="83"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z182" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра финансов Республики Казахстан от 8 июля 2016 года № 360 "О внесении изменений и дополнений в приказ Министра финансов Республики Казахстан от 29 декабря 2008 года № 625 "Об утверждении формы сведений о наличии и номерах банковских счетов, об остатках и движении денег на этих счетах" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 14125, опубликованный 7 сентября 2016 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z183" w:id="84"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z183" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня приказов Министерства финансов Республики Казахстан, в которые вносятся изменения и дополнения, утвержденного приказом Министра финансов Республики Казахстан от 31 марта 2017 года № 213 "О внесении изменений и дополнений в некоторые приказы Министерства финансов Республики Казахстан" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 15096, опубликованный 13 июня 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>