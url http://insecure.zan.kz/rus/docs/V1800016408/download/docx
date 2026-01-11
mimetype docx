--- v1 (2025-11-17)
+++ v2 (2026-01-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="398844f" w14:textId="398844f">
+    <w:p w14:paraId="58f98f4" w14:textId="58f98f4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,50 +94,126 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении форм сведений о наличии банковских счетов и их номерах, об остатках и движении денег на этих счетах, а также о предоставленных кредитах физическому лицу, у которого возникла обязанность по представлению декларации об активах и обязательствах, с указанием сумм погашения, включая вознаграждение</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра финансов Республики Казахстан от 2 февраля 2018 года № 119. Зарегистрирован в Министерстве юстиции Республики Казахстан 21 февраля 2018 года № 16408.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом Министра финансов РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 698</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>