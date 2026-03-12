--- v2 (2026-01-11)
+++ v3 (2026-03-12)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="58f98f4" w14:textId="58f98f4">
+    <w:p w14:paraId="b4da7cf" w14:textId="b4da7cf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,124 +85,134 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении форм сведений о наличии банковских счетов и их номерах, об остатках и движении денег на этих счетах, а также о предоставленных кредитах физическому лицу, у которого возникла обязанность по представлению декларации об активах и обязательствах, с указанием сумм погашения, включая вознаграждение</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Приказ Министра финансов Республики Казахстан от 2 февраля 2018 года № 119. Зарегистрирован в Министерстве юстиции Республики Казахстан 21 февраля 2018 года № 16408.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра финансов Республики Казахстан от 2 февраля 2018 года № 119. Зарегистрирован в Министерстве юстиции Республики Казахстан 21 февраля 2018 года № 16408. Утратил силу приказом Министра финансов Республики Казахстан от 12 ноября 2025 года № 698 (вводится в действие с 01.01.2026)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
-[...34 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Сноска. Утратил силу приказом Министра финансов РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 698</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9643,63 +9655,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -10021,35 +10055,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>