--- v0 (2025-10-03)
+++ v1 (2025-11-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f2408f4" w14:textId="f2408f4">
+    <w:p w14:paraId="ff515da" w14:textId="ff515da">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,60 +94,136 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении форм квитанции для сбора налогов на имущество, транспортные средства и земельного налога, уплачиваемых налогоплательщиком-физическим лицом и бланка строгой отчетности для принятия наличных денег в случаях, предусмотренных налоговым законодательством</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра финансов Республики Казахстан от 26 января 2018 года № 71. Зарегистрирован в Министерстве юстиции Республики Казахстан 19 февраля 2018 года № 16382</w:t>
+        <w:t>Приказ Министра финансов Республики Казахстан от 26 января 2018 года № 71. Зарегистрирован в Министерстве юстиции Республики Казахстан 19 февраля 2018 года № 16382.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z3" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом Министра финансов РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 549</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -519,137 +595,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр финансов</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -844,235 +939,234 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z19" w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                           Квитанция</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-                                           Квитанция</w:t>
+        <w:t xml:space="preserve">             для сбора налогов на имущество, транспортные средства и земельного налога,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">             для сбора налогов на имущество, транспортные средства и земельного налога,</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">                         уплачиваемых налогоплательщиком-физическим лицом</w:t>
+        <w:t xml:space="preserve">                         уплачиваемых налогоплательщиком-физическим лицом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="663"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="346"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z20" w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нысан ЖТ - № 1</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма ФЛ - № 1</w:t>
             </w:r>
-            <w:r>
-[...14 lines deleted...]
-          <w:bookmarkEnd w:id="14"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:bookmarkStart w:name="z22" w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КВИТАНЦИЯ</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="15"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:bookmarkStart w:name="z23" w:id="16"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сериясы </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="16"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1271,57 +1365,61 @@
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="177800" cy="203200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -1610,229 +1708,220 @@
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="177800" cy="203200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkStart w:name="z25" w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КВИТАНЦИЯ</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkStart w:name="z26" w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Серия </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkStart w:name="z27" w:id="19"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Салық төлеушінің Т.А.Ә. </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...20 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(бар болған жағдайда) ______________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...21 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф.И.О. (при его наличии) налогоплательщика</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...80 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ЖСН (ИИН) </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="177800" cy="203200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId16"/>
                           <a:stretch>
@@ -2319,57 +2408,61 @@
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId27"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="177800" cy="203200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Көлік құралының сәйкестендіру нөмірі </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -3098,130 +3191,135 @@
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId44"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="177800" cy="203200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Идентификационный номер транспортного средства</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Тұрғылықты мекенжайы, телефоны __________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адрес места жительства, телефон</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3263,159 +3361,159 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық коды Код налога</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3439" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ағымдағы жылға сомасы ТТК (төлемді тағайындау коды) 911 Сумма налога за текущий год КНП (код назначения платежа) 991</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3248" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өткен жылдардың бересісі ТТК (төлемді тағайындау коды) 994 Недоимка прошлых лет КНП (код назначения платежа) 994</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2865" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өсімпұлдар ТТК (төлемді тағайындау коды) 992 Пени КНП (код назначения платежа) 992</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="346" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3488,159 +3586,159 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3439" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3248" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2865" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="346" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3671,1321 +3769,1250 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z36" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке тұлғалардың мүлкіне салынатын салық</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на имущество с физических лиц</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="22"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 104102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3439" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3248" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2865" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="346" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z37" w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендер жерлеріне жер салығы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Земельный налог на земли населенных пунктов </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="23"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 104302</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3439" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3248" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2865" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="346" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z38" w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің жерлеріне жер салығын қоспағанда, жер салығы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог, за исключением земельного налога на земли населенных пунктов</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="24"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 104309</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3439" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3248" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2865" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="346" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z39" w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке тұлғалардан көлік құралдарына салынатын салық</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="25"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства с физических лиц</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="25"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 104402</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3439" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3248" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2865" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="346" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z40" w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлығы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="26"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="26"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="346" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z41" w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соманы жазумен, бас әріппен, бос қалған жол бойынша-сызықша.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="27"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Указать сумму прописью, с заглавной буквы, по свободному остатку поля - прочерк.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>___________________________________________________________ тенге ________________ тиын</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Салық жинауды жүзеге асырған лауазымды тұлғаның</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Т.А.Ә. (бар болған жағдайда):</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>__________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ф.И.О. (при его наличии) должностного лица, осуществившего сбор налогов</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Берген күні: күні </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="177800" cy="203200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId45"/>
                           <a:stretch>
@@ -5256,53 +5283,64 @@
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> жыл</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
  Дата выдачи: день </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="177800" cy="203200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
@@ -5585,112 +5623,112 @@
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> год</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z49" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М.О.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="28"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="296" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5700,157 +5738,143 @@
               <w:t>
 Төледім</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z50" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М.П.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="29"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="296" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5860,68 +5884,61 @@
               <w:t>
 Уплатил</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
@@ -5945,90 +5962,83 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (салық төлеушінің қолы - подпись налогоплательщика)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="30"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="296" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6038,158 +6048,137 @@
               <w:t>
 Алдым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="296" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6199,68 +6188,61 @@
               <w:t>
 Получил</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
@@ -6284,397 +6266,334 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (лауазымды тұлғаның қолы - подпись должностного лица)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="31"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="296" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="147" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3439" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3248" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2865" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="346" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -6822,189 +6741,202 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z58" w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бланк строгой отчетности для принятия наличных денег в случаях, предусмотренных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">                                     налоговым законодательством</w:t>
+        <w:t xml:space="preserve">                                     налоговым законодательством</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z59" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
                        Корешок квитанции                                                     Серия                              №</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование (Ф.И.О. (при его наличии)) плательщика ______________________________ _____________________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ИИН (БИН) плательщика </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="177800" cy="203200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId57"/>
                           <a:stretch>
@@ -7491,485 +7423,531 @@
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId68"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="177800" cy="203200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Назначение платежа:___________________________________________________________ </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _____________________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z63" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма платежа_______________________________________________________________ _____________________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(цифрами и прописью)</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование уполномоченного государственного органа, выдавшего квитанцию:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_____________________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_____________________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">              Дата выдачи: "____" _________________ 20 ___ г.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">              Ф.И.О. (при его наличии), подпись</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М.П.      должностного лица, выдавшего квитанцию:______________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ____________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
               Подпись плательщика ________________________________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z72" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z73" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
                           Квитанция                                                                        Серия                    №</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="36"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование (Ф.И.О. (при его наличии)) плательщика__________________________ ___________________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ИИН (БИН) плательщика </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="177800" cy="203200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId69"/>
                           <a:stretch>
@@ -8456,356 +8434,393 @@
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId80"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="177800" cy="203200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Назначение платежа:__________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 ____________________________________________________________________________ </w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z77" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма платежа_______________________________________________________________ _____________________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="37"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (цифрами и прописью)</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование уполномоченного государственного органа, выдавшего квитанцию:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">           Дата выдачи: "____" _________________ 20 ___ г.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">           Ф.И.О. (при его наличии), подпись</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> М.П. должностного лица, выдавшего квитанцию:____________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">           _________________________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
            Подпись плательщика ________________________________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="37"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>