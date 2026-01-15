--- v0 (2025-10-14)
+++ v1 (2026-01-15)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="114358c" w14:textId="114358c">
+    <w:p w14:paraId="6ac0448" w14:textId="6ac0448">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,112 +85,192 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении схемы и порядка перевозки в общеобразовательные школы детей, проживающих в отдаленных населенных пунктах Бескарагайского района</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Постановление Бескарагайского районного акимата Восточно-Казахстанской области от 24 апреля 2017 года № 119. Зарегистрировано Департаментом юстиции Восточно-Казахстанской области 25 мая 2017 года № 5037</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановление Бескарагайского районного акимата Восточно-Казахстанской области от 24 апреля 2017 года № 119. Зарегистрировано Департаментом юстиции Восточно-Казахстанской области 25 мая 2017 года № 5037. Утратило силу постановлением акимата Бескарагайского района области Абай от 22 октября 2025 года № 262</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">
+      Сноска. Утратило силу постановлением акимата Бескарагайского района области Абай от 22.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      В тексте документа сохранена пунктуация и орфография оригинала.</w:t>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание РЦПИ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В тексте документа сохранена пунктуация и орфография оригинала.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с пунктом 2 </w:t>
+      В соответствии с пунктом 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 23 января 2001 года "О местном государственном управлении и самоуправлении в Республики Казахстан", подпунктом 3-1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -254,51 +336,51 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить схему и порядок перевозки в общеобразовательные школы детей, проживающих в отдаленных населенных пунктах Бескарагайского района, согласно </w:t>
+      1. Утвердить схему и порядок перевозки в общеобразовательные школы детей, проживающих в отдаленных населенных пунктах Бескарагайского района, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -314,239 +396,240 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Контроль за исполнением настоящего постановления оставляю за собой.</w:t>
+      2. Контроль за исполнением настоящего постановления оставляю за собой.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      3. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7797"/>
-        <w:gridCol w:w="4203"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7797" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      И.о. акима </w:t>
+              <w:t xml:space="preserve">      И.о. акима </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7797" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Бескарагайского района </w:t>
+              <w:t xml:space="preserve">      Бескарагайского района </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4203" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -773,1594 +856,1715 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Схема перевозки в общеобразовательные школы детей, проживающих в отдалҰнных населҰнных пунктах Бескарагайского района</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="637"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6914"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4749" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прямой маршрут
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6914" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обратный маршрут
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4749" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Кардон Карабаш, от площадки возле конторы Джемурского лесничества Канонерского филиала РГУ ГЛПР "Семей орманы"; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 остановка: село Бескарагай, улица Елистратова, площадка перед коммунальным государственным учреждением "Больше - Владимировская средняя школа"; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 кардон Карабаш, от площадки возле конторы Джемурского лесничества Канонерского филиала РГУ ГЛПР "Семей орманы"; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка: село Бескарагай, площадка по улице Партизанская, перед коммунальным государственным учреждением "Борасинская средняя школа-сад".</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6914" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остановка: село Бескарагай, площадка по улице Партизанская, перед коммунальным государственным учреждением "Борасинская средняя школа - сад";</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 кардон Карабаш, от площадки возле конторы Джемурского лесничества Канонерского филиала РГУ ГЛПР "Семей орманы"; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 остановка: село Бескарагай, улица Елистратова, площадка перед коммунальным государственным учреждением "Больше - Владимировская средняя школа"; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кардон Карабаш, от площадки возле конторы Джемурского лесничества Канонерского филиала РГУ ГЛПР "Семей орманы".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4749" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Контора Бегенского лесхоза РГУ ГЛПР "Семей орманы"; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка: село Бегень, площадка перед коммунальным государственным учреждением "Бегенская средняя школа".</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6914" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остановка: село Бегень, площадка перед коммунальным государственным учреждением "Бегенская средняя школа";</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 контора Бегенского лесхоза РГУ ГЛПР "Семей орманы". </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4749" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Село Лесное, от центральной улицы 2 квартал; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка: село Жетыжар, площадка перед коммунальным государственным учреждением "Семиярская средняя школа".</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6914" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Остановка: село Жетыжар, площадка перед коммунальным государственным учреждением Семиярская средняя школа; село Лесное, 2 квартал от центральной улицы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4749" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Село Кара-Мурза, улица Боровая, от площадки коммунальное государственное учреждение "Кара-Мурзинская основная школа"; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка: село Канонерка, площадка перед коммунальным государственным учреждением "Канонерская средняя школа".</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6914" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остановка: село Канонерка, площадка перед коммунальным государственным учреждением "Канонерская средняя школа"; село Кара-Мурза, улица Боровая, от площадки коммунальное государственное учреждение "Кара-Мурзинская основная школа".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4749" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Село Букебай, от конторы Букебайского лесничества РГУ ГЛПР "Семей орманы";</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка: село Карагайлы, площадка перед коммунальным государственным учреждением "Средняя школа имени Нурлыбека Баймуратова"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6914" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Остановка: село Карагайлы, площадка перед коммунальным государственным учреждением "Средняя школа имени Нурлыбека Баймуратова"; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Село Букебай, от конторы Букебайского лесничества РГУ ГЛПР "Семей орманы" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4749" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Село Черемушки, возле здания бывшей школы; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка: село Мостик, площадка перед коммунальным государственным учреждением "Мостикская средняя школа".</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6914" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Остановка: село Мостик, площадка перед коммунальным государственным учреждением "Мостикская средняя школа"; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Черемушки, площадка около старой школы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4749" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Донголекское лесничество от конторы Донголекского лесхоза РГУ ГЛПР "Семей орманы"; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка: село Ундрус, площадка перед коммунальным государственным учреждением "Ундрусская средняя школа".</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6914" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Остановка: село Ундрус, площадка перед коммунальным государственным учреждением "Ундрусская средняя школа"; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Донголекское лесничество от конторы Донголекского лесхоза РГУ ГЛПР "Семей орманы".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4749" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Село Берлык от здания бывшей школы; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 остановка: село Глуховка - площадка перед коммунальным государственным учреждением "Глуховская средняя школа"; остановка дачи "ОрлҰнок"; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 селоСтеклянка, улица Революционная от магазина "Камалхан"; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 село Старая Крепость от остановки при въезде по улице Центральная; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 50 метров от киоска в конце улицы по улице Центральной; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 крестьянское хозяйство "Саят" с остановки; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка: село Глуховка, площадка перед коммунальным государственным учреждением "Глуховская средняя школа".</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6914" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Остановка: село Глуховка, площадка перед коммунальным государственным учреждением "Глуховская средняя школа"; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 крестьянское хозяйство "Саят" с остановки; остановка дачи "ОрлҰнок"; село Старая Крепость от остановки при въезде по улице Центральной; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 50 метров от киоска в конце улицы по улице Центральная; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Село Стеклянка, улица Революционная от магазина "Камалхан"; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка: село Глуховка, площадка перед коммунальным государственным учреждением "Глуховская средняя школа";</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Берлык от здания бывшей школы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4749" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Морозовский лесхоз, от конторы Морозовского лесхоза РГУ ГЛПР "Семей орманы"; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка: село Ерназар, площадка перед коммунальным государственным учреждением "Сосновская средняя школа".</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6914" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Остановка: село Ерназар, площадка перед коммунальным государственным учреждением "Сосновская средняя школа"; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Морозовский лесхоз, от конторы Морозовского лесхоза РГУ ГЛПР "Семей орманы".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
@@ -2572,1138 +2776,1160 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Порядок перевозки детей</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Перевозки детей осуществляются автобусами, микроавтобусами, оборудованными в соответствии с требованиями законодательства к перевозке пассажиров и багажа автомобильным транспортом.</w:t>
+      1. Перевозки детей осуществляются автобусами, микроавтобусами, оборудованными в соответствии с требованиями законодательства к перевозке пассажиров и багажа автомобильным транспортом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Перевозка организованных групп детей осуществляется автобусами, имеющими не менее двух дверей, техническое состояние которых отвечает требованиям, установленным Правилами перевозок пассажиров и багажа автомобильным транспортом. </w:t>
+      2. Перевозка организованных групп детей осуществляется автобусами, имеющими не менее двух дверей, техническое состояние которых отвечает требованиям, установленным Правилами перевозок пассажиров и багажа автомобильным транспортом. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Автобусы, предназначенные для перевозки организованных групп детей, должны быть оборудованы проблесковым маячком желтого цвета. </w:t>
+      3. Автобусы, предназначенные для перевозки организованных групп детей, должны быть оборудованы проблесковым маячком желтого цвета. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. На этих автобусах спереди и сзади должны быть установлены опознавательные знаки "Перевозка детей". </w:t>
+      4. На этих автобусах спереди и сзади должны быть установлены опознавательные знаки "Перевозка детей". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Перевозчиком детей (далее – Перевозчик) является организация образования, использующая для перевозки принадлежащие ей автобусы, микроавтобусы с соблюдением требований законодательства к перевозкам пассажиров и багажа.</w:t>
+      5. Перевозчиком детей (далее – Перевозчик) является организация образования, использующая для перевозки принадлежащие ей автобусы, микроавтобусы с соблюдением требований законодательства к перевозкам пассажиров и багажа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Перед выполнением перевозок Перевозчик оформляет решение об организации перевозки детей приказом, регламентировав в нем обязанности водителя, сопровождающих лиц, маршрут следования и мероприятия по обеспечению безопасности детей.</w:t>
+      6. Перед выполнением перевозок Перевозчик оформляет решение об организации перевозки детей приказом, регламентировав в нем обязанности водителя, сопровождающих лиц, маршрут следования и мероприятия по обеспечению безопасности детей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. При неблагоприятных изменениях дорожных или метеорологических условий, создающих угрозу безопасности перевозок, в случаях, предусмотренных действующими нормативными документами о временном прекращении движения автобусов, Перевозчик отменяет рейс и немедленно принимает меры по доведению информации об этом до перевозимых детей.</w:t>
+      7. При неблагоприятных изменениях дорожных или метеорологических условий, создающих угрозу безопасности перевозок, в случаях, предусмотренных действующими нормативными документами о временном прекращении движения автобусов, Перевозчик отменяет рейс и немедленно принимает меры по доведению информации об этом до перевозимых детей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. При неблагоприятных изменениях дорожных условий в иных обстоятельствах (ограничение движения, появление временных препятствий, при которых водитель не может ехать в соответствии с расписанием, не повышая скорости), расписание корректируется в сторону снижения скорости (увеличения времени движения).</w:t>
+      8. При неблагоприятных изменениях дорожных условий в иных обстоятельствах (ограничение движения, появление временных препятствий, при которых водитель не может ехать в соответствии с расписанием, не повышая скорости), расписание корректируется в сторону снижения скорости (увеличения времени движения).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. На каждый автобус, осуществляющий перевозку детей, Перевозчик назначает ответственных сопровождающих лиц из числа своих сотрудников, прошедших подготовку по методам оказания доврачебной помощи и специальный инструктаж по обеспечению безопасности при перевозке детей.</w:t>
+      9. На каждый автобус, осуществляющий перевозку детей, Перевозчик назначает ответственных сопровождающих лиц из числа своих сотрудников, прошедших подготовку по методам оказания доврачебной помощи и специальный инструктаж по обеспечению безопасности при перевозке детей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Инструктаж проводит лицо, ответственное за обеспечение безопасности дорожного движения или эксплуатацию транспортных средств, принадлежащих перевозчику.</w:t>
+      10. Инструктаж проводит лицо, ответственное за обеспечение безопасности дорожного движения или эксплуатацию транспортных средств, принадлежащих перевозчику.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Для перевозки детей допускаются водители:</w:t>
+      11. Для перевозки детей допускаются водители:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) в возрасте не менее двадцати пяти лет, имеющие водительское удостоверение соответствующей категории и стаж работы водителем не менее пяти лет;</w:t>
+      1) в возрасте не менее двадцати пяти лет, имеющие водительское удостоверение соответствующей категории и стаж работы водителем не менее пяти лет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) имеющие непрерывный стаж работы в качестве водителя автобуса не менее трех последних лет;</w:t>
+      2) имеющие непрерывный стаж работы в качестве водителя автобуса не менее трех последних лет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) не имевшие в течение последнего года грубых нарушений трудовой дисциплины и Правил дорожного движения.</w:t>
+      3) не имевшие в течение последнего года грубых нарушений трудовой дисциплины и Правил дорожного движения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Водителю автобуса при перевозке детей не допускается:</w:t>
+      12. Водителю автобуса при перевозке детей не допускается:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) следовать со скоростью более 60 км/час;</w:t>
+      1) следовать со скоростью более 60 км/час;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) изменять маршрут следования;</w:t>
+      2) изменять маршрут следования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) перевозить в салоне автобуса, в котором находятся дети, любой груз, багаж или инвентарь, кроме ручной клади и личных вещей детей;</w:t>
+      3) перевозить в салоне автобуса, в котором находятся дети, любой груз, багаж или инвентарь, кроме ручной клади и личных вещей детей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) выходить из салона автобуса при наличии детей в автобусе, в том числе при посадке и высадке детей;</w:t>
+      4) выходить из салона автобуса при наличии детей в автобусе, в том числе при посадке и высадке детей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) при следовании в автомобильной колонне производить обгон впереди идущего автобуса;</w:t>
+      5) при следовании в автомобильной колонне производить обгон впереди идущего автобуса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) осуществлять движение автобуса задним ходом;</w:t>
+      6) осуществлять движение автобуса задним ходом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) покидать свое место или оставлять транспортное средство, если им не приняты меры, исключающие самопроизвольное движение транспортного средства или использование его в отсутствие водителя.</w:t>
+      7) покидать свое место или оставлять транспортное средство, если им не приняты меры, исключающие самопроизвольное движение транспортного средства или использование его в отсутствие водителя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Движение автобуса с места посадки (высадки) водителю разрешается начинать только после сообщения сопровождающего об окончании посадки (высадки) и полного закрытия дверей автобуса.</w:t>
+      13. Движение автобуса с места посадки (высадки) водителю разрешается начинать только после сообщения сопровождающего об окончании посадки (высадки) и полного закрытия дверей автобуса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. При подъезде транспортного средства сопровождающие не должны допускать выхода детей ему навстречу и нахождения их у проезжей части.</w:t>
+      14. При подъезде транспортного средства сопровождающие не должны допускать выхода детей ему навстречу и нахождения их у проезжей части.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Сопровождающие подводят детей к месту посадки в организованном порядке (младших детей – построенных попарно). Посадка производится через переднюю дверь автобуса.</w:t>
+      15. Сопровождающие подводят детей к месту посадки в организованном порядке (младших детей – построенных попарно). Посадка производится через переднюю дверь автобуса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Сопровождающие обеспечивают надлежащий порядок среди детей во время посадки в автобус и высадки из него, при движении автобуса и во время остановок.</w:t>
+      16. Сопровождающие обеспечивают надлежащий порядок среди детей во время посадки в автобус и высадки из него, при движении автобуса и во время остановок.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Посадка детей в автобус производится после полной остановки автобуса на посадочной площадке под руководством сопровождающих и под наблюдением водителя. </w:t>
+      17. Посадка детей в автобус производится после полной остановки автобуса на посадочной площадке под руководством сопровождающих и под наблюдением водителя. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Во время поездки сопровождающие не допускают, чтобы дети:</w:t>
+      18. Во время поездки сопровождающие не допускают, чтобы дети:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) стояли и ходили по салону;</w:t>
+      1) стояли и ходили по салону;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) прислонялись к дверям и окнам;</w:t>
+      2) прислонялись к дверям и окнам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z40" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) ставили тяжелые и неустойчивые личные вещи на верхние полки;</w:t>
+      3) ставили тяжелые и неустойчивые личные вещи на верхние полки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z41" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) размещали ручную кладь в проходах и на площадках у входов (выходов);</w:t>
+      4) размещали ручную кладь в проходах и на площадках у входов (выходов);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z42" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) высовывались в оконные проемы; </w:t>
+      5) высовывались в оконные проемы; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z43" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) выбрасывали из окон мусор и какие-либо иные предметы;</w:t>
+      6) выбрасывали из окон мусор и какие-либо иные предметы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z44" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) отвлекали водителя от управления транспортным средством, кроме сообщений о ситуации, угрожающей здоровью и жизни пассажиров, направленных на предотвращение несчастного случая; </w:t>
+      7) отвлекали водителя от управления транспортным средством, кроме сообщений о ситуации, угрожающей здоровью и жизни пассажиров, направленных на предотвращение несчастного случая; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z45" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) пользовались аварийным оборудованием в ситуациях, не угрожающих жизни и здоровью пассажиров;</w:t>
+      8) пользовались аварийным оборудованием в ситуациях, не угрожающих жизни и здоровью пассажиров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z46" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) открывали двери;</w:t>
+      9) открывали двери;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z47" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) дрались, толкались, устраивали подвижные игры;</w:t>
+      10) дрались, толкались, устраивали подвижные игры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z48" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) курили, зажигали спички, зажигалки;</w:t>
+      11) курили, зажигали спички, зажигалки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z49" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) распивали спиртные напитки, принимали наркотические, психотропные и токсические вещества.</w:t>
+      12) распивали спиртные напитки, принимали наркотические, психотропные и токсические вещества.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z50" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Высадка детей из автобуса во время стоянок (остановок) осуществляется через переднюю дверь. Первым из автобуса выходит сопровождающий. Во время стоянок (остановок) сопровождающий находится возле передней части автобуса и наблюдает за высадкой детей и за тем, чтобы дети не выбегали на проезжую часть дороги.</w:t>
+      19. Высадка детей из автобуса во время стоянок (остановок) осуществляется через переднюю дверь. Первым из автобуса выходит сопровождающий. Во время стоянок (остановок) сопровождающий находится возле передней части автобуса и наблюдает за высадкой детей и за тем, чтобы дети не выбегали на проезжую часть дороги.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z51" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. При высадке из автобуса каждый из детей переносит личные вещи одной рукой, а другой при спуске по ступенькам должен держаться за поручень. Рюкзаки и сумки, носимые через плечо, учащиеся должны снять с плеч и взять в руки, чтобы не потерять равновесие и не травмировать других пассажиров.</w:t>
+      20. При высадке из автобуса каждый из детей переносит личные вещи одной рукой, а другой при спуске по ступенькам должен держаться за поручень. Рюкзаки и сумки, носимые через плечо, учащиеся должны снять с плеч и взять в руки, чтобы не потерять равновесие и не травмировать других пассажиров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z52" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. При высадке сопровождающие не допускают, чтобы дети: </w:t>
+      21. При высадке сопровождающие не допускают, чтобы дети: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z53" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) двигаясь к двери, толкались, дрались;</w:t>
+      1) двигаясь к двери, толкались, дрались;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z54" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) спрыгивали со ступенек;</w:t>
+      2) спрыгивали со ступенек;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z55" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) обходили транспортное средство со стороны проезжей части, выходили на нее;</w:t>
+      3) обходили транспортное средство со стороны проезжей части, выходили на нее;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z56" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) устраивали подвижные игры вблизи проезжей части.</w:t>
+      4) устраивали подвижные игры вблизи проезжей части.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:bookmarkStart w:name="z57" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. После высадки сопровождающие:</w:t>
+      22. После высадки сопровождающие:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z58" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) пересчитывают детей, прибывших к месту назначения;</w:t>
+      1) пересчитывают детей, прибывших к месту назначения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:bookmarkStart w:name="z59" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) в организованном порядке сопровождают их от места высадки и площадок для стоянки автобусов.</w:t>
+      2) в организованном порядке сопровождают их от места высадки и площадок для стоянки автобусов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z60" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) при следовании группы с места высадки пешком обеспечить соблюдение ими требований Правил дорожного движения к пешеходам.</w:t>
+      3) при следовании группы с места высадки пешком обеспечить соблюдение ими требований Правил дорожного движения к пешеходам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z61" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Заключительные положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z62" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Отношения по перевозкам в общеобразовательные школы детей, проживающих в отдаленных населенных пунктах района, не урегулированные настоящим порядком, регулируются в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      23. Отношения по перевозкам в общеобразовательные школы детей, проживающих в отдаленных населенных пунктах района, не урегулированные настоящим порядком, регулируются в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4033,35 +4259,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>