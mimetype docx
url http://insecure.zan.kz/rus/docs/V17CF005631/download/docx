--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7c0e187" w14:textId="7c0e187">
+    <w:p w14:paraId="f257780" w14:textId="f257780">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -606,126 +606,169 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к решению акима Каргалинского района № 4 от 1 августа 2017 года</w:t>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к решению акима</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Каргалинского района</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 4 от 1 августа 2017 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z25" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательные участки на территории Каргалинского района</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Cноска. Приложение - в редакции решения акима Каргалинского района Актюбинской области от 20.05.2024 </w:t>
+      Cноска. Приложение - в редакции решения акима Каргалинского района Актюбинской области от 21.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 13</w:t>
+        <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z26" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 240</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место нахождения избирательного участка: Актюбинская область, Каргалинский район, Бадамшинский сельский округ, село Бадамша, улица Д.Конаева, 17. Здание государственного коммунального казенного предприятия "Каргалинский районный дом культуры" государственного учреждения "Каргалинский районный отдел культуры, развития языков, физической культуры и спорта Актюбинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -895,69 +938,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Жоныса Укубаева: № 2, 3, 4, 5 А, 6, 7, 8, 9, 11, 12, 13, 13 А, 14, 14 А, 16, 16 А, 17, 18, 19, 24, 25, 30, 31, 32, 35, 36, 37, 39, 40, 42, 44, 45, 48, 48 А, 50, 51, 52, 54, 56, 57, 59;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица А.Пушкина: № 6, 7, 8, 10, 14, 15, 16, 17, 18, 23, 27, 28, 30, 40, 42;</w:t>
-[...17 lines deleted...]
-      улица Д.Кунаева: № 2, 3, 4 А, 6, 8, 8 А, 9, 10, 12, 14, 14 А, 21;</w:t>
+      улица А.Пушкина: № 6, 7, 8, 10, 14, 15, 16, 17, 18, 23,27, 28, 30, 40, 42;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Д.Кунаева: № 2, 3, 4 А, 6, 8, 8А, 9, 10, 12, 14, 14 А, 21;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       переулок И.Алтынсарина: № 1, 2, 3, 5, 7, 9;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1150,66 +1193,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Тын: № 9, 11, 13, 17, 19;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица С.Торайгырова: № 1.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z27" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 241</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место нахождения избирательного участка: Актюбинская область, Каргалинский район, Бадамшинский сельский округ, село Бадамша, улица В.Пацаева, 2 Г. Здание коммунального государственного учреждения "Бадамшинская школа-ясли сад" государственного учреждения "Отдел образования Каргалинского района Управления образования Актюбинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1382,66 +1427,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица А.Байтурсынова: № 5, 6, 7, 8, 10, 13, 14, 16, 20, 24, 25, 26, 27, 28, 29, 31, 32, 35, 36, 38, 40, 41, 46, 48, 50, 58, 59, 60, 61, 62, 64, 65, 69;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Енбекшилер: № 22, 24, 26, 32, 32 А, 35, 38, 40, 42, 44, 45, 46, 47, 48, 49, 52, 54, 58, 59, 62, 66, 67, 70, 71, 73, 75, 79, 82, 86, 87, 88, 89, 90, 91, 92, 97, 99, 101, 103, 105, 107, 111, 113, 115.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 243</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место нахождения избирательного участка: Актюбинская область, Каргалинский район, Бадамшинский сельский округ, село Бадамша, улица Айтеке би, 17 Б. Здание коммунального государственного учреждения "Бадамшинский агротехнический колледж" государственного учреждения "Управление образования Актюбинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1521,51 +1568,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Абылхаир хана: № 24, 26, 30, 32, 34, 36, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 73;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Жоныса Укубаева: № 58, 60, 62, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 73 А, 74, 75, 76, 78, 80, 81, 82, 83, 84, 85, 86, 88, 89, 91, 93, 95, 97, 99, 101, 103, 107, 111, 115, 117;</w:t>
+      улица ЖонысаУкубаева: № 58, 60, 62, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 73 А, 74, 75, 76, 78, 80, 81, 82, 83, 84, 85, 86, 88, 89, 91, 93, 95, 97, 99, 101, 103, 107, 111, 115, 117;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Есет батыра: № 1, 2, 2 А, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 14, 16, 18, 20, 22, 28;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1632,82 +1679,84 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица В.Пацаева 4, 6, 6 Б, 8;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Желтоксан: № 30, 32, 34, 41, 43, 47, 49, 52, 58, 63.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 571</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...14 lines deleted...]
-      Место нахождения избирательного участка: Актюбинская область, Каргалинский район, Бадамшинский сельский округ, село Бадамша, улица А. Жангилдина, 7. Здание коммунального государственного учреждения "Бадамшинская средняя школа №2" государственного учреждения "Отдел образования Каргалинского района Управления образования Актюбинской области".</w:t>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место нахождения избирательного участка: Актюбинская область, Каргалинский район, Бадамшинский сельский округ, село Бадамша, улица Есет батыра, 13. Здание государственного коммунального казенного предприятия "Каргалинская районная детская школа искусств" государственного учреждения "Отдел образования Каргалинского района Управления образования Актюбинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Бадамша:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1825,51 +1874,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Пацаева № 21, 23, 33;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица имени Талжибек Имашевой № 2, 4, 7, 9, 11;</w:t>
+      улица имени ТалжибекИмашевой № 2, 4, 7, 9, 11;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Горняков: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 11, 12, 13, 14, 15, 16, 17, 19, 21, 23, 25, 27, 29, 31, 33;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1900,342 +1949,354 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Бекет: № 2, 4, 6;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Казахстанская: № 1, 2, 3, 4, 5, 6, 8, 9, 10, 11, 12, 13, 15, 16, 18, 19, 20, 21, 22, 23, 24, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43, 44, 45, 47, 49, 51, 53.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 245</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место нахождения избирательного участка: Актюбинская область, Каргалинский район, Алимбетовский сельский округ, село Алимбет, улица Казахстанская, 63. Здание коммунального государственного учреждения "Алимбетовская средняя школа-детский сад" государственного учреждения "Отдел образования Каргалинского района Управления образования Актюбинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Алимбет.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 246</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место нахождения избирательного участка: Актюбинская область, Каргалинский район, Ащылысайский сельский округ, село Ащылысай, улица Бауыржана Момышұлы, 43. Здание сельского клуба государственного коммунального казенного предприятия "Каргалинский районный дом культуры" государственного учреждения "Каргалинский районный отдел культуры, развития языков, физической культуры и спорта Актюбинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Ащылысай, село Акколь, село Преображеновка.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Избирательный участок № 248</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Избирательный участок № 248</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место нахождения избирательного участка: Актюбинская область, Каргалинский район, Ащылысайский сельский округ, село Бозтобе, улица В.Жука, 39. Здание коммунального государственного учреждения "Бозтобинская основная школа" государственного учреждения "Отдел образования Каргалинского района Управления образования Актюбинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Бозтобе.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Избирательный участок № 249</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Избирательный участок № 249</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место нахождения избирательного участка: Актюбинская область, Каргалинский район, Велиховский сельский округ, село Велиховка, улица Мектеп, 13. Здание коммунального государственного учреждения "Велиховская основная школа" государственного учреждения "Отдел образования Каргалинского района Управления образования Актюбинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Велиховка.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Избирательный участок № 250</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Избирательный участок № 250</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место нахождения избирательного участка: Актюбинская область, Каргалинский район, Велиховский сельский округ, село Акжайык, улица Бауыржана Момышулы, 55. Здание государственного коммунального предприятия "Каргалинская районная больница" на праве хозяйственного ведения" государственного учреждения "Управление здравоохранения Актюбинской области", кабинет фельдшера.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Акжайык.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Избирательный участок № 251</w:t>
-[...17 lines deleted...]
-      Место нахождения избирательного участка: Актюбинская область, Каргалинский район, Желтауский сельский округ, село Петропавловка, улица Д.Конаева, 70. Здание коммунального государственного учреждения "Петропавловская средняя школа" государственного учреждения "Отдел образования Каргалинского района, Управления образования Актюбинской области".</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 251</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место нахождения избирательного участка: Актюбинская область, Каргалинский район, Желтауский сельский округ, село Петропавловка, улица К.Муканова, 92А. Здание Петропавловского спортивного комплекса коммунального государственного учреждения "Бадамшинская детско-юношеская спортивная школа" государственного учреждения "Управление физической культуры, спорта и туризма Актюбинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Петропавловка:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2428,66 +2489,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Жамбыла: № 10, 11, 12, 13, 14;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жилой массив: №1 В, 2, 6, 19, 27, 49, 50, 51, 72, 81, 139, 155, 160, 177.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Избирательный участок № 252</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Избирательный участок № 252</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место нахождения избирательного участка: Актюбинская область, Каргалинский район, Желтауский сельский округ, село Петропавловка, улица Женис, 1. Здание сельского клуба государственного коммунального казенного предприятия "Каргалинский районный дом культуры" государственного учреждения "Каргалинский районный отдел культуры, развития языков, физической культуры и спорта Актюбинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2678,274 +2741,284 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Женис: № 2, 3, 3 А, 3 Б, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 14 А, 15, 16, 20, 22, 24;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Ф.Майорова: № 1, 2.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Избирательный участок № 253</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Избирательный участок № 253</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место нахождения избирательного участка: Актюбинская область, Каргалинский район, село Шамши Калдаякова, улица Н.Орынбасарова, 1. Здание коммунального государственного учреждения "Средняя школа имени В.И.Пацаева" государственного учреждения "Отдел образования Каргалинского района Управления образования Актюбинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Шамши Калдаякова.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Избирательный участок № 255</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Избирательный участок № 255</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место нахождения избирательного участка: Актюбинская область, Каргалинский район, Кемпирсайский сельский округ, село Жосалы, улица Мектеп, 1. Здание коммунального государственного учреждения "Жосалинская средняя школа детский-сад" государственного учреждения "Отдел образования Каргалинского района Управления образования Актюбинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: села Жосалы, Кемпирсай.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Избирательный участок № 257</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Избирательный участок № 257</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место нахождения избирательного участка: Актюбинская область, Каргалинский район, Кос-Истекский сельский округ, село Кос-Истек, улица Абая, 104. Здание коммунального государственного учреждения "Кос-Истекская средняя школа" государственного учреждения "Отдел образования Каргалинского района Управления образования Актюбинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Кос-Истек.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Избирательный участок № 259</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Избирательный участок № 259</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место нахождения избирательного участка: Актюбинская область, Каргалинский район, Степной сельский округ, село Степное, улица Д.А.Кунаева, 5. Здание сельского клуба коммунального государственного казенного предприятия "Каргалинский районный Дом культуры" государственного учреждения "Каргалинский районный отдел культуры, развития языков, физической культуры и спорта Актюбинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Степное.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Избирательный участок № 260</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Избирательный участок №260</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место нахождения избирательного участка: Актюбинская область, Каргалинский район, Степной сельский округ, село Кайракты, улица Абилхайр хана, 23. Здание коммунального государственного учреждения "Кайрактинская основная школа детский-сад" государственного учреждения "Отдел образования Каргалинского района Управления образования Актюбинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2987,55 +3060,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3361,31 +3434,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>