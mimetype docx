--- v0 (2025-11-14)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9ceaffd" w14:textId="9ceaffd">
+    <w:p w14:paraId="1966b86" w14:textId="1966b86">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2089,407 +2089,255 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...125 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Утратил силу постановлением Правления Национального Банка РК от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...24 lines deleted...]
-        <w:t>пункт 7</w:t>
+    <w:bookmarkStart w:name="z111" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 28 января 2016 года № 34 "Об утверждении Требований к безопасности и беспрерывности работы информационных систем банков и организаций, осуществляющих отдельные виды банковских операций" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов под № 13256, опубликованное 14 марта 2016 года в информационно-правовой системе "Әділет") следующие изменения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z112" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Требованиях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к безопасности и беспрерывности работы информационных систем банков и организаций, осуществляющих отдельные виды банковских операций, утвержденных указанным постановлением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z113" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заголовок </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>главы 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z110" w:id="33"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z114" w:id="37"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z114" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 1. Общие положения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2502,51 +2350,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="38"/>
+    <w:bookmarkStart w:name="z116" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Настоящие Требования к безопасности и беспрерывности работы информационных систем банков и организаций, осуществляющих отдельные виды банковских операций (далее – Требования), разработаны в соответствии с законами Республики Казахстан от 30 марта 1995 года "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2581,92 +2429,92 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" (далее – Закон о банках), от 26 июля 2016 года "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О платежах и платежных системах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" (далее – Закон о платежах и платежных системах) и устанавливают требования к безопасности и беспрерывности работы информационных систем банков и организаций, осуществляющих отдельные виды банковских операций (далее – банки), посредством которых обеспечивается оказание электронных банковских услуг.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z117" w:id="39"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z117" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       абзац первый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z118" w:id="40"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z118" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "2. В Требованиях используются понятия, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2701,52 +2549,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 24 ноября 2015 года "Об информатизации", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оказания банками и организациями, осуществляющими отдельные виды банковских операций, электронных банковских услуг, утвержденными постановлением Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 212, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 14337 (далее – Правила № 212), а также следующие понятия:";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z119" w:id="41"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z119" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовки </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2781,111 +2629,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z120" w:id="42"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z120" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 2. Требования к рабочим местам";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z121" w:id="43"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z121" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 3. Требования к документации по структуре и функционированию информационной системы";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z122" w:id="44"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z122" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 4. Требования к безопасности работы информационных систем";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2898,150 +2746,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="45"/>
+    <w:bookmarkStart w:name="z124" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "15. Требования к процедурам безопасности при оказании электронных банковских услуг устанавливаются </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами № 212</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z125" w:id="46"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z125" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z126" w:id="47"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z126" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 5. Требования к обеспечению беспрерывности работы информационных систем";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3054,530 +2902,530 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="48"/>
+    <w:bookmarkStart w:name="z128" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "23. При возникновении сбоя (простоя) в работе информационной системы банк обеспечивает восстановление работы основного центра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z129" w:id="49"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z129" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При отсутствии возможности восстановления работы основного центра в период минимально допустимого срока восстановления осуществляется перевод информационной системы на работу резервного центра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z130" w:id="50"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z130" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Стандартный норматив времени по переводу информационной системы на резервный центр составляет не более четырех часов с момента возникновения сбоя (простоя).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z131" w:id="51"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z131" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При возникновении сбоя (простоя) в работе информационной системы банка, повлекшего прерывание доступа клиентов к электронным банковским услугам посредством систем удаленного доступа и (или) к сети электронных терминалов банка, продолжительностью более трех часов банк незамедлительно уведомляет Национальный Банк путем направления электронного сообщения. В случае возникновения сбоя (простоя) в нерабочее время, банк уведомляет Национальный Банк не позднее 10.00 часов времени города Астаны рабочего дня, следующего за днем возникновения сбоя (простоя).".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z132" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 30 мая 2016 года № 144 "Об установлении пруденциальных нормативов и иных обязательных к соблюдению норм и лимитов для исламских банков, их нормативных значений и методики расчетов пруденциальных нормативов и иных обязательных к соблюдению норм и лимитов для исламских банков" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов под № 13939, опубликованное 22 июля 2016 года в информационно-правовой системе "Әділет") следующие изменения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z133" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Нормативных значениях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и методике расчетов пруденциальных нормативов и иных обязательных к соблюдению норм и лимитов для исламских банков согласно приложению 1 к указанному постановлению:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z134" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      абзац второй части четвертой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 53</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z135" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "краткосрочные обязательства перед филиалами и представительствами иностранных компаний, осуществляющих свою деятельность на территории Республики Казахстан, которые входят в секторы экономики "другие финансовые организации – код 5", "государственные нефинансовые организации – код 6", "негосударственные нефинансовые организации – код 7" и "некоммерческие организации, обслуживающие домашние хозяйства – код 8", в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Инструкцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по представлению банками второго уровня, Банком Развития Казахстана и ипотечными организациями в Национальный Банк Республики Казахстан сведений для формирования обзора финансового сектора, утвержденной постановлением Правления Национального Банка Республики Казахстан от 26 декабря 2016 года № 316, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 14804 (далее – Инструкция № 316);";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z132" w:id="52"/>
-[...15 lines deleted...]
-      9. Внести в </w:t>
+    <w:bookmarkStart w:name="z136" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      абзац третий части второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z137" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "обязательства перед филиалами и представительствами иностранных компаний, осуществляющих свою деятельность на территории Республики Казахстан, которые входят в секторы экономики "другие финансовые организации – код 5", "государственные нефинансовые организации – код 6", "негосударственные нефинансовые организации – код 7" и "некоммерческие организации, обслуживающие домашние хозяйства – код 8" в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Инструкцией № 316</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z138" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      абзац третий части второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 55</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z139" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "обязательства перед филиалами и представительствами иностранных компаний, осуществляющих свою деятельность на территории Республики Казахстан, которые входят в секторы экономики "другие финансовые организации – код 5", "государственные нефинансовые организации – код 6", "негосударственные нефинансовые организации – код 7" и "некоммерческие организации, обслуживающие домашние хозяйства – код 8" в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Инструкцией № 316</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z140" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 30 мая 2016 года № 144 "Об установлении пруденциальных нормативов и иных обязательных к соблюдению норм и лимитов для исламских банков, их нормативных значений и методики расчетов пруденциальных нормативов и иных обязательных к соблюдению норм и лимитов для исламских банков" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов под № 13939, опубликованное 22 июля 2016 года в информационно-правовой системе "Әділет") следующие изменения:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z133" w:id="53"/>
+        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 200 "Об утверждении Требований к организационным мерам и программно-техническим средствам, обеспечивающим доступ в платежные системы" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов под № 14289, опубликованное 24 октября 2016 года в информационно-правовой системе "Әділет") следующие изменения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z141" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Нормативных значениях</w:t>
-[...169 lines deleted...]
-        <w:t>;";</w:t>
+        <w:t>Требованиях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к организационным мерам и программно-техническим средствам, обеспечивающим доступ в платежные системы, утвержденных указанным постановлением:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z138" w:id="58"/>
-[...158 lines deleted...]
-    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3590,70 +3438,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z143" w:id="62"/>
+    <w:bookmarkStart w:name="z143" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "13. При создании рабочего места пользователя платежной системы, получившего доступ в платежную систему, или переносе рабочего места пользователя платежной системы на новое место пользователь платежной системы в течение десяти рабочих дней с даты эксплуатации рабочего места пользователя платежной системы уведомляет об этом Национальный Банк в произвольной письменной форме для получения заключения (информации) о соответствии его деятельности Требованиям.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3666,70 +3514,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="63"/>
+    <w:bookmarkStart w:name="z145" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "50. В случае внесения изменений в программное обеспечение, посредством которого осуществляется связь между пользователем платежной системы и Центром, в программно-аппаратный комплекс защиты от несанкционированного доступа рабочего места пользователя платежной системы, а также в технологию передачи электронных документов, подготовленных в информационной системе пользователя платежной системы, на рабочее место пользователя платежной системы, пользователь платежной системы в течение десяти рабочих дней со дня внесения изменений уведомляет об этом Национальный Банк в произвольной письменной форме для получения заключения (информации) о соответствии его деятельности Требованиям.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3742,310 +3590,310 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z147" w:id="64"/>
+    <w:bookmarkStart w:name="z147" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "63. При возникновении нестандартной ситуации в основном центре пользователь платежной системы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z148" w:id="65"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z148" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечивает перевод программно-технического комплекса пользователя платежной системы на резервный центр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z149" w:id="66"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z149" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Стандартный норматив времени по переводу программно-технического комплекса пользователя платежной системы на резервный центр составляет не более трех часов с момента возникновения нестандартной ситуации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z150" w:id="67"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z150" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При отсутствии возможности соблюдения стандартного норматива времени пользователь платежной системы принимает необходимые меры для перевода работы пользователя платежной системы на резервный центр с учетом необходимости исполнения принятых обязательств по платежам и переводам денег до завершения операционного дня платежной системы Центра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z151" w:id="68"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z151" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) направляет посредством защищенного канала связи транспортной системы "Финансовая автоматизированная система транспортной информации" (далее – ФАСТИ") или факсимильной связи Национальному Банку письмо о принятии решения перевести программно-технический комплекс на резервный центр в течение трех часов после принятия указанного решения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z152" w:id="69"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z152" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) направляет посредством защищенного канала связи ФАСТИ или факсимильной связи Национальному Банку письмо о результате перевода программно-технического комплекса на резервный центр в течение трех часов после завершения работ по переводу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z153" w:id="70"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z153" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) направляет посредством защищенного канала связи ФАСТИ или факсимильной связи Национальному Банку письмо о результате перевода программно-технического комплекса обратно на основной центр в течение трех часов после завершения работ по переводу.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z154" w:id="71"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z154" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 203 "Об утверждении Правил применения кодов секторов экономики и назначения платежей" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов под № 14365, опубликованное 14 ноября 2016 года в информационно-правовой системе "Әділет") следующее изменение:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z155" w:id="72"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z155" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> применения кодов секторов экономики и назначения платежей, утвержденных указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z156" w:id="73"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z156" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4058,190 +3906,190 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>примечание</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="74"/>
+    <w:bookmarkStart w:name="z158" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1. Распределение институциональных единиц по кодам секторов экономики для использования в платежных документах осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Инструкцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> по представлению банками второго уровня, Банком Развития Казахстана и ипотечными организациями в Национальный Банк Республики Казахстан сведений для формирования обзора финансового сектора, утвержденной постановлением Правления Национального Банка Республики Казахстан от 26 декабря 2016 года № 316, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 14804.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z159" w:id="75"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z159" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Международные организации, занимающиеся финансовой деятельностью, учитываются в секторе экономики "Центральный (национальный) банк", иные международные организации учитываются в секторе экономики "Правительство Республики Казахстан или Правительство иностранного государства".".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z160" w:id="76"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z160" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 205 "Об утверждении Правил выпуска платежных карточек, а также требований к деятельности по обслуживанию операций с их использованием на территории Республики Казахстан" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов под № 14299, опубликованное 26 октября 2016 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан) следующие изменения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z161" w:id="77"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z161" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> выпуска платежных карточек, а также требованиях к деятельности по обслуживанию операций с их использованием на территории Республики Казахстан, утвержденных указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4254,90 +4102,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z163" w:id="78"/>
+    <w:bookmarkStart w:name="z163" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "7. Физическое лицо является держателем платежной карточки со дня получения платежной карточки или информации о ее реквизитах. Подтверждением получения платежной карточки ее держателем является подпись держателя платежной карточки на документе произвольной формы, определяемой банком, подтверждающим факт получения платежной карточки ее держателем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z164" w:id="79"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z164" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждения получения платежной карточки не требуется в случае выпуска платежной карточки в электронном виде путем представления эмитентом держателю платежной карточки информации о ее реквизитах способом, предусмотренным договором.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4350,130 +4198,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z166" w:id="80"/>
+    <w:bookmarkStart w:name="z166" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "39. Платежная карточка применяется ее держателем в целях осуществления платежей и (или) переводов денег при приобретении товаров, работ, услуг, а также для получения наличных денег, обмена валют и других операций на условиях, определенных ее эмитентом, в соответствии с Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z167" w:id="81"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z167" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Платеж с использованием платежной карточки осуществляется путем составления платежного документа с использованием платежной карточки или ее реквизитов при приобретении товаров, работ и услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z168" w:id="82"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z168" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк до оказания платежных услуг посредством систем удаленного доступа обеспечивает представление клиенту информации о размере взимаемой комиссии в денежном выражении по оказываемым электронным банковским услугам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z169" w:id="83"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z169" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требование части третьей настоящего пункта не распространяется на услуги, связанные с приемом платежей с физическим использованием платежной карточки, а также на услуги по отправке платежей путем коротких текстовых и (или) мультимедийных сообщений через устройство сотовой связи.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4486,150 +4334,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z171" w:id="84"/>
+    <w:bookmarkStart w:name="z171" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "42. Осуществление операции на сумму, не превышающую 10 000 (десять тысяч) тенге с использованием бесконтактной платежной карточки допускается без введения персонального идентификационного номера.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z172" w:id="85"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z172" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 207 "Об утверждении Правил открытия, ведения и закрытия банковских счетов клиентов" (зарегистрированное в реестре государственной регистрации нормативных правовых актов под № 14422, опубликованное 29 ноября 2016 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан) следующие изменения и дополнения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z173" w:id="86"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z173" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> открытия, ведения и закрытия банковских счетов клиентов, утвержденных указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4642,90 +4490,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z175" w:id="87"/>
+    <w:bookmarkStart w:name="z175" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "14. В случаях, установленных законами Республики Казахстан, а также по соглашению сторон допускается заключение договора банковского обслуживания в электронном виде с использованием электронной цифровой подписи или динамической идентификации с применением процедур безопасности, предусмотренных внутренними документами банка, а также с учетом требований к надлежащей проверке, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Требованиями</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам внутреннего контроля в целях противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма для банков второго уровня и Национального оператора почты, утвержденными приказом Министра финансов Республики Казахстан от 26 ноября 2014 года № 521 и постановлением Правления Национального Банка Республики Казахстан от 24 декабря 2014 года № 235, зарегистрированными в Реестре государственной регистрации нормативных правовых актов под № 10212.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4738,230 +4586,230 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z177" w:id="88"/>
+    <w:bookmarkStart w:name="z177" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "29. Для открытия физическим лицом-представителем (далее – представитель) текущего счета на имя определенного третьего лица (физического лица-клиента) представитель представляет в банк:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z178" w:id="89"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z178" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) документ, удостоверяющий личность клиента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z179" w:id="90"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z179" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) документ, удостоверяющий личность представителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z180" w:id="91"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z180" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) нотариально удостоверенную доверенность на право открытия текущего счета и (или) распоряжения деньгами, находящимися на текущем счете, за исключением случаев, когда представление доверенности не требуется уполномоченному лицу в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Гражданским кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (родителям или иным законным представителям).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z181" w:id="92"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z181" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При представлении нотариально удостоверенной доверенности на право открытия текущего счета и (или) распоряжения деньгами, находящимися на текущем счете, допускается представление нотариально удостоверенной копии документа, удостоверяющего личность клиента.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z182" w:id="93"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z182" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить пунктом 29-1 следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z183" w:id="94"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z183" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "29-1. Для открытия текущего счета в режиме эскроу-счет физическое или юридическое лицо представляет документы, предусмотренные Правилами для открытия текущего счета физическому или юридическому лицу, а также нотариально удостоверенную доверенность на право открытия текущего счета, предоставленную доверителем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z184" w:id="95"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z184" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Допускается открытие текущего счета в режиме эскроу-счет на основании трехстороннего договора между банком, лицом, открывающим эскроу-счет, и лицом, на имя которого открывается эскроу-счет. В этом случае представление доверенности, предусмотренной в части первой настоящего пункта не требуется.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4974,290 +4822,290 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z186" w:id="96"/>
+    <w:bookmarkStart w:name="z186" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "33. Для открытия сберегательного счета на имя определенного третьего лица-клиента вкладчик представляет в банк: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z187" w:id="97"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z187" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) физическое лицо:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z188" w:id="98"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z188" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       документ, удостоверяющий личность вкладчика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z189" w:id="99"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z189" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нотариально удостоверенную доверенность на право открытия сберегательного счета и (или) распоряжения деньгами, находящимися на сберегательном счете;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z190" w:id="100"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z190" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для несовершеннолетних лиц-клиентов, не достигших шестнадцати лет – свидетельство о рождении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z191" w:id="101"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z191" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) юридическое лицо, его филиалы и представительства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z192" w:id="102"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z192" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нотариально удостоверенную доверенность на право открытия сберегательного счета и (или) распоряжения деньгами, находящимися на сберегательном счете;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z193" w:id="103"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z193" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       копию документа (документов), удостоверяющего (удостоверяющих) личность лица (лиц), уполномоченного (уполномоченных) подписывать платежные документы при совершении операций, связанных с ведением сберегательного счета клиента (распоряжением деньгами на сберегательном счете) в соответствии с документом с образцами подписей и оттиска печати, оформленным в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>параграфом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> главы 3 Правил.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z194" w:id="104"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z194" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить пунктом 33-1 следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z195" w:id="105"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z195" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "33-1. Для открытия сберегательного счета в режиме эскроу-счет физическое или юридическое лицо представляет документы, предусмотренные Правилами для открытия сберегательного счета физическому или юридическому лицу, а также нотариально удостоверенную доверенность на право открытия сберегательного счета, предоставленную доверителем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z196" w:id="106"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z196" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Допускается открытие сберегательного счета в режиме эскроу-счет на основании трехстороннего договора между банком, лицом, открывающим эскроу-счет, и лицом, на имя которого открывается эскроу-счет. В этом случае представление доверенности, предусмотренной в части первой настоящего пункта не требуется.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5270,350 +5118,350 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z198" w:id="107"/>
+    <w:bookmarkStart w:name="z198" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "74. При закрытии банковского счета клиента банк аннулирует индивидуальный идентификационный код.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z199" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При незаключении договора банковского счета в случае, предусмотренном частью второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 27 Закона о платежах и платежных системах, банк аннулирует индивидуальный идентификационный код в сроки, установленные внутренними правилами банка.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z200" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 208 "Об утверждении Правил осуществления безналичных платежей и (или) переводов денег на территории Республики Казахстан" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов под № 14419, опубликованное 8 декабря 2016 года в информационно-правовой системе "Әділет") следующие изменения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z201" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществления безналичных платежей и (или) переводов денег на территории Республики Казахстан, утвержденных указанным постановлением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z202" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      подпункт 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z199" w:id="108"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> статьи 27 Закона о платежах и платежных системах, банк аннулирует индивидуальный идентификационный код в сроки, установленные внутренними правилами банка.".</w:t>
+    <w:bookmarkStart w:name="z203" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "1) заявление на перевод денег – платежный документ, используемый отправителем денег при осуществлении безналичного платежа и (или) перевода денег в случаях, предусмотренных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил;";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z200" w:id="109"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 208 "Об утверждении Правил осуществления безналичных платежей и (или) переводов денег на территории Республики Казахстан" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов под № 14419, опубликованное 8 декабря 2016 года в информационно-правовой системе "Әділет") следующие изменения:</w:t>
+    <w:bookmarkStart w:name="z204" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      часть первую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z201" w:id="110"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> осуществления безналичных платежей и (или) переводов денег на территории Республики Казахстан, утвержденных указанным постановлением:</w:t>
+    <w:bookmarkStart w:name="z205" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "8. Подписи инициатора или его уполномоченных лиц и оттиск печати инициатора (при ее наличии) в платежных документах на бумажном носителе, за исключением платежного требования и инкассового распоряжения, соответствуют подписям (подписи) и оттиску печати (при ее наличии), указанным в документе с образцами подписей и оттиском печати (документ с образцом подписи), представленному по форме, предусмотренной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> открытия, ведения и закрытия банковских счетов клиентов, утвержденными постановлением Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 207, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 14422.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z202" w:id="111"/>
-[...158 lines deleted...]
-    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5626,410 +5474,410 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z207" w:id="115"/>
+    <w:bookmarkStart w:name="z207" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "17. Заявление на перевод денег по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам, используется при осуществлении следующих безналичных платежей и (или) переводов денег:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z208" w:id="116"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z208" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в национальной или иностранной валюте за пределы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z209" w:id="117"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z209" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в иностранной валюте на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z210" w:id="118"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z210" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в национальной валюте Республики Казахстан на территории Республики Казахстан без открытия банковского счета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z211" w:id="119"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z211" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При осуществлении безналичных платежей и (или) переводов денег в пользу нерезидента, находящегося за пределами Республики Казахстан, указание в заявлении на перевод денег ИИН (БИН) бенефициара не требуется.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z212" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Допускается использование банком иной формы заявления на перевод денег при наличии в ней обязательных реквизитов, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z213" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      часть третью </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 72</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z214" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Международные безналичные платежи и (или) переводы денег исполняются банком отправителя денег и (или) банком бенефициара не позднее трех операционных дней, следующих за днем получения указания, с соблюдением требований, предусмотренных в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о валютном регулировании и валютном контроле.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z215" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      подпункт 7) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z212" w:id="120"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> Правил.";</w:t>
+    <w:bookmarkStart w:name="z216" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "7) несоответствия наименования клиента наименованию отправителя денег, указанному в платежном документе, за исключением случаев, предусмотренных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктах 124</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>151</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил, а также инкассового распоряжения, предъявленного органом государственных доходов в электронной форме, когда другие реквизиты (ИИК, ИИН (БИН) идентифицируют клиента банка;";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z213" w:id="121"/>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6062,110 +5910,110 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>127</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z218" w:id="125"/>
+    <w:bookmarkStart w:name="z218" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "126. При отсутствии или недостаточности денег на банковском счете отправителя денег, необходимых для исполнения платежного ордера или платежного требования банк отправителя денег осуществляет учет и хранит платежный ордер или платежное требование в течение одного года со дня его получения, если договор, заключенный между отправителем денег и банком отправителя денег, содержит условие о хранении платежного ордера или платежного требования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z219" w:id="126"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z219" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       127. При отсутствии либо недостаточности суммы денег на банковском счете отправителя денег, необходимой для исполнения платежного требования в целях взыскания просроченной задолженности по займу банк хранит полученное платежное требование в картотеке в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6178,70 +6026,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z221" w:id="127"/>
+    <w:bookmarkStart w:name="z221" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "139. При предъявлении к текущему счету физического лица нескольких платежных требований их исполнение производится в календарной очередности в порядке их поступления в банк либо согласно их порядковым номерам, указанным в реестре. При этом исполнение очередного платежного требования осуществляется только после полного исполнения предыдущего платежного требования либо его отзыва или возврата в порядке, определенном Правилами.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6274,90 +6122,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>151</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z223" w:id="128"/>
+    <w:bookmarkStart w:name="z223" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "150. Инкассовое распоряжение судебных исполнителей, предъявленное к банковскому счету, открытому физическому лицу или индивидуальному предпринимателю, если физическое лицо зарегистрировано в качестве индивидуального предпринимателя, осуществляющего деятельность в виде личного предпринимательства, исполняется с любых банковских счетов, открытых данному физическому лицу и (или) индивидуальному предпринимателю при идентичности ИИН отправителя денег.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z224" w:id="129"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z224" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151. Инкассовое распоряжение судебных исполнителей, с учетом требования пункта 150 Правил, исполняется в случае несоответствия наименований отправителя денег, владельца банковского счета и должника, указанного в исполнительном документе, если отправителем денег, владельцем банковского счета, должником является физическое лицо, зарегистрированное в качестве индивидуального предпринимателя, осуществляющего деятельность в виде личного предпринимательства, при идентичности ИИН отправителя денег.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6370,130 +6218,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z226" w:id="130"/>
+    <w:bookmarkStart w:name="z226" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "153. При отсутствии либо недостаточности суммы денег на банковском счете отправителя денег, необходимой для исполнения инкассового распоряжения, банк проверяет полноту и правильность заполнения реквизитов, указанных в инкассовом распоряжении на соответствие требованиям, предъявляемым к порядку оформления инкассового распоряжения, и при их соответствии принимает и хранит в картотеке до поступления суммы денег на банковский счет отправителя денег, если иное не предусмотрено </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о банках и банковской деятельности, Законом о платежах и платежных системах, Законом об исполнительном производстве и Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z227" w:id="131"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z227" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При отсутствии либо недостаточности суммы денег на банковском счете отправителя денег, необходимой для исполнения платежного требования для взыскания просроченной задолженности по займу, банк хранит полученное платежное требование в картотеке в течение одного года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z228" w:id="132"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z228" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Платежные требования для взыскания просроченной задолженности по займу, находящиеся в картотеке и неисполненные в течение одного года со дня их помещения в картотеку из-за отсутствия денег на банковском счете отправителя денег и движения денег на нем, возвращаются банком без исполнения инициатору.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6506,191 +6354,191 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 156</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z230" w:id="133"/>
+    <w:bookmarkStart w:name="z230" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "156. При постановке платежных документов в картотеку банк приостанавливает расходные операции клиента по банковскому счету до полного погашения обязательств по платежным документам, находящимся в картотеке, либо до их отзыва или возврата в порядке, определенном Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z231" w:id="134"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z231" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требование, предусмотренное частью первой настоящего пункта, не распространяется на остаток денег, находящихся на текущем счете после исполнения платежного требования, при условии отсутствия к текущему счету физического лица иных ограничений и требований третьих лиц (инкассовое распоряжение, арест, временное ограничение на распоряжение деньгами (имуществом), распоряжение о приостановлении расходных операций).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z232" w:id="135"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z232" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При этом исполнение банком платежных документов производится в порядке очередности, предусмотренной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 742</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Гражданского кодекса.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z233" w:id="136"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z233" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 209 "Об утверждении Правил установления корреспондентских отношений между Национальным Банком Республики Казахстан и банками, а также организациями, осуществляющими отдельные виды банковских операций" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов под № 14336, опубликованное 4 ноября 2016 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан) следующие изменения и дополнение:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z234" w:id="137"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z234" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       преамбулу изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z235" w:id="138"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z235" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "В соответствии с законами Республики Казахстан от 30 марта 1995 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6725,91 +6573,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 26 июля 2016 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"О платежах и платежных системах"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в целях установления корреспондентских отношений между Национальным Банком Республики Казахстан и банками, а также организациями, осуществляющими отдельные виды банковских операций, Правление Национального Банка Республики Казахстан ПОСТАНОВЛЯЕТ:";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z236" w:id="139"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z236" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> установления корреспондентских отношений между Национальным Банком Республики Казахстан и банками, а также организациями, осуществляющими отдельные виды банковских операций, утвержденных указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6822,51 +6670,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z238" w:id="140"/>
+    <w:bookmarkStart w:name="z238" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1. Настоящие Правила установления корреспондентских отношений между Национальным Банком Республики Казахстан и банками, а также организациями, осуществляющими отдельные виды банковских операций, (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6981,431 +6829,431 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (далее – Закон о платежах и платежных системах), от 19 марта 2010 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"О государственной статистике"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, иными законодательными актами Республики Казахстан и нормативными правовыми актами Национального Банка Республики Казахстан (далее – Национальный Банк) и определяют порядок открытия, ведения и закрытия корреспондентских счетов в национальной и иностранной валюте банков, а также организаций, осуществляющих отдельные виды банковских операций (далее – небанковские организации) в Национальном Банке.";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z239" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      абзац первый </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z240" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "6. Банк-резидент Республики Казахстан для открытия корреспондентского счета представляет в Национальный Банк документы, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> открытия, ведения и закрытия банковских счетов клиентов, утвержденными постановлением Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 207, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 14422 (далее – Правила № 207), а также следующие документы:";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z241" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      часть первую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z242" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "9. Центральный (национальный) банк иностранного государства для открытия корреспондентского счета представляет в Национальный Банк документы, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами № 207</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, а также заявление в произвольной форме на имя Председателя Национального Банка на открытие корреспондентского счета с указанием вида валюты.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z239" w:id="141"/>
+    <w:bookmarkStart w:name="z243" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       абзац первый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункта 6</w:t>
+        <w:t>пункта 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z240" w:id="142"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> открытия, ведения и закрытия банковских счетов клиентов, утвержденными постановлением Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 207, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 14422 (далее – Правила № 207), а также следующие документы:";</w:t>
+    <w:bookmarkStart w:name="z244" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "12. Банк (небанковская организация)-нерезидент Республики Казахстан для открытия корреспондентского счета представляет в Национальный Банк документы, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами № 207</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, а также следующие документы:";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z241" w:id="143"/>
-[...25 lines deleted...]
-        <w:t>пункта 9</w:t>
+    <w:bookmarkStart w:name="z245" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      часть третью </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z242" w:id="144"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z246" w:id="148"/>
+    <w:bookmarkStart w:name="z246" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Национальный Банк по заявлению банка (небанковской организации)-нерезидента Республики Казахстан присваивает код банка в порядке, предусмотренном Инструкцией № 236.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z247" w:id="149"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z247" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       абзац первый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z248" w:id="150"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z248" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "15. Небанковская организация-резидент Республики Казахстан для открытия корреспондентского счета в национальной валюте представляет в Национальный Банк документы, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами № 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, а также следующие документы:";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7418,90 +7266,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z250" w:id="151"/>
+    <w:bookmarkStart w:name="z250" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "17. Для открытия корреспондентского счета в иностранной валюте в Национальном Банке небанковская организация-резидент Республики Казахстан представляет документы, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами № 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, и подпунктами 1), 2), 3) и 4) пункта 15 Правил.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7514,51 +7362,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z252" w:id="152"/>
+    <w:bookmarkStart w:name="z252" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "20. Небанковская организация, являющаяся дочерней организацией Национального Банка, (далее – дочерняя организация) для открытия корреспондентского счета в национальной и иностранной валюте представляет в Национальный Банк документы, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7573,51 +7421,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, и подпунктами 1), 2), 3) и 4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7630,210 +7478,210 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z254" w:id="153"/>
+    <w:bookmarkStart w:name="z254" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "23. При открытии банком (небанковской организацией) второго и последующего корреспондентских счетов в Национальном Банке в случае отсутствия изменений в ранее представленных в Национальный Банк документах на момент открытия указанных счетов не требуется повторное представление документов, предусмотренных Правилами, за исключением документа с образцами подписей и оттиска печати по форме, предусмотренной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами № 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z255" w:id="154"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z255" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При наличии письма банка (небанковской организации) о подтверждении распространения ранее представленных документов с образцами подписей и оттиска печати по форме, предусмотренной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами № 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, либо аналогичного документа, содержащего образцы подписей и оттиска печати, на вновь открываемый корреспондентский счет, представление новых документов с образцами подписей и оттиска печати либо аналогичных документов, содержащих образцы подписей и оттиска печати, не требуется.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z256" w:id="155"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z256" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       часть вторую </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z257" w:id="156"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z257" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "В Деле банка (небанковской организации) хранятся также документы, представленные ранее и измененные, на которых проставляется отметка "заменен" с указанием фамилии, имени, отчества (при его наличии) и подписи ответственного работника. Измененные документы с образцами подписей и оттиска печати по форме, предусмотренной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами № 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, крестообразно перечеркиваются и помечаются отметкой о замене новыми документами с указанием их реквизитов.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7846,51 +7694,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z259" w:id="157"/>
+    <w:bookmarkStart w:name="z259" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "28. Банк (небанковская организация) предъявляет в Национальный Банк платежные документы для исполнения в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7905,51 +7753,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о платежах и платежных системах, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осуществления безналичных платежей и (или) переводов денег на территории Республики Казахстан, утвержденными постановлением Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 208, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 14419 (далее – Правила № 208), и договором корреспондентского счета.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7982,51 +7830,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z261" w:id="158"/>
+    <w:bookmarkStart w:name="z261" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "44. Инкассовые распоряжения, предъявляемые к корреспондентскому счету банка, исполняются в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8121,52 +7969,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 2 апреля 2010 года "Об исполнительном производстве и статусе судебных исполнителей" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами № 208</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z262" w:id="159"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z262" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       45. Исполнение платежных документов, находящихся в картотеке, производится в очередности, предусмотренной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8221,92 +8069,92 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о платежах и платежных системах и в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами № 208</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. Исполнение платежных документов, относящихся к одной очереди, производится в повременной очередности их поступления в Национальный Банк.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z263" w:id="160"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z263" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       часть четвертую </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z264" w:id="161"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z264" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Платежные требования и инкассовые распоряжения судебных исполнителей по исполнительным документам, обязательства по которым не приостановлены банком и не включены в план реструктуризации, исполняются в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8321,51 +8169,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о платежах и платежных системах и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами № 208</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8378,51 +8226,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z266" w:id="162"/>
+    <w:bookmarkStart w:name="z266" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "54. Инкассовые распоряжения органов государственных доходов, предъявляемые к корреспондентскому счету банка, исполняются в порядке, установленном Налоговым кодексом, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8437,51 +8285,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о платежах и платежных системах и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами № 208</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8494,390 +8342,390 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 61</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z268" w:id="163"/>
+    <w:bookmarkStart w:name="z268" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "61. Для получения банком (небанковской организацией) и (или) их филиалом национальной валюты в кассах филиала Национального Банка представляется заявка на резервирование денег на корреспондентском счете банка (небанковской организации) и получение наличных денег банком (небанковской организацией) и (или) филиалом банка (небанковской организации) (далее – заявка на резервирование) в соответствии с договором корреспондентского счета по автоматизированной информационной подсистеме между Национальным Банком и банком (небанковской организацией) по форме согласно приложению 3 к Правилам.";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z269" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ведомость подтверждения остатков на корреспондентских счетах по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Перечню постановлений Правления Национального Банка Республики Казахстан, в которые вносятся изменения и дополнения по вопросам платежей и платежных систем (далее – Перечень);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z270" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      дополнить приложением 3 в редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Перечню.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z271" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 210 "Об утверждении Правил установления корреспондентских отношений между банками, а также банками и организациями, осуществляющими отдельные виды банковских операций" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов под № 14335, опубликованное 4 ноября 2016 года в информационно-правовой системе "Әділет") следующие изменения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z272" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> установления корреспондентских отношений между банками, а также банками и организациями, осуществляющими отдельные виды банковских операций, утвержденных указанным постановлением:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z269" w:id="164"/>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему Перечню постановлений Правления Национального Банка Республики Казахстан, в которые вносятся изменения и дополнения по вопросам платежей и платежных систем (далее – Перечень);</w:t>
+    <w:bookmarkStart w:name="z273" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      часть вторую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z270" w:id="165"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z274" w:id="169"/>
+    <w:bookmarkStart w:name="z274" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Порядок установления корреспондентских отношений между банками, а также между банками и небанковскими организациями включает открытие, ведение и закрытие корреспондентских счетов банков и небанковских организаций в национальной валюте, расчет лимита платежей и (или) переводов денег по корреспондентским счетам банков и небанковских организаций в национальной валюте.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z275" w:id="170"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z275" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       абзац первый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z276" w:id="171"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z276" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "6. Для открытия корреспондентского счета респондент представляет корреспонденту документы, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> открытия, ведения и закрытия банковских счетов клиентов, утвержденными постановлением Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 207, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 14422, а также следующие документы:";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8890,170 +8738,170 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z278" w:id="172"/>
+    <w:bookmarkStart w:name="z278" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "13. Банк и (или) небанковская организация осуществляют в текущем месяце платежи и (или) переводы денег по операциям банка или небанковской организации и их клиентов через корреспондентские счета, за исключением операций, предусмотренных пунктом 16 Правил, в объемах, не превышающих размер лимита платежей и переводов денег по корреспондентским счетам банков и организаций, осуществляющих отдельные виды банковских операций, утвержденный </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 206, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 14304.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z279" w:id="173"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z279" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 212 "Об утверждении Правил оказания банками и организациями, осуществляющими отдельные виды банковских операций, электронных банковских услуг" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов под № 14337, опубликованное 7 ноября 2016 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан) следующее изменение:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z280" w:id="174"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z280" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оказания банками и организациями, осуществляющими отдельные виды банковских операций, электронных банковских услуг, утвержденных указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9066,190 +8914,190 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z282" w:id="175"/>
+    <w:bookmarkStart w:name="z282" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6. Банк предоставляет электронные банковские услуги только по банковским операциям, которые предусмотрены лицензией, выданной уполномоченным государственным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z283" w:id="176"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z283" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк до оказания электронных банковских услуг обеспечивает предоставление клиенту информации о размере взимаемой комиссии в денежном выражении по оказываемым электронным банковским услугам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z284" w:id="177"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z284" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При оказании платежных услуг через электронный терминал допускается указание размера взимаемой комиссии в денежном выражении после внесения клиентом наличных денег в терминал.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z285" w:id="178"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z285" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 26 декабря 2016 года № 308 "Об установлении пруденциальных нормативов и иных обязательных к соблюдению ипотечными организациями и дочерними организациями национального управляющего холдинга в сфере агропромышленного комплекса норм и лимитов, а также перечня, форм и правил представления отчетности об их выполнении" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов под № 14788, опубликованное 28 февраля 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан) следующие изменения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z286" w:id="179"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z286" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пруденциальных нормативах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и иных обязательных к соблюдению ипотечными организациями и дочерними организациями национального управляющего холдинга в сфере агропромышленного комплекса нормах и лимитах согласно приложению 1 к указанному постановлению:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9262,250 +9110,250 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 43 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z288" w:id="180"/>
+    <w:bookmarkStart w:name="z288" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1) краткосрочные обязательства перед филиалами и представительствами иностранных компаний, осуществляющих свою деятельность на территории Республики Казахстан, которые входят в секторы экономики "другие финансовые организации – код 5", "государственные нефинансовые организации – код 6", "негосударственные нефинансовые организации – код 7" и "некоммерческие организации, обслуживающие домашние хозяйства – код 8" в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Инструкцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> по представлению банками второго уровня, Банком Развития Казахстана и ипотечными организациями в Национальный Банк Республики Казахстан сведений для формирования обзора финансового сектора, утвержденной постановлением Правления Национального Банка Республики Казахстан от 26 декабря 2016 года № 316, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 14804 (далее – Инструкция № 316);";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z289" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      абзац третий части второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 44</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z290" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "обязательства перед филиалами и представительствами иностранных компаний, осуществляющих свою деятельность на территории Республики Казахстан, которые входят в секторы экономики "другие финансовые организации – код 5", "государственные нефинансовые организации – код 6", "негосударственные нефинансовые организации – код 7" и "некоммерческие организации, обслуживающие домашние хозяйства – код 8" в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Инструкцией № 316</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z291" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      абзац третий части второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 45</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z292" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "обязательства перед филиалами и представительствами иностранных компаний, осуществляющих свою деятельность на территории Республики Казахстан, которые входят в секторы экономики "другие финансовые организации – код 5", "государственные нефинансовые организации – код 6", "негосударственные нефинансовые организации – код 7" и "некоммерческие организации, обслуживающие домашние хозяйства – код 8" в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Инструкцией № 316</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z289" w:id="181"/>
-[...158 lines deleted...]
-    <w:bookmarkEnd w:id="184"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9772,64 +9620,64 @@
               <w:t>банковских операций</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма, предназначенная для сбора административных данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z295" w:id="185"/>
+      <w:bookmarkStart w:name="z295" w:id="181"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                    Ведомость подтверждения остатков на корреспондентских счетах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9843,64 +9691,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               банковских операций)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z296" w:id="186"/>
+      <w:bookmarkStart w:name="z296" w:id="182"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отчетный период: по состоянию на _______________ 20___ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Индекс: ВКС-1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10023,70 +9871,70 @@
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z297" w:id="187"/>
+          <w:bookmarkStart w:name="z297" w:id="183"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="187"/>
+          <w:bookmarkEnd w:id="183"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10354,70 +10202,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z298" w:id="188"/>
+          <w:bookmarkStart w:name="z298" w:id="184"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="188"/>
+          <w:bookmarkEnd w:id="184"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10964,64 +10812,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z300" w:id="189"/>
+      <w:bookmarkStart w:name="z300" w:id="185"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Первый руководитель (на период его отсутствия – лицо, его замещающее)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________ _____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11270,384 +11118,384 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подтверждения остатков на</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>корреспондентских счетах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z302" w:id="190"/>
+    <w:bookmarkStart w:name="z302" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных Ведомость подтверждения остатков на корреспондентских счетах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z303" w:id="191"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z303" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z304" w:id="192"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z304" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение определяет требования по заполнению формы, предназначенной для сбора административных данных "Ведомость подтверждения остатков на корреспондентских счетах" (далее – Форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z305" w:id="193"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z305" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Форма разработана в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> установления корреспондентских отношений между Национальным Банком Республики Казахстан и банками, а также организациями, осуществляющими отдельные виды банковских операций", утвержденными постановлением Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 209, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 14336.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z306" w:id="194"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z306" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форма составляется ежемесячно банком (небанковской организацией).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z307" w:id="195"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z307" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Форму подписывает уполномоченное лицо банка (небанковской организации) и главный бухгалтер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z308" w:id="196"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z308" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Заполнение Формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z309" w:id="197"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z309" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В графе 2 указывается номер корреспондентского счета, открытого в Национальном Банке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z310" w:id="198"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z310" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. В графе 3 указывается вид валюты корреспондентского счета, открытого в Национальном Банке. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z311" w:id="199"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z311" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В графе 4 указывается остаток денег на корреспондентском счете, открытом в Национальном Банке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z312" w:id="200"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z312" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В графе 5 указывается номер внутреннего корреспондентского счета банка (небанковской организации).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z313" w:id="201"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z313" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В графе 6 указывается вид валюты внутреннего корреспондентского счета банка (небанковской организации).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z314" w:id="202"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z314" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В графе 7 указывается остаток денег на внутреннем корреспондентском счете банка (небанковской организации).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z315" w:id="203"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z315" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В графе 8 указывается разница между суммой остатка на корреспондентском счете, открытом в Национальном Банке, и суммой на внутреннем корреспондентском счете банка (небанковской организации).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z316" w:id="204"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z316" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В графе 9 указываются причины расхождения остатков денег на корреспондентском счете, открытом в Национальном Банке, и внутреннем корреспондентском счете банка (небанковской организации).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z317" w:id="205"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z317" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Примечание: Графы 8 и 9 заполняются, если имеется расхождение между суммой остатка на корреспондентском счете, открытом в Национальном Банке, и суммой остатка на внутреннем корреспондентском счете банка (небанковской организации). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11994,70 +11842,70 @@
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z321" w:id="206"/>
+          <w:bookmarkStart w:name="z321" w:id="202"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "___"__________20___ г. </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="206"/>
+          <w:bookmarkEnd w:id="202"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -12072,64 +11920,64 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Управление учета монетарных операций</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z322" w:id="207"/>
+      <w:bookmarkStart w:name="z322" w:id="203"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                      Заявка № ______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   на резервирование денег на корреспондентском счете банка</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12143,64 +11991,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (небанковской организацией) и (или) филиалом банка</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z323" w:id="208"/>
+      <w:bookmarkStart w:name="z323" w:id="204"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование банка (небанковской организации) _____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12406,70 +12254,70 @@
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z324" w:id="209"/>
+          <w:bookmarkStart w:name="z324" w:id="205"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="209"/>
+          <w:bookmarkEnd w:id="205"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12726,70 +12574,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z326" w:id="210"/>
+          <w:bookmarkStart w:name="z326" w:id="206"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="210"/>
+          <w:bookmarkEnd w:id="206"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12949,70 +12797,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z327" w:id="211"/>
+          <w:bookmarkStart w:name="z327" w:id="207"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="211"/>
+          <w:bookmarkEnd w:id="207"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -13152,70 +13000,70 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z328" w:id="212"/>
+          <w:bookmarkStart w:name="z328" w:id="208"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="212"/>
+          <w:bookmarkEnd w:id="208"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -13356,93 +13204,93 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z329" w:id="213"/>
+          <w:bookmarkStart w:name="z329" w:id="209"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="213"/>
+          <w:bookmarkEnd w:id="209"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z330" w:id="214"/>
+      <w:bookmarkStart w:name="z330" w:id="210"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченное лицо банка (небанковской организации)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkEnd w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13584,55 +13432,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>