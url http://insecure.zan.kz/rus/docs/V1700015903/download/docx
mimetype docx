--- v0 (2025-12-26)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="199117a" w14:textId="199117a">
+    <w:p w14:paraId="69bb85c" w14:textId="69bb85c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,144 +77,126 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил субсидирования энергопроизводящих организаций и теплопроизводящих субъектов на приобретение топлива для бесперебойного проведения отопительного сезона и убытков (долгов) энергопроизводящих организаций, сто процентов акций (долей участия в уставном капитале) которых принадлежат государству, находящихся в коммунальной собственности и осуществляющих одновременно деятельность по производству воды (дистиллята), электрической и тепловой энергии</w:t>
+        <w:t>Об утверждении Правил субсидирования затрат энергопроизводящих организаций и теплопроизводящих субъектов на приобретение топлива для бесперебойного проведения отопительного сезона</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра энергетики Республики Казахстан от 13 сентября 2017 года № 309. Зарегистрирован в Министерстве юстиции Республики Казахстан от 17 октября 2017 года № 15903.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок в редакции приказа и.о. Министра энергетики РК от 06.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Действие заголовка приостановлено до 01.01.2026 приказом и.о. Министра энергетики РК от 06.11.2024 </w:t>
+        <w:t>№ 394</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 394</w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования) и в период приостановления данный заголовок действует в следующей редакции.</w:t>
+        <w:t>п. 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -304,327 +286,333 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...77 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> субсидирования затрат энергопроизводящих организаций и теплопроизводящих субъектов на приобретение топлива для бесперебойного проведения отопительного сезона и убытков (долгов) энергопроизводящих организаций, сто процентов акций (долей участия в уставном капитале) которых принадлежат государству, находящихся в коммунальной собственности и осуществляющих одновременно деятельность по производству воды (дистиллята), электрической и тепловой энергии.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+        <w:t xml:space="preserve"> субсидирования затрат энергопроизводящих организаций и теплопроизводящих субъектов на приобретение топлива для бесперебойного проведения отопительного сезона (далее – Правила).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции приказа и.о. Министра энергетики РК от 06.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департаменту электроэнергетики и угольной промышленности Министерства энергетики Республики Казахстан обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" Министерства юстиции Республики Казахстан для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодические печатные издания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) размещение настоящего приказа на интернет-ресурсе Министерства энергетики Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства энергетики Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 2), 3) и 4) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра энергетики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -756,64 +744,64 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>К. Бозумбаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z15" w:id="9"/>
+      <w:bookmarkStart w:name="z15" w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министр финансов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -844,64 +832,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20 сентября 2017 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z16" w:id="10"/>
+      <w:bookmarkStart w:name="z16" w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министр национальной экономики</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1048,1078 +1036,814 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 13 сентября 2017 года № 309</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...84 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила субсидирования затрат энергопроизводящих организаций и теплопроизводящих субъектов на приобретение топлива для бесперебойного проведения отопительного сезона и убытков (долгов) энергопроизводящих организаций, сто процентов акций (долей участия в уставном капитале) которых принадлежат государству, находящихся в коммунальной собственности и осуществляющих одновременно деятельность по производству воды (дистиллята), электрической и тепловой энергии</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Правила субсидирования затрат энергопроизводящих организаций и теплопроизводящих субъектов на приобретение топлива для бесперебойного проведения отопительного сезона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила - в редакции приказа и.о. Министра энергетики РК от 06.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 394</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="11"/>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z65" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила субсидирования затрат энергопроизводящих организаций и теплопроизводящих субъектов на приобретение топлива для бесперебойного проведения отопительного сезона (далее – Правила) разработаны в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 5-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об электроэнергетике" и с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 8 Закона Республики Казахстан "О теплоэнергетике" и определяют порядок субсидирования затрат энергопроизводящих организаций и теплопроизводящих субъектов на приобретение топлива для бесперебойного проведения отопительного сезона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z66" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Субсидирование затрат энергопроизводящих организаций и теплопроизводящих субъектов на приобретение топлива для бесперебойного проведения отопительного сезона осуществляется местными исполнительными органами областей, города республиканского значения, столицы (далее – местные исполнительные органы) за счет средств, предусмотренных в местном бюджете.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z67" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Субсидии на приобретение топлива предоставляются энергопроизводящим организациям и теплопроизводящим субъектам для бесперебойного проведения отопительного сезона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Сноска. Пункт 3 с изменением, внесенным приказом и.о. Министра энергетики РК от 06.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...87 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...247 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок субсидирования затрат энергопроизводящих организаций и теплопроизводящих субъектов на приобретение топлива для бесперебойного проведения отопительного сезона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z70" w:id="14"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z70" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Местные исполнительные органы устанавливают дату начала и окончания приема заявок энергопроизводящих организаций и теплопроизводящих субъектов на приобретение топлива для бесперебойного проведения отопительного сезона с учетом природно-климатических условий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z71" w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z71" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информация о дате начала и окончания приема заявок энергопроизводящих организаций и теплопроизводящих субъектов на приобретение топлива размещается местным исполнительным органом на своем официальном интернет-ресурсе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z72" w:id="16"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z72" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Энергопроизводящие организации и теплопроизводящие субъекты предоставляют в соответствующий местный исполнительный орган заявку на получение субсидии на приобретение топлива в произвольной форме (далее – заявка).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z73" w:id="17"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z73" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       К заявке прилагают следующие документы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z74" w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z74" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) пояснительную записку о необходимости получения субсидии на приобретение топлива в произвольной форме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z75" w:id="19"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z75" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сведения об отсутствии (наличии) налоговой задолженности; получателя субсидии на момент подачи заявки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z76" w:id="20"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z76" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) банковские реквизиты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z77" w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z77" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) расчет потребности топлива на производство тепловой энергии и суммы субсидий на его приобретение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z78" w:id="22"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z78" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) разбивку субсидий помесячно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z79" w:id="23"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z79" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) договор поставки топлива, товарно-транспортные накладные;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z80" w:id="24"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z80" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) копию приказа об утверждении тарифа (цены, ставки сбора) или его предельного уровня и тарифных смет на регулируемые услуги по производству, передаче, распределению и снабжению тепловой энергией;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z81" w:id="25"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z81" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) анализ величины тарифа на услуги по производству, передаче, распределению и снабжению тепловой энергией в случае выделения/невыделения субсидии на приобретение топлива;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z82" w:id="26"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z82" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) информацию о фактической выработке тепловой энергии за предыдущий отопительный сезон;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z83" w:id="27"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z83" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) бухгалтерский баланс со сведениями о дебиторской задолженности за предыдущий календарный год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z84" w:id="28"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z84" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) информацию о запасе топлива на начало отопительного сезона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z85" w:id="29"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z85" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Местный исполнительный орган рассматривает заявку энергопроизводящей организации и теплопроизводящего субъекта в течение 10 (десяти) рабочих дней с момента ее предоставления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z86" w:id="30"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z86" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В случае предоставления энергопроизводящей организацией и теплопроизводящим субъектом неполного пакета документов и (или) предоставления недостоверной информации, местный исполнительный орган в течение 2 (двух) рабочих дней со дня получения заявки в письменной форме возвращает документы энергопроизводящей организации с указанием причин возврата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z87" w:id="31"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z87" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Энергопроизводящая организация и теплопроизводящий субъект повторно представляет заявку в местный исполнительный орган до истечения срока окончания приема заявок энергопроизводящих организаций и теплопроизводищих субъектов на приобретение топлива.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z88" w:id="32"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z88" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. По итогам рассмотрения заявок местный исполнительный орган формирует перечень энергопроизводящих организаций и теплопроизводящих субъектов на получение субсидии на приобретение топлива (далее – Перечень) и размещает его на своем интернет-ресурсе с указанием объема топлива и выделенной суммы субсидии, и направляет его в территориальное подразделение ведомства уполномоченного органа, осуществляющего руководство в соответствующих сферах естественных монополий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z89" w:id="33"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z89" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Объемы топлива определяются в соответствии с Правилами определения норм эксплуатационного запаса топлива в осенне-зимний период для энергопроизводящих организаций, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 22 января 2015 года № 34 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10583).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z90" w:id="34"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z90" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Субсидии рассчитываются исходя из заявленных энергопроизводящими организациями и теплопроизводящими субъектами данных по виду и объему топлива, по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z91" w:id="35"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z91" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1143000" cy="254000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -2141,170 +1865,170 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="36"/>
+    <w:bookmarkStart w:name="z92" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z93" w:id="37"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z93" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       C – сумма выделяемой субсидии (тенге);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z94" w:id="38"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z94" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Vнс – необходимый объем субсидий (тенге);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z95" w:id="39"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z95" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N – коэффициент эффективности сбора дебиторской задолженности за предыдущий календарный год (%).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z96" w:id="40"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z96" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Необходимый объем субсидии (Vнс) рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z97" w:id="41"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z97" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1612900" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
@@ -2326,150 +2050,150 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="42"/>
+    <w:bookmarkStart w:name="z98" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z99" w:id="43"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z99" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Vт – объем топлива (тонн или м3);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z100" w:id="44"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z100" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ст – стоимость топлива на расчетный год (тенге).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z101" w:id="45"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z101" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коэффициент эффективности сбора дебиторской задолженности за предыдущий календарный год (N) рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z102" w:id="46"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z102" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1168400" cy="444500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
@@ -2491,890 +2215,284 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="47"/>
+    <w:bookmarkStart w:name="z103" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z104" w:id="48"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z104" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СДЗ – сумма собранной дебиторской задолженности за предыдущий календарный год (тенге);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z105" w:id="49"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z105" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ДЗ – общий объем дебиторской задолженности за предыдущий календарный год (тенге).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z106" w:id="50"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z106" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Местный исполнительный орган в течение 3 (трех) рабочих с момента утверждения бюджета соответствующим решением маслихата области, города республиканского значения, столицы на основании Перечня формирует ведомость для выплаты энергопроизводящим организациям и теплопроизводящим субъектам субсидий на приобретение топлива для бесперебойного проведения отопительного сезона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z107" w:id="51"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z107" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Местный исполнительный орган в течение 5 (пяти) рабочих дней со дня формирования ведомости в соответствии с индивидуальным планом финансирования по платежам представляет счета к оплате в территориальное подразделение Комитета казначейства Министерства финансов Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z108" w:id="52"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z108" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перечисление субсидий на банковские счета энергопроизводящих организаций и теплопроизводящих субъектов осуществляется местным исполнительным органом в течение 5 (пяти) рабочих дней. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-[...95 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z109" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Энергопроизводящие организации и теплопроизводящие субъекты в период проведения отопительного сезона ежемесячно в срок до 5 числа месяца, следующего за отчетным периодом, предоставляют в местный исполнительный орган отчет о целевом использовании субсидий на приобретение топлива для бесперебойного проведения отопительного сезона по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложения 1</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z110" w:id="53"/>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам (далее – отчет).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z110" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Местный исполнительный орган не позднее 15 (пятнадцати) календарных дней после окончания отопительного сезона размещает на своем интернет-ресурсе информацию по итогам представленных отчетов энергопроизводящих организаций и теплопроизводящих субъектов, а также направляет ее в территориальное подразделение ведомства уполномоченного органа, осуществляющего руководство в соответствующих сферах естественных монополий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z111" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...6 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок субсидирования убытков (долгов) энергопроизводящих организаций, находящихся в коммунальной собственности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Сноска. Глава 3 действовала до 01.01.2026 в соответствии с приказом и.о. Министра энергетики РК от 06.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...13 lines deleted...]
-</w:t>
+        <w:t>№ 394</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Глава 3 действует до 01.01.2026 в соответствии с приказом и.о. Министра энергетики РК от 06.11.2024 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-      </w:r>
-[...484 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3501,187 +2619,57 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>для бесперебойного проведения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>отопительного сезона и убытков</w:t>
-[...129 lines deleted...]
-              <w:t>электрической и тепловой энергии</w:t>
+              <w:t>отопительного сезона</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z61" w:id="70"/>
+    <w:bookmarkStart w:name="z61" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отчет о целевом использовании субсидий на приобретение топлива</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -3690,200 +2678,200 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>_____________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(наименование организации)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z129" w:id="71"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z129" w:id="61"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по ____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>области (городу республиканского значения, столицы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>за ____________ 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="72"/>
+    <w:bookmarkStart w:name="z130" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тыс. тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z131" w:id="73"/>
+          <w:bookmarkStart w:name="z131" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="73"/>
+          <w:bookmarkEnd w:id="63"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4140,80 +3128,80 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z144" w:id="74"/>
+          <w:bookmarkStart w:name="z144" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="74"/>
+          <w:bookmarkEnd w:id="64"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -4339,175 +3327,79 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z151" w:id="75"/>
+      <w:bookmarkStart w:name="z151" w:id="65"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель организации _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Главный бухгалтер ______________________________.</w:t>
-      </w:r>
-[...94 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4848,813 +3740,104 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z154" w:id="76"/>
+    <w:bookmarkStart w:name="z154" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отчет о целевом использовании субсидий на погашение убытков (долгов)</w:t>
       </w:r>
-      <w:r>
-[...745 lines deleted...]
-</w:t>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 действовало до 01.01.2026 в соответствии с приказом и.о. Министра энергетики РК от 06.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -5662,55 +3845,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>